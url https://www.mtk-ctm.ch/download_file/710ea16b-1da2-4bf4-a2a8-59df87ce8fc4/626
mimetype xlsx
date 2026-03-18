--- v0 (2026-02-01)
+++ v1 (2026-03-18)
@@ -1,19210 +1,20711 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-[...8 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
+  <Default ContentType="application/xml" Extension="xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-[...7 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{12EAFC58-53AB-4404-90F5-C449BDC88DA9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <workbookPr date1904="false"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Sheet0" sheetId="1" r:id="rId1"/>
+    <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
-  <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3424" uniqueCount="1660">
-[...4980 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-[...1 lines deleted...]
-    <numFmt numFmtId="165" formatCode="dd\.mm\.yyyy"/>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <numFmts count="2">
+    <numFmt numFmtId="164" formatCode="dd.mm.yyyy hh:mm:ss"/>
+    <numFmt numFmtId="165" formatCode="dd.mm.yyyy"/>
   </numFmts>
-  <fonts count="2" x14ac:knownFonts="1">
+  <fonts count="2">
     <font>
-      <sz val="11"/>
+      <sz val="11.0"/>
       <color indexed="8"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
+      <name val="Calibri"/>
+      <sz val="11.0"/>
       <color indexed="9"/>
-      <name val="Calibri"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125"/>
+      <patternFill patternType="darkGray"/>
+    </fill>
+    <fill>
+      <patternFill patternType="solid"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="17"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFill="true" applyFont="true"/>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="true"/>
   </cellXfs>
-  <cellStyles count="1">
-[...11 lines deleted...]
-  </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...315 lines deleted...]
-</a:theme>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:N314"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0"/>
+    <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
-    <col min="1" max="1" width="14" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="18.140625" customWidth="1"/>
+    <col min="1" max="1" width="13.94140625" customWidth="true"/>
+    <col min="2" max="2" width="23.3203125" customWidth="true"/>
+    <col min="3" max="3" width="90.68359375" customWidth="true"/>
+    <col min="4" max="4" width="16.78515625" customWidth="true"/>
+    <col min="5" max="5" width="32.15234375" customWidth="true"/>
+    <col min="6" max="6" width="16.55078125" customWidth="true"/>
+    <col min="7" max="7" width="69.4140625" customWidth="true"/>
+    <col min="8" max="8" width="6.74609375" customWidth="true"/>
+    <col min="9" max="9" width="12.22265625" customWidth="true"/>
+    <col min="10" max="10" width="11.54296875" customWidth="true"/>
+    <col min="11" max="11" width="23.70703125" customWidth="true"/>
+    <col min="12" max="12" width="11.54296875" customWidth="true"/>
+    <col min="13" max="13" width="23.70703125" customWidth="true"/>
+    <col min="14" max="14" width="18.19140625" customWidth="true"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" x14ac:dyDescent="0.25">
-[...35 lines deleted...]
-      <c r="E2" s="2">
+    <row r="1">
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>Tarif</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>Name</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Verband</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Gesetz</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Letzter Update am</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Aktive Mitglieder</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Dokument</t>
+        </is>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>553</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>Physiotherapie im Spital</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>[Zentralstelle für Medizinaltarife UVG, Swiss Insurance Medicine SIM]</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>[MVG, IVG, UVG]</t>
+        </is>
+      </c>
+      <c r="E2" s="2" t="n">
         <v>46024.229166805555</v>
       </c>
-      <c r="F2" t="s">
-[...13687 lines deleted...]
-        <v>45841</v>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>297</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>https://www.mtk-ctm.ch/de/tarife/physiotherapie/physiotherapie-im-spital/</t>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="1" t="inlineStr">
+        <is>
+          <t>Mitgliedschaft</t>
+        </is>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>GLN</t>
+        </is>
+      </c>
+      <c r="C4" s="1" t="inlineStr">
+        <is>
+          <t>Name</t>
+        </is>
+      </c>
+      <c r="D4" s="1" t="inlineStr">
+        <is>
+          <t>Servicetyp</t>
+        </is>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t>Adresse</t>
+        </is>
+      </c>
+      <c r="F4" s="1" t="inlineStr">
+        <is>
+          <t>PLZ</t>
+        </is>
+      </c>
+      <c r="G4" s="1" t="inlineStr">
+        <is>
+          <t>Ort</t>
+        </is>
+      </c>
+      <c r="H4" s="1" t="inlineStr">
+        <is>
+          <t>Aktiv</t>
+        </is>
+      </c>
+      <c r="I4" s="1" t="inlineStr">
+        <is>
+          <t>Mitglied seit</t>
+        </is>
+      </c>
+      <c r="J4" s="1" t="inlineStr">
+        <is>
+          <t>Mitglied bis</t>
+        </is>
+      </c>
+      <c r="K4" s="1" t="inlineStr">
+        <is>
+          <t>Erstellt von</t>
+        </is>
+      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>Erstellt am</t>
+        </is>
+      </c>
+      <c r="M4" s="1" t="inlineStr">
+        <is>
+          <t>Letzter Update von</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>Letzter Update am</t>
+        </is>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="B5" t="inlineStr">
+        <is>
+          <t>7601002002967</t>
+        </is>
+      </c>
+      <c r="C5" t="inlineStr">
+        <is>
+          <t>Hirslanden Klinik St. Anna Verwaltung</t>
+        </is>
+      </c>
+      <c r="D5" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E5" t="inlineStr">
+        <is>
+          <t>St.-Anna-Strasse 32</t>
+        </is>
+      </c>
+      <c r="F5" t="inlineStr">
+        <is>
+          <t>6006</t>
+        </is>
+      </c>
+      <c r="G5" t="inlineStr">
+        <is>
+          <t>Luzern</t>
+        </is>
+      </c>
+      <c r="H5" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I5" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K5" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L5" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M5" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N5" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="B6" t="inlineStr">
+        <is>
+          <t>7601002116763</t>
+        </is>
+      </c>
+      <c r="C6" t="inlineStr">
+        <is>
+          <t>HUG Hôpitaux Universitaires de Genève Administration</t>
+        </is>
+      </c>
+      <c r="D6" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E6" t="inlineStr">
+        <is>
+          <t>Rue Gabrielle-Perret-Gentil 4</t>
+        </is>
+      </c>
+      <c r="F6" t="inlineStr">
+        <is>
+          <t>1205</t>
+        </is>
+      </c>
+      <c r="G6" t="inlineStr">
+        <is>
+          <t>Genève</t>
+        </is>
+      </c>
+      <c r="H6" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I6" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J6" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K6" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L6" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M6" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N6" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="B7" t="inlineStr">
+        <is>
+          <t>7601002110709</t>
+        </is>
+      </c>
+      <c r="C7" t="inlineStr">
+        <is>
+          <t>Schweizer Paraplegiker-Zentrum Nottwil, Verwaltung Schweizer Paraplegiker-Zentrum Nottwil AG</t>
+        </is>
+      </c>
+      <c r="D7" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E7" t="inlineStr">
+        <is>
+          <t>Guido A. Zäch Strasse 1</t>
+        </is>
+      </c>
+      <c r="F7" t="inlineStr">
+        <is>
+          <t>6207</t>
+        </is>
+      </c>
+      <c r="G7" t="inlineStr">
+        <is>
+          <t>Nottwil</t>
+        </is>
+      </c>
+      <c r="H7" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I7" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J7" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K7" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L7" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M7" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N7" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="B8" t="inlineStr">
+        <is>
+          <t>7601002116992</t>
+        </is>
+      </c>
+      <c r="C8" t="inlineStr">
+        <is>
+          <t>Universitätsklinik Balgrist Verwaltung</t>
+        </is>
+      </c>
+      <c r="D8" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E8" t="inlineStr">
+        <is>
+          <t>Forchstrasse 340</t>
+        </is>
+      </c>
+      <c r="F8" t="inlineStr">
+        <is>
+          <t>8008</t>
+        </is>
+      </c>
+      <c r="G8" t="inlineStr">
+        <is>
+          <t>Zürich</t>
+        </is>
+      </c>
+      <c r="H8" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I8" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J8" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K8" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L8" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M8" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N8" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="B9" t="inlineStr">
+        <is>
+          <t>7601002001427</t>
+        </is>
+      </c>
+      <c r="C9" t="inlineStr">
+        <is>
+          <t>ZURZACH Care Rehaklinik Bad Zurzach Verwaltung</t>
+        </is>
+      </c>
+      <c r="D9" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E9" t="inlineStr">
+        <is>
+          <t>Quellenstrasse 34</t>
+        </is>
+      </c>
+      <c r="F9" t="inlineStr">
+        <is>
+          <t>5330</t>
+        </is>
+      </c>
+      <c r="G9" t="inlineStr">
+        <is>
+          <t>Bad Zurzach</t>
+        </is>
+      </c>
+      <c r="H9" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I9" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J9" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K9" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L9" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M9" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N9" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="B10" t="inlineStr">
+        <is>
+          <t>7601002114493</t>
+        </is>
+      </c>
+      <c r="C10" t="inlineStr">
+        <is>
+          <t>Rehaklinik Dussnang AG</t>
+        </is>
+      </c>
+      <c r="D10" t="inlineStr">
+        <is>
+          <t>[ONursOrg]</t>
+        </is>
+      </c>
+      <c r="E10" t="inlineStr">
+        <is>
+          <t>Kurhausstrasse 34</t>
+        </is>
+      </c>
+      <c r="F10" t="inlineStr">
+        <is>
+          <t>8374</t>
+        </is>
+      </c>
+      <c r="G10" t="inlineStr">
+        <is>
+          <t>Dussnang</t>
+        </is>
+      </c>
+      <c r="H10" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I10" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J10" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K10" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L10" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M10" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N10" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="B11" t="inlineStr">
+        <is>
+          <t>7601002117425</t>
+        </is>
+      </c>
+      <c r="C11" t="inlineStr">
+        <is>
+          <t>Clinique romande de réadaptation</t>
+        </is>
+      </c>
+      <c r="D11" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E11" t="inlineStr">
+        <is>
+          <t>avenue du Grand-Champsec 90</t>
+        </is>
+      </c>
+      <c r="F11" t="inlineStr">
+        <is>
+          <t>1950</t>
+        </is>
+      </c>
+      <c r="G11" t="inlineStr">
+        <is>
+          <t>Sion</t>
+        </is>
+      </c>
+      <c r="H11" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I11" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J11" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K11" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L11" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M11" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N11" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="B12" t="inlineStr">
+        <is>
+          <t>7601002107914</t>
+        </is>
+      </c>
+      <c r="C12" t="inlineStr">
+        <is>
+          <t>Rehaklinik Bellikon Verwaltung</t>
+        </is>
+      </c>
+      <c r="D12" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E12" t="inlineStr">
+        <is>
+          <t>Mutschellenstrasse 2</t>
+        </is>
+      </c>
+      <c r="F12" t="inlineStr">
+        <is>
+          <t>5454</t>
+        </is>
+      </c>
+      <c r="G12" t="inlineStr">
+        <is>
+          <t>Bellikon</t>
+        </is>
+      </c>
+      <c r="H12" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I12" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J12" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K12" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L12" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M12" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N12" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="B13" t="inlineStr">
+        <is>
+          <t>7601002001564</t>
+        </is>
+      </c>
+      <c r="C13" t="inlineStr">
+        <is>
+          <t>Praxisklinik Rennbahn AG</t>
+        </is>
+      </c>
+      <c r="D13" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E13" t="inlineStr">
+        <is>
+          <t>Kriegackerstrasse 100</t>
+        </is>
+      </c>
+      <c r="F13" t="inlineStr">
+        <is>
+          <t>4132</t>
+        </is>
+      </c>
+      <c r="G13" t="inlineStr">
+        <is>
+          <t>Muttenz</t>
+        </is>
+      </c>
+      <c r="H13" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I13" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J13" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K13" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L13" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M13" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N13" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="B14" t="inlineStr">
+        <is>
+          <t>7601002005418</t>
+        </is>
+      </c>
+      <c r="C14" t="inlineStr">
+        <is>
+          <t>Clinique La Lignière SA</t>
+        </is>
+      </c>
+      <c r="D14" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E14" t="inlineStr">
+        <is>
+          <t>la Lignière 5</t>
+        </is>
+      </c>
+      <c r="F14" t="inlineStr">
+        <is>
+          <t>1196</t>
+        </is>
+      </c>
+      <c r="G14" t="inlineStr">
+        <is>
+          <t>Gland</t>
+        </is>
+      </c>
+      <c r="H14" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I14" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J14" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K14" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L14" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M14" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N14" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="B15" t="inlineStr">
+        <is>
+          <t>7601002130042</t>
+        </is>
+      </c>
+      <c r="C15" t="inlineStr">
+        <is>
+          <t>HFR hôpital fribourgeois - freiburger spital Administration centrale</t>
+        </is>
+      </c>
+      <c r="D15" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E15" t="inlineStr">
+        <is>
+          <t>chemin des Pensionnats 2-6</t>
+        </is>
+      </c>
+      <c r="F15" t="inlineStr">
+        <is>
+          <t>1708</t>
+        </is>
+      </c>
+      <c r="G15" t="inlineStr">
+        <is>
+          <t>Fribourg</t>
+        </is>
+      </c>
+      <c r="H15" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I15" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J15" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K15" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L15" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M15" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N15" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="B16" t="inlineStr">
+        <is>
+          <t>7601002001724</t>
+        </is>
+      </c>
+      <c r="C16" t="inlineStr">
+        <is>
+          <t>Insel Gruppe AG, Inselspital Debitoren Buchhaltung</t>
+        </is>
+      </c>
+      <c r="D16" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E16" t="inlineStr">
+        <is>
+          <t>Freiburgstrasse 18</t>
+        </is>
+      </c>
+      <c r="F16" t="inlineStr">
+        <is>
+          <t>3010</t>
+        </is>
+      </c>
+      <c r="G16" t="inlineStr">
+        <is>
+          <t>Bern</t>
+        </is>
+      </c>
+      <c r="H16" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I16" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J16" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K16" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L16" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M16" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N16" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="B17" t="inlineStr">
+        <is>
+          <t>7601002000819</t>
+        </is>
+      </c>
+      <c r="C17" t="inlineStr">
+        <is>
+          <t>Leukerbad Clinic AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D17" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E17" t="inlineStr">
+        <is>
+          <t>Willy-Spühlerstrasse 2</t>
+        </is>
+      </c>
+      <c r="F17" t="inlineStr">
+        <is>
+          <t>3954</t>
+        </is>
+      </c>
+      <c r="G17" t="inlineStr">
+        <is>
+          <t>Leukerbad</t>
+        </is>
+      </c>
+      <c r="H17" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I17" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J17" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K17" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L17" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M17" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N17" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="B18" t="inlineStr">
+        <is>
+          <t>7601002004060</t>
+        </is>
+      </c>
+      <c r="C18" t="inlineStr">
+        <is>
+          <t>Berner Klinik Montana Verwaltung</t>
+        </is>
+      </c>
+      <c r="D18" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E18" t="inlineStr">
+        <is>
+          <t>Route de la Moubra 87</t>
+        </is>
+      </c>
+      <c r="F18" t="inlineStr">
+        <is>
+          <t>3963</t>
+        </is>
+      </c>
+      <c r="G18" t="inlineStr">
+        <is>
+          <t>Crans-Montana</t>
+        </is>
+      </c>
+      <c r="H18" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I18" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J18" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K18" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L18" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M18" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N18" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="B19" t="inlineStr">
+        <is>
+          <t>7601002000697</t>
+        </is>
+      </c>
+      <c r="C19" t="inlineStr">
+        <is>
+          <t>Universitäre Altersmedizin FELIX PLATTER Verwaltung</t>
+        </is>
+      </c>
+      <c r="D19" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E19" t="inlineStr">
+        <is>
+          <t>Burgfelderstrasse 101</t>
+        </is>
+      </c>
+      <c r="F19" t="inlineStr">
+        <is>
+          <t>4055</t>
+        </is>
+      </c>
+      <c r="G19" t="inlineStr">
+        <is>
+          <t>Basel</t>
+        </is>
+      </c>
+      <c r="H19" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I19" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J19" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K19" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L19" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M19" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N19" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="B20" t="inlineStr">
+        <is>
+          <t>7601002000475</t>
+        </is>
+      </c>
+      <c r="C20" t="inlineStr">
+        <is>
+          <t>Bethesda Spital AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D20" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E20" t="inlineStr">
+        <is>
+          <t>Gellertstrasse 144</t>
+        </is>
+      </c>
+      <c r="F20" t="inlineStr">
+        <is>
+          <t>4052</t>
+        </is>
+      </c>
+      <c r="G20" t="inlineStr">
+        <is>
+          <t>Basel</t>
+        </is>
+      </c>
+      <c r="H20" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I20" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J20" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K20" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L20" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M20" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N20" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="B21" t="inlineStr">
+        <is>
+          <t>7601002001533</t>
+        </is>
+      </c>
+      <c r="C21" t="inlineStr">
+        <is>
+          <t>Kantonsspital Baselland - Bruderholz Verwaltung</t>
+        </is>
+      </c>
+      <c r="D21" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E21" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F21" t="inlineStr">
+        <is>
+          <t>4101</t>
+        </is>
+      </c>
+      <c r="G21" t="inlineStr">
+        <is>
+          <t>Bruderholz</t>
+        </is>
+      </c>
+      <c r="H21" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I21" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J21" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K21" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L21" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M21" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N21" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="B22" t="inlineStr">
+        <is>
+          <t>7601002001304</t>
+        </is>
+      </c>
+      <c r="C22" t="inlineStr">
+        <is>
+          <t>Reha Rheinfelden Verwaltung</t>
+        </is>
+      </c>
+      <c r="D22" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E22" t="inlineStr">
+        <is>
+          <t>Salinenstrasse 98</t>
+        </is>
+      </c>
+      <c r="F22" t="inlineStr">
+        <is>
+          <t>4310</t>
+        </is>
+      </c>
+      <c r="G22" t="inlineStr">
+        <is>
+          <t>Rheinfelden</t>
+        </is>
+      </c>
+      <c r="H22" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I22" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J22" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K22" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L22" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M22" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N22" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="B23" t="inlineStr">
+        <is>
+          <t>7601002001168</t>
+        </is>
+      </c>
+      <c r="C23" t="inlineStr">
+        <is>
+          <t>ZURZACH Care Rehaklinik Baden Verwaltung</t>
+        </is>
+      </c>
+      <c r="D23" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E23" t="inlineStr">
+        <is>
+          <t>Bäderstrasse 16</t>
+        </is>
+      </c>
+      <c r="F23" t="inlineStr">
+        <is>
+          <t>5400</t>
+        </is>
+      </c>
+      <c r="G23" t="inlineStr">
+        <is>
+          <t>Baden</t>
+        </is>
+      </c>
+      <c r="H23" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I23" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J23" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K23" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L23" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M23" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N23" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="B24" t="inlineStr">
+        <is>
+          <t>7601002003841</t>
+        </is>
+      </c>
+      <c r="C24" t="inlineStr">
+        <is>
+          <t>Clinica Hildebrand Centro di riabilitazione Brissago</t>
+        </is>
+      </c>
+      <c r="D24" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E24" t="inlineStr">
+        <is>
+          <t>Via Crodolo 18</t>
+        </is>
+      </c>
+      <c r="F24" t="inlineStr">
+        <is>
+          <t>6614</t>
+        </is>
+      </c>
+      <c r="G24" t="inlineStr">
+        <is>
+          <t>Brissago</t>
+        </is>
+      </c>
+      <c r="H24" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I24" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J24" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K24" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L24" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M24" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N24" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="B25" t="inlineStr">
+        <is>
+          <t>7601002002707</t>
+        </is>
+      </c>
+      <c r="C25" t="inlineStr">
+        <is>
+          <t>Stiftung Kliniken Valens Zürcher RehaZentren - Davos, Verwaltung (OPALE)</t>
+        </is>
+      </c>
+      <c r="D25" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E25" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F25" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G25" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H25" t="inlineStr">
+        <is>
+          <t>Past</t>
+        </is>
+      </c>
+      <c r="I25" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J25" s="2" t="n">
+        <v>46024.0</v>
+      </c>
+      <c r="K25" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L25" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M25" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N25" s="2" t="n">
+        <v>46024.0</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="B26" t="inlineStr">
+        <is>
+          <t>7601002520478</t>
+        </is>
+      </c>
+      <c r="C26" t="inlineStr">
+        <is>
+          <t>Stiftung Kliniken Valens Klinikgruppe Valens</t>
+        </is>
+      </c>
+      <c r="D26" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E26" t="inlineStr">
+        <is>
+          <t>Taminaplatz 1</t>
+        </is>
+      </c>
+      <c r="F26" t="inlineStr">
+        <is>
+          <t>7317</t>
+        </is>
+      </c>
+      <c r="G26" t="inlineStr">
+        <is>
+          <t>Valens</t>
+        </is>
+      </c>
+      <c r="H26" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I26" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J26" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K26" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L26" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M26" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N26" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="B27" t="inlineStr">
+        <is>
+          <t>7601002114837</t>
+        </is>
+      </c>
+      <c r="C27" t="inlineStr">
+        <is>
+          <t>Spitäler Schaffhausen, Kantonsspital Verwaltung</t>
+        </is>
+      </c>
+      <c r="D27" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E27" t="inlineStr">
+        <is>
+          <t>Geissbergstrasse 81</t>
+        </is>
+      </c>
+      <c r="F27" t="inlineStr">
+        <is>
+          <t>8208</t>
+        </is>
+      </c>
+      <c r="G27" t="inlineStr">
+        <is>
+          <t>Schaffhausen</t>
+        </is>
+      </c>
+      <c r="H27" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I27" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J27" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K27" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L27" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M27" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N27" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="B28" t="inlineStr">
+        <is>
+          <t>7601002003667</t>
+        </is>
+      </c>
+      <c r="C28" t="inlineStr">
+        <is>
+          <t>Spital Thurgau AG - Klinik St. Katharinental Verwaltung</t>
+        </is>
+      </c>
+      <c r="D28" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E28" t="inlineStr">
+        <is>
+          <t>St. Katharinental</t>
+        </is>
+      </c>
+      <c r="F28" t="inlineStr">
+        <is>
+          <t>8253</t>
+        </is>
+      </c>
+      <c r="G28" t="inlineStr">
+        <is>
+          <t>Diessenhofen</t>
+        </is>
+      </c>
+      <c r="H28" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I28" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J28" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K28" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L28" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M28" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N28" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="B29" t="inlineStr">
+        <is>
+          <t>7601002116961</t>
+        </is>
+      </c>
+      <c r="C29" t="inlineStr">
+        <is>
+          <t>Rehaklinik Zihlschlacht AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D29" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E29" t="inlineStr">
+        <is>
+          <t>Hauptstrasse 2</t>
+        </is>
+      </c>
+      <c r="F29" t="inlineStr">
+        <is>
+          <t>8588</t>
+        </is>
+      </c>
+      <c r="G29" t="inlineStr">
+        <is>
+          <t>Zihlschlacht</t>
+        </is>
+      </c>
+      <c r="H29" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I29" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J29" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K29" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L29" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M29" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N29" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="B30" t="inlineStr">
+        <is>
+          <t>7601002114509</t>
+        </is>
+      </c>
+      <c r="C30" t="inlineStr">
+        <is>
+          <t>Stiftung Kliniken Valens Zürcher RehaZentren - Wald, Verwaltung (OPALE)</t>
+        </is>
+      </c>
+      <c r="D30" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E30" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F30" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G30" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H30" t="inlineStr">
+        <is>
+          <t>Past</t>
+        </is>
+      </c>
+      <c r="I30" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J30" s="2" t="n">
+        <v>46024.0</v>
+      </c>
+      <c r="K30" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L30" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M30" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N30" s="2" t="n">
+        <v>46024.0</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="B31" t="inlineStr">
+        <is>
+          <t>7601002114882</t>
+        </is>
+      </c>
+      <c r="C31" t="inlineStr">
+        <is>
+          <t>Ostschweizer Kinderspital Verwaltung</t>
+        </is>
+      </c>
+      <c r="D31" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E31" t="inlineStr">
+        <is>
+          <t>Claudiusstrasse 6</t>
+        </is>
+      </c>
+      <c r="F31" t="inlineStr">
+        <is>
+          <t>9000</t>
+        </is>
+      </c>
+      <c r="G31" t="inlineStr">
+        <is>
+          <t>St. Gallen</t>
+        </is>
+      </c>
+      <c r="H31" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I31" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J31" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K31" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L31" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M31" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N31" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="B32" t="inlineStr">
+        <is>
+          <t>7601002117821</t>
+        </is>
+      </c>
+      <c r="C32" t="inlineStr">
+        <is>
+          <t>aarReha Schinznach Fakturierung</t>
+        </is>
+      </c>
+      <c r="D32" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E32" t="inlineStr">
+        <is>
+          <t>Badstrasse 55</t>
+        </is>
+      </c>
+      <c r="F32" t="inlineStr">
+        <is>
+          <t>5116</t>
+        </is>
+      </c>
+      <c r="G32" t="inlineStr">
+        <is>
+          <t>Schinznach Bad</t>
+        </is>
+      </c>
+      <c r="H32" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I32" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J32" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K32" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L32" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M32" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N32" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="B33" t="inlineStr">
+        <is>
+          <t>7601002004589</t>
+        </is>
+      </c>
+      <c r="C33" t="inlineStr">
+        <is>
+          <t>Klinik Adelheid AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D33" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E33" t="inlineStr">
+        <is>
+          <t>Höhenweg 71</t>
+        </is>
+      </c>
+      <c r="F33" t="inlineStr">
+        <is>
+          <t>6314</t>
+        </is>
+      </c>
+      <c r="G33" t="inlineStr">
+        <is>
+          <t>Unterägeri</t>
+        </is>
+      </c>
+      <c r="H33" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I33" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J33" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K33" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L33" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M33" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N33" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="B34" t="inlineStr">
+        <is>
+          <t>7601002002585</t>
+        </is>
+      </c>
+      <c r="C34" t="inlineStr">
+        <is>
+          <t>ZURZACH Care Rehaklinik Braunwald</t>
+        </is>
+      </c>
+      <c r="D34" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E34" t="inlineStr">
+        <is>
+          <t>Niederschlachtstrasse 12</t>
+        </is>
+      </c>
+      <c r="F34" t="inlineStr">
+        <is>
+          <t>8784</t>
+        </is>
+      </c>
+      <c r="G34" t="inlineStr">
+        <is>
+          <t>Braunwald</t>
+        </is>
+      </c>
+      <c r="H34" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I34" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J34" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K34" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L34" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M34" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N34" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="B35" t="inlineStr">
+        <is>
+          <t>7601002117142</t>
+        </is>
+      </c>
+      <c r="C35" t="inlineStr">
+        <is>
+          <t>Universitätsspital Basel Direktion</t>
+        </is>
+      </c>
+      <c r="D35" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E35" t="inlineStr">
+        <is>
+          <t>Hebelstrasse 32</t>
+        </is>
+      </c>
+      <c r="F35" t="inlineStr">
+        <is>
+          <t>4031</t>
+        </is>
+      </c>
+      <c r="G35" t="inlineStr">
+        <is>
+          <t>Basel</t>
+        </is>
+      </c>
+      <c r="H35" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I35" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J35" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K35" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L35" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M35" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N35" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="B36" t="inlineStr">
+        <is>
+          <t>7601002114660</t>
+        </is>
+      </c>
+      <c r="C36" t="inlineStr">
+        <is>
+          <t>Institution de Lavigny Hôpital Neurologique - Administration</t>
+        </is>
+      </c>
+      <c r="D36" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E36" t="inlineStr">
+        <is>
+          <t>route du Vignoble 60</t>
+        </is>
+      </c>
+      <c r="F36" t="inlineStr">
+        <is>
+          <t>1175</t>
+        </is>
+      </c>
+      <c r="G36" t="inlineStr">
+        <is>
+          <t>Lavigny</t>
+        </is>
+      </c>
+      <c r="H36" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I36" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J36" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K36" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L36" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M36" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N36" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="B37" t="inlineStr">
+        <is>
+          <t>7601002003070</t>
+        </is>
+      </c>
+      <c r="C37" t="inlineStr">
+        <is>
+          <t>LUKS Spitalbetriebe AG - Standort Wolhusen</t>
+        </is>
+      </c>
+      <c r="D37" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E37" t="inlineStr">
+        <is>
+          <t>Spitalstrasse 50</t>
+        </is>
+      </c>
+      <c r="F37" t="inlineStr">
+        <is>
+          <t>6110</t>
+        </is>
+      </c>
+      <c r="G37" t="inlineStr">
+        <is>
+          <t>Wolhusen</t>
+        </is>
+      </c>
+      <c r="H37" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I37" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J37" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K37" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L37" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M37" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N37" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="B38" t="inlineStr">
+        <is>
+          <t>7601002074803</t>
+        </is>
+      </c>
+      <c r="C38" t="inlineStr">
+        <is>
+          <t>CHUV Centre Hospitalier Universitaire Vaudois Administration</t>
+        </is>
+      </c>
+      <c r="D38" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E38" t="inlineStr">
+        <is>
+          <t>rue du Bugnon 21</t>
+        </is>
+      </c>
+      <c r="F38" t="inlineStr">
+        <is>
+          <t>1011</t>
+        </is>
+      </c>
+      <c r="G38" t="inlineStr">
+        <is>
+          <t>Lausanne</t>
+        </is>
+      </c>
+      <c r="H38" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I38" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J38" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K38" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L38" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M38" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N38" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="B39" t="inlineStr">
+        <is>
+          <t>7601003818550</t>
+        </is>
+      </c>
+      <c r="C39" t="inlineStr">
+        <is>
+          <t>ZURZACH Care Ambulantes Zentrum Baden Physiotherapie</t>
+        </is>
+      </c>
+      <c r="D39" t="inlineStr">
+        <is>
+          <t>[SpecPra]</t>
+        </is>
+      </c>
+      <c r="E39" t="inlineStr">
+        <is>
+          <t>Kurplatz 2</t>
+        </is>
+      </c>
+      <c r="F39" t="inlineStr">
+        <is>
+          <t>5400</t>
+        </is>
+      </c>
+      <c r="G39" t="inlineStr">
+        <is>
+          <t>Baden</t>
+        </is>
+      </c>
+      <c r="H39" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I39" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J39" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K39" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L39" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M39" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N39" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="B40" t="inlineStr">
+        <is>
+          <t>7601001409095</t>
+        </is>
+      </c>
+      <c r="C40" t="inlineStr">
+        <is>
+          <t>Pôle santé Vallée de Joux PSVJ</t>
+        </is>
+      </c>
+      <c r="D40" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E40" t="inlineStr">
+        <is>
+          <t>rue de l'Hôpital 3</t>
+        </is>
+      </c>
+      <c r="F40" t="inlineStr">
+        <is>
+          <t>1347</t>
+        </is>
+      </c>
+      <c r="G40" t="inlineStr">
+        <is>
+          <t>Le Sentier</t>
+        </is>
+      </c>
+      <c r="H40" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I40" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J40" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K40" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L40" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M40" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N40" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="B41" t="inlineStr">
+        <is>
+          <t>7601002003605</t>
+        </is>
+      </c>
+      <c r="C41" t="inlineStr">
+        <is>
+          <t>Privatklinik Obach - Verwaltung Swiss Medical Network Hospitals SA</t>
+        </is>
+      </c>
+      <c r="D41" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E41" t="inlineStr">
+        <is>
+          <t>Leopoldstrasse 5</t>
+        </is>
+      </c>
+      <c r="F41" t="inlineStr">
+        <is>
+          <t>4500</t>
+        </is>
+      </c>
+      <c r="G41" t="inlineStr">
+        <is>
+          <t>Solothurn</t>
+        </is>
+      </c>
+      <c r="H41" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I41" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J41" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K41" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L41" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M41" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N41" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="B42" t="inlineStr">
+        <is>
+          <t>7601002002639</t>
+        </is>
+      </c>
+      <c r="C42" t="inlineStr">
+        <is>
+          <t>Psychiatrische Dienste Graubünden, Klinik Beverin Verwaltung</t>
+        </is>
+      </c>
+      <c r="D42" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E42" t="inlineStr">
+        <is>
+          <t>La Nicca Strasse 17</t>
+        </is>
+      </c>
+      <c r="F42" t="inlineStr">
+        <is>
+          <t>7408</t>
+        </is>
+      </c>
+      <c r="G42" t="inlineStr">
+        <is>
+          <t>Cazis</t>
+        </is>
+      </c>
+      <c r="H42" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I42" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J42" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K42" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L42" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M42" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N42" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="B43" t="inlineStr">
+        <is>
+          <t>7601002125000</t>
+        </is>
+      </c>
+      <c r="C43" t="inlineStr">
+        <is>
+          <t>Solothurner Spitäler AG Hauptsitz</t>
+        </is>
+      </c>
+      <c r="D43" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E43" t="inlineStr">
+        <is>
+          <t>Schöngrünstrasse 36A</t>
+        </is>
+      </c>
+      <c r="F43" t="inlineStr">
+        <is>
+          <t>4500</t>
+        </is>
+      </c>
+      <c r="G43" t="inlineStr">
+        <is>
+          <t>Solothurn</t>
+        </is>
+      </c>
+      <c r="H43" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I43" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J43" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K43" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L43" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M43" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N43" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="B44" t="inlineStr">
+        <is>
+          <t>7601002003728</t>
+        </is>
+      </c>
+      <c r="C44" t="inlineStr">
+        <is>
+          <t>Venenklinik Bellevue AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D44" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E44" t="inlineStr">
+        <is>
+          <t>Brückenstrasse 9</t>
+        </is>
+      </c>
+      <c r="F44" t="inlineStr">
+        <is>
+          <t>8280</t>
+        </is>
+      </c>
+      <c r="G44" t="inlineStr">
+        <is>
+          <t>Kreuzlingen</t>
+        </is>
+      </c>
+      <c r="H44" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I44" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J44" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K44" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L44" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M44" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N44" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="B45" t="inlineStr">
+        <is>
+          <t>7601002000451</t>
+        </is>
+      </c>
+      <c r="C45" t="inlineStr">
+        <is>
+          <t>Spital STS AG - Spital Thun Verwaltung</t>
+        </is>
+      </c>
+      <c r="D45" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E45" t="inlineStr">
+        <is>
+          <t>Krankenhausstrasse 12</t>
+        </is>
+      </c>
+      <c r="F45" t="inlineStr">
+        <is>
+          <t>3600</t>
+        </is>
+      </c>
+      <c r="G45" t="inlineStr">
+        <is>
+          <t>Thun</t>
+        </is>
+      </c>
+      <c r="H45" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I45" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J45" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K45" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L45" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M45" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N45" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="B46" t="inlineStr">
+        <is>
+          <t>7601002126571</t>
+        </is>
+      </c>
+      <c r="C46" t="inlineStr">
+        <is>
+          <t>Luzerner Psychiatrie AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D46" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E46" t="inlineStr">
+        <is>
+          <t>Schafmattstrasse 1</t>
+        </is>
+      </c>
+      <c r="F46" t="inlineStr">
+        <is>
+          <t>4915</t>
+        </is>
+      </c>
+      <c r="G46" t="inlineStr">
+        <is>
+          <t>St. Urban</t>
+        </is>
+      </c>
+      <c r="H46" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I46" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J46" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K46" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L46" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M46" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N46" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="B47" t="inlineStr">
+        <is>
+          <t>7601002001540</t>
+        </is>
+      </c>
+      <c r="C47" t="inlineStr">
+        <is>
+          <t>Kantonsspital Baselland - Liestal Verwaltung</t>
+        </is>
+      </c>
+      <c r="D47" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E47" t="inlineStr">
+        <is>
+          <t>Rheinstrasse 26</t>
+        </is>
+      </c>
+      <c r="F47" t="inlineStr">
+        <is>
+          <t>4410</t>
+        </is>
+      </c>
+      <c r="G47" t="inlineStr">
+        <is>
+          <t>Liestal</t>
+        </is>
+      </c>
+      <c r="H47" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I47" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J47" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K47" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L47" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M47" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N47" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="B48" t="inlineStr">
+        <is>
+          <t>7601002114585</t>
+        </is>
+      </c>
+      <c r="C48" t="inlineStr">
+        <is>
+          <t>Sanatorium Kilchberg AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D48" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E48" t="inlineStr">
+        <is>
+          <t>Alte Landstrasse 70</t>
+        </is>
+      </c>
+      <c r="F48" t="inlineStr">
+        <is>
+          <t>8802</t>
+        </is>
+      </c>
+      <c r="G48" t="inlineStr">
+        <is>
+          <t>Kilchberg ZH</t>
+        </is>
+      </c>
+      <c r="H48" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I48" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J48" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K48" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L48" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M48" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N48" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="B49" t="inlineStr">
+        <is>
+          <t>7601002004138</t>
+        </is>
+      </c>
+      <c r="C49" t="inlineStr">
+        <is>
+          <t>HVS - Hôpital du Valais Service fournisseurs HVS</t>
+        </is>
+      </c>
+      <c r="D49" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E49" t="inlineStr">
+        <is>
+          <t>av. du Grand-Champsec 86</t>
+        </is>
+      </c>
+      <c r="F49" t="inlineStr">
+        <is>
+          <t>1950</t>
+        </is>
+      </c>
+      <c r="G49" t="inlineStr">
+        <is>
+          <t>Sion</t>
+        </is>
+      </c>
+      <c r="H49" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I49" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J49" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K49" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L49" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M49" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N49" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="B50" t="inlineStr">
+        <is>
+          <t>7601002002875</t>
+        </is>
+      </c>
+      <c r="C50" t="inlineStr">
+        <is>
+          <t>Klinik Gut AG St. Moritz Verwaltung</t>
+        </is>
+      </c>
+      <c r="D50" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E50" t="inlineStr">
+        <is>
+          <t>Plazza Paracelsus 2a</t>
+        </is>
+      </c>
+      <c r="F50" t="inlineStr">
+        <is>
+          <t>7500</t>
+        </is>
+      </c>
+      <c r="G50" t="inlineStr">
+        <is>
+          <t>St. Moritz</t>
+        </is>
+      </c>
+      <c r="H50" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I50" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J50" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K50" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L50" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M50" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N50" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="B51" t="inlineStr">
+        <is>
+          <t>7601002117173</t>
+        </is>
+      </c>
+      <c r="C51" t="inlineStr">
+        <is>
+          <t>Rehab Basel AG - Verwaltung Klinik für Neurorehabilitation und Paraplegiologie</t>
+        </is>
+      </c>
+      <c r="D51" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E51" t="inlineStr">
+        <is>
+          <t>Im Burgfelderhof 40</t>
+        </is>
+      </c>
+      <c r="F51" t="inlineStr">
+        <is>
+          <t>4012</t>
+        </is>
+      </c>
+      <c r="G51" t="inlineStr">
+        <is>
+          <t>Basel</t>
+        </is>
+      </c>
+      <c r="H51" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I51" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J51" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K51" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L51" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M51" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N51" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="B52" t="inlineStr">
+        <is>
+          <t>7601002107938</t>
+        </is>
+      </c>
+      <c r="C52" t="inlineStr">
+        <is>
+          <t>See-Spital Standort Horgen Verwaltung</t>
+        </is>
+      </c>
+      <c r="D52" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E52" t="inlineStr">
+        <is>
+          <t>Asylstrasse 19</t>
+        </is>
+      </c>
+      <c r="F52" t="inlineStr">
+        <is>
+          <t>8810</t>
+        </is>
+      </c>
+      <c r="G52" t="inlineStr">
+        <is>
+          <t>Horgen</t>
+        </is>
+      </c>
+      <c r="H52" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I52" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J52" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K52" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L52" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M52" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N52" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="B53" t="inlineStr">
+        <is>
+          <t>7601002128995</t>
+        </is>
+      </c>
+      <c r="C53" t="inlineStr">
+        <is>
+          <t>reha andeer ag</t>
+        </is>
+      </c>
+      <c r="D53" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E53" t="inlineStr">
+        <is>
+          <t>Veia Granda 44</t>
+        </is>
+      </c>
+      <c r="F53" t="inlineStr">
+        <is>
+          <t>7440</t>
+        </is>
+      </c>
+      <c r="G53" t="inlineStr">
+        <is>
+          <t>Andeer</t>
+        </is>
+      </c>
+      <c r="H53" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I53" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J53" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K53" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L53" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M53" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N53" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="B54" t="inlineStr">
+        <is>
+          <t>7601002002868</t>
+        </is>
+      </c>
+      <c r="C54" t="inlineStr">
+        <is>
+          <t>Center da sandà Val Müstair Gesundheitszentrum Val Müstair</t>
+        </is>
+      </c>
+      <c r="D54" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E54" t="inlineStr">
+        <is>
+          <t>Via Val Müstair 186</t>
+        </is>
+      </c>
+      <c r="F54" t="inlineStr">
+        <is>
+          <t>7536</t>
+        </is>
+      </c>
+      <c r="G54" t="inlineStr">
+        <is>
+          <t>Sta. Maria Val Müstair</t>
+        </is>
+      </c>
+      <c r="H54" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I54" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J54" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K54" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L54" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M54" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N54" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="B55" t="inlineStr">
+        <is>
+          <t>7601002000321</t>
+        </is>
+      </c>
+      <c r="C55" t="inlineStr">
+        <is>
+          <t>Spitäler Frutigen Meiringen Interlaken AG Spital Interlaken - Direktion</t>
+        </is>
+      </c>
+      <c r="D55" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E55" t="inlineStr">
+        <is>
+          <t>Weissenaustrasse 27</t>
+        </is>
+      </c>
+      <c r="F55" t="inlineStr">
+        <is>
+          <t>3800</t>
+        </is>
+      </c>
+      <c r="G55" t="inlineStr">
+        <is>
+          <t>Unterseen</t>
+        </is>
+      </c>
+      <c r="H55" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I55" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J55" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K55" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L55" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M55" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N55" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="inlineStr">
+        <is>
+          <t>51</t>
+        </is>
+      </c>
+      <c r="B56" t="inlineStr">
+        <is>
+          <t>7601002147262</t>
+        </is>
+      </c>
+      <c r="C56" t="inlineStr">
+        <is>
+          <t>Limmatklinik AG Standort Eulachklinik</t>
+        </is>
+      </c>
+      <c r="D56" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E56" t="inlineStr">
+        <is>
+          <t>Brunngasse 6</t>
+        </is>
+      </c>
+      <c r="F56" t="inlineStr">
+        <is>
+          <t>8400</t>
+        </is>
+      </c>
+      <c r="G56" t="inlineStr">
+        <is>
+          <t>Winterthur</t>
+        </is>
+      </c>
+      <c r="H56" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I56" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J56" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K56" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L56" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M56" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N56" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="inlineStr">
+        <is>
+          <t>52</t>
+        </is>
+      </c>
+      <c r="B57" t="inlineStr">
+        <is>
+          <t>7601002148474</t>
+        </is>
+      </c>
+      <c r="C57" t="inlineStr">
+        <is>
+          <t>Schmerzklinik Basel - Verwaltung Swiss Medical Network Hospitals SA</t>
+        </is>
+      </c>
+      <c r="D57" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E57" t="inlineStr">
+        <is>
+          <t>Hirschgässlein 11-15</t>
+        </is>
+      </c>
+      <c r="F57" t="inlineStr">
+        <is>
+          <t>4010</t>
+        </is>
+      </c>
+      <c r="G57" t="inlineStr">
+        <is>
+          <t>Basel</t>
+        </is>
+      </c>
+      <c r="H57" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I57" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J57" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K57" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L57" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M57" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N57" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="inlineStr">
+        <is>
+          <t>53</t>
+        </is>
+      </c>
+      <c r="B58" t="inlineStr">
+        <is>
+          <t>7601002125130</t>
+        </is>
+      </c>
+      <c r="C58" t="inlineStr">
+        <is>
+          <t>Réseau hospitalier neuchâtelois Direction générale</t>
+        </is>
+      </c>
+      <c r="D58" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E58" t="inlineStr">
+        <is>
+          <t>rue de la Maladière 45</t>
+        </is>
+      </c>
+      <c r="F58" t="inlineStr">
+        <is>
+          <t>2000</t>
+        </is>
+      </c>
+      <c r="G58" t="inlineStr">
+        <is>
+          <t>Neuchâtel</t>
+        </is>
+      </c>
+      <c r="H58" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I58" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J58" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K58" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L58" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M58" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N58" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="B59" t="inlineStr">
+        <is>
+          <t>7601002020756</t>
+        </is>
+      </c>
+      <c r="C59" t="inlineStr">
+        <is>
+          <t>Klinik Gut AG Chur Verwaltung</t>
+        </is>
+      </c>
+      <c r="D59" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E59" t="inlineStr">
+        <is>
+          <t>Lürlibadstrasse 12</t>
+        </is>
+      </c>
+      <c r="F59" t="inlineStr">
+        <is>
+          <t>7000</t>
+        </is>
+      </c>
+      <c r="G59" t="inlineStr">
+        <is>
+          <t>Chur</t>
+        </is>
+      </c>
+      <c r="H59" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I59" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J59" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K59" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L59" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M59" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N59" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="inlineStr">
+        <is>
+          <t>55</t>
+        </is>
+      </c>
+      <c r="B60" t="inlineStr">
+        <is>
+          <t>7601002002066</t>
+        </is>
+      </c>
+      <c r="C60" t="inlineStr">
+        <is>
+          <t>Privatklinik Reichenbach b. Meiringen AG Privatklinik Meiringen - Verwaltung</t>
+        </is>
+      </c>
+      <c r="D60" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E60" t="inlineStr">
+        <is>
+          <t>Willigen</t>
+        </is>
+      </c>
+      <c r="F60" t="inlineStr">
+        <is>
+          <t>3860</t>
+        </is>
+      </c>
+      <c r="G60" t="inlineStr">
+        <is>
+          <t>Meiringen</t>
+        </is>
+      </c>
+      <c r="H60" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I60" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J60" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K60" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L60" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M60" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N60" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="inlineStr">
+        <is>
+          <t>56</t>
+        </is>
+      </c>
+      <c r="B61" t="inlineStr">
+        <is>
+          <t>7601002001892</t>
+        </is>
+      </c>
+      <c r="C61" t="inlineStr">
+        <is>
+          <t>Spital Emmental AG Burgdorf, Verwaltung</t>
+        </is>
+      </c>
+      <c r="D61" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E61" t="inlineStr">
+        <is>
+          <t>Oberburgstrasse 54</t>
+        </is>
+      </c>
+      <c r="F61" t="inlineStr">
+        <is>
+          <t>3400</t>
+        </is>
+      </c>
+      <c r="G61" t="inlineStr">
+        <is>
+          <t>Burgdorf</t>
+        </is>
+      </c>
+      <c r="H61" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I61" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J61" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K61" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L61" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M61" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N61" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="inlineStr">
+        <is>
+          <t>57</t>
+        </is>
+      </c>
+      <c r="B62" t="inlineStr">
+        <is>
+          <t>7601002003278</t>
+        </is>
+      </c>
+      <c r="C62" t="inlineStr">
+        <is>
+          <t>Spitalregion Rheintal Werdenberg Sarganserland Spital Grabs / Verwaltung</t>
+        </is>
+      </c>
+      <c r="D62" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E62" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F62" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G62" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H62" t="inlineStr">
+        <is>
+          <t>Past</t>
+        </is>
+      </c>
+      <c r="I62" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J62" s="2" t="n">
+        <v>45994.0</v>
+      </c>
+      <c r="K62" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L62" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M62" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N62" s="2" t="n">
+        <v>45994.0</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="inlineStr">
+        <is>
+          <t>58</t>
+        </is>
+      </c>
+      <c r="B63" t="inlineStr">
+        <is>
+          <t>7601002001410</t>
+        </is>
+      </c>
+      <c r="C63" t="inlineStr">
+        <is>
+          <t>Spital Zofingen AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D63" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E63" t="inlineStr">
+        <is>
+          <t>Mühlethalstrasse 27</t>
+        </is>
+      </c>
+      <c r="F63" t="inlineStr">
+        <is>
+          <t>4800</t>
+        </is>
+      </c>
+      <c r="G63" t="inlineStr">
+        <is>
+          <t>Zofingen</t>
+        </is>
+      </c>
+      <c r="H63" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I63" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J63" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K63" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L63" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M63" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N63" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="inlineStr">
+        <is>
+          <t>59</t>
+        </is>
+      </c>
+      <c r="B64" t="inlineStr">
+        <is>
+          <t>7601002016810</t>
+        </is>
+      </c>
+      <c r="C64" t="inlineStr">
+        <is>
+          <t>Hirslanden Klinik Am Rosenberg AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D64" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E64" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F64" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G64" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H64" t="inlineStr">
+        <is>
+          <t>Past</t>
+        </is>
+      </c>
+      <c r="I64" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J64" s="2" t="n">
+        <v>45998.0</v>
+      </c>
+      <c r="K64" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L64" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M64" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N64" s="2" t="n">
+        <v>45998.0</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="B65" t="inlineStr">
+        <is>
+          <t>7601002107921</t>
+        </is>
+      </c>
+      <c r="C65" t="inlineStr">
+        <is>
+          <t>Schweizerische Epilepsie-Stiftung</t>
+        </is>
+      </c>
+      <c r="D65" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E65" t="inlineStr">
+        <is>
+          <t>Bleulerstrasse 60</t>
+        </is>
+      </c>
+      <c r="F65" t="inlineStr">
+        <is>
+          <t>8008</t>
+        </is>
+      </c>
+      <c r="G65" t="inlineStr">
+        <is>
+          <t>Zürich</t>
+        </is>
+      </c>
+      <c r="H65" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I65" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J65" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K65" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L65" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M65" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N65" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="inlineStr">
+        <is>
+          <t>61</t>
+        </is>
+      </c>
+      <c r="B66" t="inlineStr">
+        <is>
+          <t>7601002002899</t>
+        </is>
+      </c>
+      <c r="C66" t="inlineStr">
+        <is>
+          <t>Center da Sanadad Savognin SA Akutspital</t>
+        </is>
+      </c>
+      <c r="D66" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E66" t="inlineStr">
+        <is>
+          <t>Stradung 52</t>
+        </is>
+      </c>
+      <c r="F66" t="inlineStr">
+        <is>
+          <t>7460</t>
+        </is>
+      </c>
+      <c r="G66" t="inlineStr">
+        <is>
+          <t>Savognin</t>
+        </is>
+      </c>
+      <c r="H66" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I66" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J66" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K66" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L66" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M66" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N66" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="inlineStr">
+        <is>
+          <t>62</t>
+        </is>
+      </c>
+      <c r="B67" t="inlineStr">
+        <is>
+          <t>7601002000598</t>
+        </is>
+      </c>
+      <c r="C67" t="inlineStr">
+        <is>
+          <t>Clienia Littenheid AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D67" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E67" t="inlineStr">
+        <is>
+          <t>Dorfstrasse 1</t>
+        </is>
+      </c>
+      <c r="F67" t="inlineStr">
+        <is>
+          <t>9573</t>
+        </is>
+      </c>
+      <c r="G67" t="inlineStr">
+        <is>
+          <t>Littenheid</t>
+        </is>
+      </c>
+      <c r="H67" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I67" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J67" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K67" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L67" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M67" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N67" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="inlineStr">
+        <is>
+          <t>63</t>
+        </is>
+      </c>
+      <c r="B68" t="inlineStr">
+        <is>
+          <t>7601002117159</t>
+        </is>
+      </c>
+      <c r="C68" t="inlineStr">
+        <is>
+          <t>Réseau Santé Balcon du Jura.vd Les Rosiers - Administration</t>
+        </is>
+      </c>
+      <c r="D68" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E68" t="inlineStr">
+        <is>
+          <t>rue des Rosiers 29</t>
+        </is>
+      </c>
+      <c r="F68" t="inlineStr">
+        <is>
+          <t>1450</t>
+        </is>
+      </c>
+      <c r="G68" t="inlineStr">
+        <is>
+          <t>Ste-Croix</t>
+        </is>
+      </c>
+      <c r="H68" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I68" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J68" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K68" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L68" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M68" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N68" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="inlineStr">
+        <is>
+          <t>64</t>
+        </is>
+      </c>
+      <c r="B69" t="inlineStr">
+        <is>
+          <t>7601002004039</t>
+        </is>
+      </c>
+      <c r="C69" t="inlineStr">
+        <is>
+          <t>Kantonsspital Uri Verwaltung</t>
+        </is>
+      </c>
+      <c r="D69" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E69" t="inlineStr">
+        <is>
+          <t>Spitalstrasse 1</t>
+        </is>
+      </c>
+      <c r="F69" t="inlineStr">
+        <is>
+          <t>6460</t>
+        </is>
+      </c>
+      <c r="G69" t="inlineStr">
+        <is>
+          <t>Altdorf UR</t>
+        </is>
+      </c>
+      <c r="H69" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I69" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J69" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K69" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L69" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M69" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N69" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="inlineStr">
+        <is>
+          <t>65</t>
+        </is>
+      </c>
+      <c r="B70" t="inlineStr">
+        <is>
+          <t>7601002003186</t>
+        </is>
+      </c>
+      <c r="C70" t="inlineStr">
+        <is>
+          <t>HOCH Health Ostschweiz - Spital Altstätten</t>
+        </is>
+      </c>
+      <c r="D70" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E70" t="inlineStr">
+        <is>
+          <t>F.-Marolanistrasse 6</t>
+        </is>
+      </c>
+      <c r="F70" t="inlineStr">
+        <is>
+          <t>9450</t>
+        </is>
+      </c>
+      <c r="G70" t="inlineStr">
+        <is>
+          <t>Altstätten SG</t>
+        </is>
+      </c>
+      <c r="H70" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I70" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J70" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K70" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L70" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M70" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N70" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="inlineStr">
+        <is>
+          <t>66</t>
+        </is>
+      </c>
+      <c r="B71" t="inlineStr">
+        <is>
+          <t>7601002002646</t>
+        </is>
+      </c>
+      <c r="C71" t="inlineStr">
+        <is>
+          <t>Psychiatrische Dienste Graubünden, Klinik Waldhaus Verwaltung</t>
+        </is>
+      </c>
+      <c r="D71" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E71" t="inlineStr">
+        <is>
+          <t>Loëstrasse 220</t>
+        </is>
+      </c>
+      <c r="F71" t="inlineStr">
+        <is>
+          <t>7000</t>
+        </is>
+      </c>
+      <c r="G71" t="inlineStr">
+        <is>
+          <t>Chur</t>
+        </is>
+      </c>
+      <c r="H71" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I71" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J71" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K71" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L71" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M71" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N71" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="inlineStr">
+        <is>
+          <t>67</t>
+        </is>
+      </c>
+      <c r="B72" t="inlineStr">
+        <is>
+          <t>7601002136846</t>
+        </is>
+      </c>
+      <c r="C72" t="inlineStr">
+        <is>
+          <t>ZURZACH Care Rehaklinik Zollikerberg Verwaltung</t>
+        </is>
+      </c>
+      <c r="D72" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E72" t="inlineStr">
+        <is>
+          <t>Trichtenhauser Strasse 20</t>
+        </is>
+      </c>
+      <c r="F72" t="inlineStr">
+        <is>
+          <t>8125</t>
+        </is>
+      </c>
+      <c r="G72" t="inlineStr">
+        <is>
+          <t>Zollikerberg</t>
+        </is>
+      </c>
+      <c r="H72" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I72" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J72" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K72" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L72" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M72" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N72" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="inlineStr">
+        <is>
+          <t>68</t>
+        </is>
+      </c>
+      <c r="B73" t="inlineStr">
+        <is>
+          <t>7601002003735</t>
+        </is>
+      </c>
+      <c r="C73" t="inlineStr">
+        <is>
+          <t>Klinik Seeschau AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D73" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E73" t="inlineStr">
+        <is>
+          <t>Bernrainstrasse 17</t>
+        </is>
+      </c>
+      <c r="F73" t="inlineStr">
+        <is>
+          <t>8280</t>
+        </is>
+      </c>
+      <c r="G73" t="inlineStr">
+        <is>
+          <t>Kreuzlingen</t>
+        </is>
+      </c>
+      <c r="H73" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I73" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J73" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K73" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L73" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M73" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N73" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="inlineStr">
+        <is>
+          <t>69</t>
+        </is>
+      </c>
+      <c r="B74" t="inlineStr">
+        <is>
+          <t>7601002000222</t>
+        </is>
+      </c>
+      <c r="C74" t="inlineStr">
+        <is>
+          <t>Kantonsspital Obwalden Verwaltung</t>
+        </is>
+      </c>
+      <c r="D74" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E74" t="inlineStr">
+        <is>
+          <t>Brünigstrasse 181</t>
+        </is>
+      </c>
+      <c r="F74" t="inlineStr">
+        <is>
+          <t>6060</t>
+        </is>
+      </c>
+      <c r="G74" t="inlineStr">
+        <is>
+          <t>Sarnen</t>
+        </is>
+      </c>
+      <c r="H74" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I74" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J74" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K74" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L74" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M74" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N74" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="B75" t="inlineStr">
+        <is>
+          <t>7601002147163</t>
+        </is>
+      </c>
+      <c r="C75" t="inlineStr">
+        <is>
+          <t>Lindenhofgruppe AG Direktion</t>
+        </is>
+      </c>
+      <c r="D75" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E75" t="inlineStr">
+        <is>
+          <t>Bremgartenstrasse 117</t>
+        </is>
+      </c>
+      <c r="F75" t="inlineStr">
+        <is>
+          <t>3012</t>
+        </is>
+      </c>
+      <c r="G75" t="inlineStr">
+        <is>
+          <t>Bern</t>
+        </is>
+      </c>
+      <c r="H75" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I75" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J75" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K75" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L75" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M75" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N75" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="inlineStr">
+        <is>
+          <t>71</t>
+        </is>
+      </c>
+      <c r="B76" t="inlineStr">
+        <is>
+          <t>7601002114677</t>
+        </is>
+      </c>
+      <c r="C76" t="inlineStr">
+        <is>
+          <t>Spital Männedorf AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D76" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E76" t="inlineStr">
+        <is>
+          <t>Asylstrasse 10</t>
+        </is>
+      </c>
+      <c r="F76" t="inlineStr">
+        <is>
+          <t>8708</t>
+        </is>
+      </c>
+      <c r="G76" t="inlineStr">
+        <is>
+          <t>Männedorf</t>
+        </is>
+      </c>
+      <c r="H76" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I76" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J76" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K76" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L76" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M76" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N76" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="inlineStr">
+        <is>
+          <t>72</t>
+        </is>
+      </c>
+      <c r="B77" t="inlineStr">
+        <is>
+          <t>7601002110990</t>
+        </is>
+      </c>
+      <c r="C77" t="inlineStr">
+        <is>
+          <t>Spitalzentrum Biel AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D77" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E77" t="inlineStr">
+        <is>
+          <t>Vogelsang 84</t>
+        </is>
+      </c>
+      <c r="F77" t="inlineStr">
+        <is>
+          <t>2502</t>
+        </is>
+      </c>
+      <c r="G77" t="inlineStr">
+        <is>
+          <t>Biel/Bienne</t>
+        </is>
+      </c>
+      <c r="H77" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I77" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J77" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K77" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L77" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M77" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N77" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="inlineStr">
+        <is>
+          <t>73</t>
+        </is>
+      </c>
+      <c r="B78" t="inlineStr">
+        <is>
+          <t>7601002005357</t>
+        </is>
+      </c>
+      <c r="C78" t="inlineStr">
+        <is>
+          <t>Clinica Ars Medica - Administration Swiss Medical Network Hospitals SA</t>
+        </is>
+      </c>
+      <c r="D78" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E78" t="inlineStr">
+        <is>
+          <t>via Grumo 16</t>
+        </is>
+      </c>
+      <c r="F78" t="inlineStr">
+        <is>
+          <t>6929</t>
+        </is>
+      </c>
+      <c r="G78" t="inlineStr">
+        <is>
+          <t>Gravesano</t>
+        </is>
+      </c>
+      <c r="H78" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I78" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J78" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K78" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L78" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M78" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N78" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="inlineStr">
+        <is>
+          <t>74</t>
+        </is>
+      </c>
+      <c r="B79" t="inlineStr">
+        <is>
+          <t>7601002003056</t>
+        </is>
+      </c>
+      <c r="C79" t="inlineStr">
+        <is>
+          <t>LUKS Spitalbetriebe AG - Standort Sursee</t>
+        </is>
+      </c>
+      <c r="D79" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E79" t="inlineStr">
+        <is>
+          <t>Spitalstrasse 16a</t>
+        </is>
+      </c>
+      <c r="F79" t="inlineStr">
+        <is>
+          <t>6210</t>
+        </is>
+      </c>
+      <c r="G79" t="inlineStr">
+        <is>
+          <t>Sursee</t>
+        </is>
+      </c>
+      <c r="H79" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I79" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J79" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K79" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L79" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M79" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N79" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="inlineStr">
+        <is>
+          <t>75</t>
+        </is>
+      </c>
+      <c r="B80" t="inlineStr">
+        <is>
+          <t>7601002002882</t>
+        </is>
+      </c>
+      <c r="C80" t="inlineStr">
+        <is>
+          <t>Spital Oberengadin Direktion</t>
+        </is>
+      </c>
+      <c r="D80" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E80" t="inlineStr">
+        <is>
+          <t>Via Nouva 3</t>
+        </is>
+      </c>
+      <c r="F80" t="inlineStr">
+        <is>
+          <t>7503</t>
+        </is>
+      </c>
+      <c r="G80" t="inlineStr">
+        <is>
+          <t>Samedan</t>
+        </is>
+      </c>
+      <c r="H80" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I80" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J80" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K80" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L80" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M80" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N80" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="inlineStr">
+        <is>
+          <t>76</t>
+        </is>
+      </c>
+      <c r="B81" t="inlineStr">
+        <is>
+          <t>7601002003179</t>
+        </is>
+      </c>
+      <c r="C81" t="inlineStr">
+        <is>
+          <t>Spital Nidwalden AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D81" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E81" t="inlineStr">
+        <is>
+          <t>Ennetmooserstrasse 19</t>
+        </is>
+      </c>
+      <c r="F81" t="inlineStr">
+        <is>
+          <t>6370</t>
+        </is>
+      </c>
+      <c r="G81" t="inlineStr">
+        <is>
+          <t>Stans</t>
+        </is>
+      </c>
+      <c r="H81" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I81" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J81" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K81" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L81" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M81" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N81" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="inlineStr">
+        <is>
+          <t>77</t>
+        </is>
+      </c>
+      <c r="B82" t="inlineStr">
+        <is>
+          <t>7601002001311</t>
+        </is>
+      </c>
+      <c r="C82" t="inlineStr">
+        <is>
+          <t>Gesundheitszentrum Fricktal AG Spital Rheinfelden / Verwaltung</t>
+        </is>
+      </c>
+      <c r="D82" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E82" t="inlineStr">
+        <is>
+          <t>Riburgerstrasse 12</t>
+        </is>
+      </c>
+      <c r="F82" t="inlineStr">
+        <is>
+          <t>4310</t>
+        </is>
+      </c>
+      <c r="G82" t="inlineStr">
+        <is>
+          <t>Rheinfelden</t>
+        </is>
+      </c>
+      <c r="H82" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I82" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J82" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K82" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L82" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M82" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N82" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="inlineStr">
+        <is>
+          <t>78</t>
+        </is>
+      </c>
+      <c r="B83" t="inlineStr">
+        <is>
+          <t>7601002116732</t>
+        </is>
+      </c>
+      <c r="C83" t="inlineStr">
+        <is>
+          <t>Fondation de Nant Direction - Gestion</t>
+        </is>
+      </c>
+      <c r="D83" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E83" t="inlineStr">
+        <is>
+          <t>route de Nant</t>
+        </is>
+      </c>
+      <c r="F83" t="inlineStr">
+        <is>
+          <t>1804</t>
+        </is>
+      </c>
+      <c r="G83" t="inlineStr">
+        <is>
+          <t>Corsier-sur-Vevey</t>
+        </is>
+      </c>
+      <c r="H83" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I83" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J83" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K83" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L83" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M83" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N83" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="inlineStr">
+        <is>
+          <t>79</t>
+        </is>
+      </c>
+      <c r="B84" t="inlineStr">
+        <is>
+          <t>7601002002080</t>
+        </is>
+      </c>
+      <c r="C84" t="inlineStr">
+        <is>
+          <t>Réseau de l'Arc SA - Hôpital de Moutier Administration</t>
+        </is>
+      </c>
+      <c r="D84" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E84" t="inlineStr">
+        <is>
+          <t>rue Beausite 49</t>
+        </is>
+      </c>
+      <c r="F84" t="inlineStr">
+        <is>
+          <t>2740</t>
+        </is>
+      </c>
+      <c r="G84" t="inlineStr">
+        <is>
+          <t>Moutier</t>
+        </is>
+      </c>
+      <c r="H84" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I84" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J84" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K84" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L84" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M84" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N84" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="inlineStr">
+        <is>
+          <t>80</t>
+        </is>
+      </c>
+      <c r="B85" t="inlineStr">
+        <is>
+          <t>7601002527675</t>
+        </is>
+      </c>
+      <c r="C85" t="inlineStr">
+        <is>
+          <t>LUKS Spitalbetriebe AG - Standort Luzern Patientenabrechnung</t>
+        </is>
+      </c>
+      <c r="D85" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E85" t="inlineStr">
+        <is>
+          <t>Kantonsspital 37</t>
+        </is>
+      </c>
+      <c r="F85" t="inlineStr">
+        <is>
+          <t>6004</t>
+        </is>
+      </c>
+      <c r="G85" t="inlineStr">
+        <is>
+          <t>Luzern</t>
+        </is>
+      </c>
+      <c r="H85" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I85" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J85" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K85" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L85" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M85" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N85" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="inlineStr">
+        <is>
+          <t>81</t>
+        </is>
+      </c>
+      <c r="B86" t="inlineStr">
+        <is>
+          <t>7601002056298</t>
+        </is>
+      </c>
+      <c r="C86" t="inlineStr">
+        <is>
+          <t>Rosenklinik AG Swiss Medical Network</t>
+        </is>
+      </c>
+      <c r="D86" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E86" t="inlineStr">
+        <is>
+          <t>Güterstrasse 21/23</t>
+        </is>
+      </c>
+      <c r="F86" t="inlineStr">
+        <is>
+          <t>8640</t>
+        </is>
+      </c>
+      <c r="G86" t="inlineStr">
+        <is>
+          <t>Rapperswil SG</t>
+        </is>
+      </c>
+      <c r="H86" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I86" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J86" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K86" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L86" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M86" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N86" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="inlineStr">
+        <is>
+          <t>82</t>
+        </is>
+      </c>
+      <c r="B87" t="inlineStr">
+        <is>
+          <t>7601002107907</t>
+        </is>
+      </c>
+      <c r="C87" t="inlineStr">
+        <is>
+          <t>Hôpital Intercantonal de la Broye HIB Site de Payerne, Administration</t>
+        </is>
+      </c>
+      <c r="D87" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E87" t="inlineStr">
+        <is>
+          <t>Avenue de la Colline 5</t>
+        </is>
+      </c>
+      <c r="F87" t="inlineStr">
+        <is>
+          <t>1530</t>
+        </is>
+      </c>
+      <c r="G87" t="inlineStr">
+        <is>
+          <t>Payerne</t>
+        </is>
+      </c>
+      <c r="H87" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I87" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J87" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K87" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L87" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M87" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N87" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="inlineStr">
+        <is>
+          <t>83</t>
+        </is>
+      </c>
+      <c r="B88" t="inlineStr">
+        <is>
+          <t>7601002131391</t>
+        </is>
+      </c>
+      <c r="C88" t="inlineStr">
+        <is>
+          <t>Uroviva Klinik AG Uroviva Klinik Bülach</t>
+        </is>
+      </c>
+      <c r="D88" t="inlineStr">
+        <is>
+          <t>[GrpPra]</t>
+        </is>
+      </c>
+      <c r="E88" t="inlineStr">
+        <is>
+          <t>Zürichstrasse 5</t>
+        </is>
+      </c>
+      <c r="F88" t="inlineStr">
+        <is>
+          <t>8180</t>
+        </is>
+      </c>
+      <c r="G88" t="inlineStr">
+        <is>
+          <t>Bülach</t>
+        </is>
+      </c>
+      <c r="H88" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I88" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J88" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K88" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L88" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M88" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N88" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="inlineStr">
+        <is>
+          <t>84</t>
+        </is>
+      </c>
+      <c r="B89" t="inlineStr">
+        <is>
+          <t>7601002001229</t>
+        </is>
+      </c>
+      <c r="C89" t="inlineStr">
+        <is>
+          <t>Psychiatrische Dienste Aargau AG Verwaltungsdirektion</t>
+        </is>
+      </c>
+      <c r="D89" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E89" t="inlineStr">
+        <is>
+          <t>Königsfelderstrasse 1</t>
+        </is>
+      </c>
+      <c r="F89" t="inlineStr">
+        <is>
+          <t>5210</t>
+        </is>
+      </c>
+      <c r="G89" t="inlineStr">
+        <is>
+          <t>Windisch</t>
+        </is>
+      </c>
+      <c r="H89" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I89" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J89" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K89" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L89" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M89" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N89" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="inlineStr">
+        <is>
+          <t>85</t>
+        </is>
+      </c>
+      <c r="B90" t="inlineStr">
+        <is>
+          <t>7601002003407</t>
+        </is>
+      </c>
+      <c r="C90" t="inlineStr">
+        <is>
+          <t>Spital Linth</t>
+        </is>
+      </c>
+      <c r="D90" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E90" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F90" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G90" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H90" t="inlineStr">
+        <is>
+          <t>Past</t>
+        </is>
+      </c>
+      <c r="I90" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J90" s="2" t="n">
+        <v>45776.0</v>
+      </c>
+      <c r="K90" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L90" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M90" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N90" s="2" t="n">
+        <v>45776.0</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="inlineStr">
+        <is>
+          <t>86</t>
+        </is>
+      </c>
+      <c r="B91" t="inlineStr">
+        <is>
+          <t>7601002535274</t>
+        </is>
+      </c>
+      <c r="C91" t="inlineStr">
+        <is>
+          <t>Privatklinik Siloah Swiss Medical Network Hospitals SA</t>
+        </is>
+      </c>
+      <c r="D91" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E91" t="inlineStr">
+        <is>
+          <t>Worbstrasse 316</t>
+        </is>
+      </c>
+      <c r="F91" t="inlineStr">
+        <is>
+          <t>3073</t>
+        </is>
+      </c>
+      <c r="G91" t="inlineStr">
+        <is>
+          <t>Gümligen</t>
+        </is>
+      </c>
+      <c r="H91" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I91" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J91" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K91" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L91" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M91" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N91" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="inlineStr">
+        <is>
+          <t>87</t>
+        </is>
+      </c>
+      <c r="B92" t="inlineStr">
+        <is>
+          <t>7601001373440</t>
+        </is>
+      </c>
+      <c r="C92" t="inlineStr">
+        <is>
+          <t>Spitalverbund Appenzell Ausserrhoden Geschäftsleitung</t>
+        </is>
+      </c>
+      <c r="D92" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E92" t="inlineStr">
+        <is>
+          <t>Krombach 3</t>
+        </is>
+      </c>
+      <c r="F92" t="inlineStr">
+        <is>
+          <t>9100</t>
+        </is>
+      </c>
+      <c r="G92" t="inlineStr">
+        <is>
+          <t>Herisau</t>
+        </is>
+      </c>
+      <c r="H92" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I92" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J92" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K92" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L92" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M92" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N92" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="inlineStr">
+        <is>
+          <t>88</t>
+        </is>
+      </c>
+      <c r="B93" t="inlineStr">
+        <is>
+          <t>7601002000130</t>
+        </is>
+      </c>
+      <c r="C93" t="inlineStr">
+        <is>
+          <t>Organizzazione sociopsichiatrica cantonale Clinica psichiatrica cantonale - Direzione</t>
+        </is>
+      </c>
+      <c r="D93" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E93" t="inlineStr">
+        <is>
+          <t>via Agostino Maspoli 6</t>
+        </is>
+      </c>
+      <c r="F93" t="inlineStr">
+        <is>
+          <t>6850</t>
+        </is>
+      </c>
+      <c r="G93" t="inlineStr">
+        <is>
+          <t>Mendrisio</t>
+        </is>
+      </c>
+      <c r="H93" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I93" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J93" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K93" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L93" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M93" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N93" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="inlineStr">
+        <is>
+          <t>89</t>
+        </is>
+      </c>
+      <c r="B94" t="inlineStr">
+        <is>
+          <t>7601002111034</t>
+        </is>
+      </c>
+      <c r="C94" t="inlineStr">
+        <is>
+          <t>Hôpital de Lavaux Administration</t>
+        </is>
+      </c>
+      <c r="D94" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E94" t="inlineStr">
+        <is>
+          <t>chemin des Colombaires 31</t>
+        </is>
+      </c>
+      <c r="F94" t="inlineStr">
+        <is>
+          <t>1096</t>
+        </is>
+      </c>
+      <c r="G94" t="inlineStr">
+        <is>
+          <t>Cully</t>
+        </is>
+      </c>
+      <c r="H94" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I94" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J94" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K94" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L94" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M94" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N94" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="inlineStr">
+        <is>
+          <t>90</t>
+        </is>
+      </c>
+      <c r="B95" t="inlineStr">
+        <is>
+          <t>7601002114547</t>
+        </is>
+      </c>
+      <c r="C95" t="inlineStr">
+        <is>
+          <t>GSMN Suisse SA, Clinique de Genolier Administration</t>
+        </is>
+      </c>
+      <c r="D95" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E95" t="inlineStr">
+        <is>
+          <t>route du Muids 3</t>
+        </is>
+      </c>
+      <c r="F95" t="inlineStr">
+        <is>
+          <t>1272</t>
+        </is>
+      </c>
+      <c r="G95" t="inlineStr">
+        <is>
+          <t>Genolier</t>
+        </is>
+      </c>
+      <c r="H95" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I95" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J95" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K95" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L95" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M95" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N95" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="inlineStr">
+        <is>
+          <t>91</t>
+        </is>
+      </c>
+      <c r="B96" t="inlineStr">
+        <is>
+          <t>7601002542005</t>
+        </is>
+      </c>
+      <c r="C96" t="inlineStr">
+        <is>
+          <t>ZURZACH Care Rehaklinik Limmattal</t>
+        </is>
+      </c>
+      <c r="D96" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E96" t="inlineStr">
+        <is>
+          <t>Urdorferstrasse 100</t>
+        </is>
+      </c>
+      <c r="F96" t="inlineStr">
+        <is>
+          <t>8952</t>
+        </is>
+      </c>
+      <c r="G96" t="inlineStr">
+        <is>
+          <t>Schlieren</t>
+        </is>
+      </c>
+      <c r="H96" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I96" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J96" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K96" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L96" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M96" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N96" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="inlineStr">
+        <is>
+          <t>92</t>
+        </is>
+      </c>
+      <c r="B97" t="inlineStr">
+        <is>
+          <t>7601002054164</t>
+        </is>
+      </c>
+      <c r="C97" t="inlineStr">
+        <is>
+          <t>eHnv, Etablissements Hospitaliers du Nord Vaudois Site d'Orbe</t>
+        </is>
+      </c>
+      <c r="D97" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E97" t="inlineStr">
+        <is>
+          <t>chemin de la Magnenette 2</t>
+        </is>
+      </c>
+      <c r="F97" t="inlineStr">
+        <is>
+          <t>1350</t>
+        </is>
+      </c>
+      <c r="G97" t="inlineStr">
+        <is>
+          <t>Orbe</t>
+        </is>
+      </c>
+      <c r="H97" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I97" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J97" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K97" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L97" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M97" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N97" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="inlineStr">
+        <is>
+          <t>93</t>
+        </is>
+      </c>
+      <c r="B98" t="inlineStr">
+        <is>
+          <t>7601002117135</t>
+        </is>
+      </c>
+      <c r="C98" t="inlineStr">
+        <is>
+          <t>Universitätsspital Zürich Verwaltung</t>
+        </is>
+      </c>
+      <c r="D98" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E98" t="inlineStr">
+        <is>
+          <t>Rämistrasse 100</t>
+        </is>
+      </c>
+      <c r="F98" t="inlineStr">
+        <is>
+          <t>8091</t>
+        </is>
+      </c>
+      <c r="G98" t="inlineStr">
+        <is>
+          <t>Zürich</t>
+        </is>
+      </c>
+      <c r="H98" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I98" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J98" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K98" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L98" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M98" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N98" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="inlineStr">
+        <is>
+          <t>94</t>
+        </is>
+      </c>
+      <c r="B99" t="inlineStr">
+        <is>
+          <t>7601002117494</t>
+        </is>
+      </c>
+      <c r="C99" t="inlineStr">
+        <is>
+          <t>Clienia Schlössli AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D99" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E99" t="inlineStr">
+        <is>
+          <t>Schlösslistrasse 8</t>
+        </is>
+      </c>
+      <c r="F99" t="inlineStr">
+        <is>
+          <t>8618</t>
+        </is>
+      </c>
+      <c r="G99" t="inlineStr">
+        <is>
+          <t>Oetwil am See</t>
+        </is>
+      </c>
+      <c r="H99" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I99" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J99" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K99" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L99" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M99" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N99" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="inlineStr">
+        <is>
+          <t>95</t>
+        </is>
+      </c>
+      <c r="B100" t="inlineStr">
+        <is>
+          <t>7601002056229</t>
+        </is>
+      </c>
+      <c r="C100" t="inlineStr">
+        <is>
+          <t>Klinik Sonnenhof Kinder- und Jugendpsychiatrisches Zentrum</t>
+        </is>
+      </c>
+      <c r="D100" t="inlineStr">
+        <is>
+          <t>[ONursOrg]</t>
+        </is>
+      </c>
+      <c r="E100" t="inlineStr">
+        <is>
+          <t>Sonnenhofstrasse 15</t>
+        </is>
+      </c>
+      <c r="F100" t="inlineStr">
+        <is>
+          <t>9608</t>
+        </is>
+      </c>
+      <c r="G100" t="inlineStr">
+        <is>
+          <t>Ganterschwil</t>
+        </is>
+      </c>
+      <c r="H100" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I100" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J100" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K100" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L100" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M100" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N100" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="inlineStr">
+        <is>
+          <t>96</t>
+        </is>
+      </c>
+      <c r="B101" t="inlineStr">
+        <is>
+          <t>7601002011839</t>
+        </is>
+      </c>
+      <c r="C101" t="inlineStr">
+        <is>
+          <t>Hirslanden Klinik Aarau AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D101" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E101" t="inlineStr">
+        <is>
+          <t>Schänisweg 7</t>
+        </is>
+      </c>
+      <c r="F101" t="inlineStr">
+        <is>
+          <t>5000</t>
+        </is>
+      </c>
+      <c r="G101" t="inlineStr">
+        <is>
+          <t>Aarau</t>
+        </is>
+      </c>
+      <c r="H101" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I101" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J101" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K101" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L101" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M101" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N101" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="inlineStr">
+        <is>
+          <t>97</t>
+        </is>
+      </c>
+      <c r="B102" t="inlineStr">
+        <is>
+          <t>7601002116954</t>
+        </is>
+      </c>
+      <c r="C102" t="inlineStr">
+        <is>
+          <t>Spital Zollikerberg Verwaltung</t>
+        </is>
+      </c>
+      <c r="D102" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E102" t="inlineStr">
+        <is>
+          <t>Trichtenhauser Strasse 20</t>
+        </is>
+      </c>
+      <c r="F102" t="inlineStr">
+        <is>
+          <t>8125</t>
+        </is>
+      </c>
+      <c r="G102" t="inlineStr">
+        <is>
+          <t>Zollikerberg</t>
+        </is>
+      </c>
+      <c r="H102" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I102" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J102" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K102" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L102" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M102" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N102" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="inlineStr">
+        <is>
+          <t>98</t>
+        </is>
+      </c>
+      <c r="B103" t="inlineStr">
+        <is>
+          <t>7601002004046</t>
+        </is>
+      </c>
+      <c r="C103" t="inlineStr">
+        <is>
+          <t>HVS - SZO - Spital Brig Verwaltung</t>
+        </is>
+      </c>
+      <c r="D103" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E103" t="inlineStr">
+        <is>
+          <t>Ueberlandstrasse 14</t>
+        </is>
+      </c>
+      <c r="F103" t="inlineStr">
+        <is>
+          <t>3900</t>
+        </is>
+      </c>
+      <c r="G103" t="inlineStr">
+        <is>
+          <t>Brig</t>
+        </is>
+      </c>
+      <c r="H103" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I103" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J103" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K103" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L103" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M103" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N103" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="inlineStr">
+        <is>
+          <t>99</t>
+        </is>
+      </c>
+      <c r="B104" t="inlineStr">
+        <is>
+          <t>7601002000925</t>
+        </is>
+      </c>
+      <c r="C104" t="inlineStr">
+        <is>
+          <t>Klinik Meissenberg AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D104" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E104" t="inlineStr">
+        <is>
+          <t>Meisenbergstrasse 17</t>
+        </is>
+      </c>
+      <c r="F104" t="inlineStr">
+        <is>
+          <t>6300</t>
+        </is>
+      </c>
+      <c r="G104" t="inlineStr">
+        <is>
+          <t>Zug</t>
+        </is>
+      </c>
+      <c r="H104" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I104" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J104" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K104" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L104" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M104" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N104" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="B105" t="inlineStr">
+        <is>
+          <t>7601002114899</t>
+        </is>
+      </c>
+      <c r="C105" t="inlineStr">
+        <is>
+          <t>Klinik Stephanshorn AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D105" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E105" t="inlineStr">
+        <is>
+          <t>Brauerstrasse 95</t>
+        </is>
+      </c>
+      <c r="F105" t="inlineStr">
+        <is>
+          <t>9016</t>
+        </is>
+      </c>
+      <c r="G105" t="inlineStr">
+        <is>
+          <t>St. Gallen</t>
+        </is>
+      </c>
+      <c r="H105" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I105" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J105" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K105" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L105" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M105" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N105" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="inlineStr">
+        <is>
+          <t>101</t>
+        </is>
+      </c>
+      <c r="B106" t="inlineStr">
+        <is>
+          <t>7601002002783</t>
+        </is>
+      </c>
+      <c r="C106" t="inlineStr">
+        <is>
+          <t>Hochgebirgsklinik Davos AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D106" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E106" t="inlineStr">
+        <is>
+          <t>Herman Burchard Strasse 1</t>
+        </is>
+      </c>
+      <c r="F106" t="inlineStr">
+        <is>
+          <t>7265</t>
+        </is>
+      </c>
+      <c r="G106" t="inlineStr">
+        <is>
+          <t>Davos Wolfgang</t>
+        </is>
+      </c>
+      <c r="H106" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I106" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J106" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K106" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L106" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M106" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N106" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="inlineStr">
+        <is>
+          <t>102</t>
+        </is>
+      </c>
+      <c r="B107" t="inlineStr">
+        <is>
+          <t>7601002000802</t>
+        </is>
+      </c>
+      <c r="C107" t="inlineStr">
+        <is>
+          <t>Berner Reha Zentrum AG</t>
+        </is>
+      </c>
+      <c r="D107" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E107" t="inlineStr">
+        <is>
+          <t>Schwendi 299</t>
+        </is>
+      </c>
+      <c r="F107" t="inlineStr">
+        <is>
+          <t>3625</t>
+        </is>
+      </c>
+      <c r="G107" t="inlineStr">
+        <is>
+          <t>Heiligenschwendi</t>
+        </is>
+      </c>
+      <c r="H107" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I107" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J107" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K107" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L107" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M107" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N107" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="inlineStr">
+        <is>
+          <t>103</t>
+        </is>
+      </c>
+      <c r="B108" t="inlineStr">
+        <is>
+          <t>7601002002301</t>
+        </is>
+      </c>
+      <c r="C108" t="inlineStr">
+        <is>
+          <t>Spital STS AG - Spital Zweisimmen Administration</t>
+        </is>
+      </c>
+      <c r="D108" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E108" t="inlineStr">
+        <is>
+          <t>Karl Haueter-Strasse 21</t>
+        </is>
+      </c>
+      <c r="F108" t="inlineStr">
+        <is>
+          <t>3770</t>
+        </is>
+      </c>
+      <c r="G108" t="inlineStr">
+        <is>
+          <t>Zweisimmen</t>
+        </is>
+      </c>
+      <c r="H108" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I108" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J108" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K108" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L108" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M108" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N108" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="inlineStr">
+        <is>
+          <t>104</t>
+        </is>
+      </c>
+      <c r="B109" t="inlineStr">
+        <is>
+          <t>7601002117005</t>
+        </is>
+      </c>
+      <c r="C109" t="inlineStr">
+        <is>
+          <t>Psychiatrische Universitätsklinik Zürich PUK Spitaldirektion</t>
+        </is>
+      </c>
+      <c r="D109" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E109" t="inlineStr">
+        <is>
+          <t>Lenggstrasse 31</t>
+        </is>
+      </c>
+      <c r="F109" t="inlineStr">
+        <is>
+          <t>8008</t>
+        </is>
+      </c>
+      <c r="G109" t="inlineStr">
+        <is>
+          <t>Zürich</t>
+        </is>
+      </c>
+      <c r="H109" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I109" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J109" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K109" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L109" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M109" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N109" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="inlineStr">
+        <is>
+          <t>105</t>
+        </is>
+      </c>
+      <c r="B110" t="inlineStr">
+        <is>
+          <t>7601002111027</t>
+        </is>
+      </c>
+      <c r="C110" t="inlineStr">
+        <is>
+          <t>Clinique des Grangettes SA Administration</t>
+        </is>
+      </c>
+      <c r="D110" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E110" t="inlineStr">
+        <is>
+          <t>chemin des Grangettes 7</t>
+        </is>
+      </c>
+      <c r="F110" t="inlineStr">
+        <is>
+          <t>1224</t>
+        </is>
+      </c>
+      <c r="G110" t="inlineStr">
+        <is>
+          <t>Chêne-Bougeries</t>
+        </is>
+      </c>
+      <c r="H110" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I110" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J110" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K110" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L110" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M110" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N110" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="inlineStr">
+        <is>
+          <t>106</t>
+        </is>
+      </c>
+      <c r="B111" t="inlineStr">
+        <is>
+          <t>7601002114653</t>
+        </is>
+      </c>
+      <c r="C111" t="inlineStr">
+        <is>
+          <t>GSMN Suisse SA, Clinique de Montchoisi Administration</t>
+        </is>
+      </c>
+      <c r="D111" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E111" t="inlineStr">
+        <is>
+          <t>chemin des Allinges 10</t>
+        </is>
+      </c>
+      <c r="F111" t="inlineStr">
+        <is>
+          <t>1001</t>
+        </is>
+      </c>
+      <c r="G111" t="inlineStr">
+        <is>
+          <t>Lausanne</t>
+        </is>
+      </c>
+      <c r="H111" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I111" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J111" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K111" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L111" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M111" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N111" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="inlineStr">
+        <is>
+          <t>107</t>
+        </is>
+      </c>
+      <c r="B112" t="inlineStr">
+        <is>
+          <t>7601002004602</t>
+        </is>
+      </c>
+      <c r="C112" t="inlineStr">
+        <is>
+          <t>Zuger Kantonsspital AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D112" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E112" t="inlineStr">
+        <is>
+          <t>Landhausstrasse 11</t>
+        </is>
+      </c>
+      <c r="F112" t="inlineStr">
+        <is>
+          <t>6340</t>
+        </is>
+      </c>
+      <c r="G112" t="inlineStr">
+        <is>
+          <t>Baar</t>
+        </is>
+      </c>
+      <c r="H112" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I112" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J112" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K112" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L112" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M112" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N112" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="inlineStr">
+        <is>
+          <t>108</t>
+        </is>
+      </c>
+      <c r="B113" t="inlineStr">
+        <is>
+          <t>7601002117487</t>
+        </is>
+      </c>
+      <c r="C113" t="inlineStr">
+        <is>
+          <t>Universitäts-Kinderspital Zürich-Eleonorenstiftung Verwaltung</t>
+        </is>
+      </c>
+      <c r="D113" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E113" t="inlineStr">
+        <is>
+          <t>Lenggstrasse 30</t>
+        </is>
+      </c>
+      <c r="F113" t="inlineStr">
+        <is>
+          <t>8008</t>
+        </is>
+      </c>
+      <c r="G113" t="inlineStr">
+        <is>
+          <t>Zürich</t>
+        </is>
+      </c>
+      <c r="H113" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I113" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J113" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K113" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L113" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M113" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N113" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="inlineStr">
+        <is>
+          <t>109</t>
+        </is>
+      </c>
+      <c r="B114" t="inlineStr">
+        <is>
+          <t>7601002116947</t>
+        </is>
+      </c>
+      <c r="C114" t="inlineStr">
+        <is>
+          <t>eHnv, Etablissements Hospitaliers du Nord Vaudois Site d'Yverdon-les-Bains</t>
+        </is>
+      </c>
+      <c r="D114" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E114" t="inlineStr">
+        <is>
+          <t>rue d'Entremonts 11</t>
+        </is>
+      </c>
+      <c r="F114" t="inlineStr">
+        <is>
+          <t>1400</t>
+        </is>
+      </c>
+      <c r="G114" t="inlineStr">
+        <is>
+          <t>Yverdon-les-Bains</t>
+        </is>
+      </c>
+      <c r="H114" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I114" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J114" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K114" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L114" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M114" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N114" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="inlineStr">
+        <is>
+          <t>110</t>
+        </is>
+      </c>
+      <c r="B115" t="inlineStr">
+        <is>
+          <t>7601002523707</t>
+        </is>
+      </c>
+      <c r="C115" t="inlineStr">
+        <is>
+          <t>Luzerner Psychiatrie AG - Stationäre Dienste Klinik Sarnen</t>
+        </is>
+      </c>
+      <c r="D115" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E115" t="inlineStr">
+        <is>
+          <t>Brünigstrasse 183</t>
+        </is>
+      </c>
+      <c r="F115" t="inlineStr">
+        <is>
+          <t>6060</t>
+        </is>
+      </c>
+      <c r="G115" t="inlineStr">
+        <is>
+          <t>Sarnen</t>
+        </is>
+      </c>
+      <c r="H115" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I115" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J115" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K115" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L115" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M115" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N115" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="inlineStr">
+        <is>
+          <t>111</t>
+        </is>
+      </c>
+      <c r="B116" t="inlineStr">
+        <is>
+          <t>7601002114523</t>
+        </is>
+      </c>
+      <c r="C116" t="inlineStr">
+        <is>
+          <t>Clinique Générale-Beaulieu Administration</t>
+        </is>
+      </c>
+      <c r="D116" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E116" t="inlineStr">
+        <is>
+          <t>chemin de Beau-Soleil 20</t>
+        </is>
+      </c>
+      <c r="F116" t="inlineStr">
+        <is>
+          <t>1206</t>
+        </is>
+      </c>
+      <c r="G116" t="inlineStr">
+        <is>
+          <t>Genève</t>
+        </is>
+      </c>
+      <c r="H116" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I116" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J116" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K116" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L116" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M116" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N116" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="inlineStr">
+        <is>
+          <t>112</t>
+        </is>
+      </c>
+      <c r="B117" t="inlineStr">
+        <is>
+          <t>7601002116701</t>
+        </is>
+      </c>
+      <c r="C117" t="inlineStr">
+        <is>
+          <t>Insel Gruppe AG, Stadt und Land Stadt- und Landspital</t>
+        </is>
+      </c>
+      <c r="D117" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E117" t="inlineStr">
+        <is>
+          <t>Freiburgstrasse 18</t>
+        </is>
+      </c>
+      <c r="F117" t="inlineStr">
+        <is>
+          <t>3010</t>
+        </is>
+      </c>
+      <c r="G117" t="inlineStr">
+        <is>
+          <t>Bern</t>
+        </is>
+      </c>
+      <c r="H117" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I117" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J117" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K117" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L117" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M117" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N117" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="inlineStr">
+        <is>
+          <t>113</t>
+        </is>
+      </c>
+      <c r="B118" t="inlineStr">
+        <is>
+          <t>7601002001243</t>
+        </is>
+      </c>
+      <c r="C118" t="inlineStr">
+        <is>
+          <t>Asana Spital Leuggern AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D118" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E118" t="inlineStr">
+        <is>
+          <t>Kommendeweg 12</t>
+        </is>
+      </c>
+      <c r="F118" t="inlineStr">
+        <is>
+          <t>5316</t>
+        </is>
+      </c>
+      <c r="G118" t="inlineStr">
+        <is>
+          <t>Leuggern</t>
+        </is>
+      </c>
+      <c r="H118" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I118" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J118" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K118" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L118" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M118" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N118" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="inlineStr">
+        <is>
+          <t>114</t>
+        </is>
+      </c>
+      <c r="B119" t="inlineStr">
+        <is>
+          <t>7601002542586</t>
+        </is>
+      </c>
+      <c r="C119" t="inlineStr">
+        <is>
+          <t>Pôle Santé du Pays-d'Enhaut Secteur hospitalier</t>
+        </is>
+      </c>
+      <c r="D119" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E119" t="inlineStr">
+        <is>
+          <t>route de l'Hôpital 17</t>
+        </is>
+      </c>
+      <c r="F119" t="inlineStr">
+        <is>
+          <t>1660</t>
+        </is>
+      </c>
+      <c r="G119" t="inlineStr">
+        <is>
+          <t>Château-d'Oex</t>
+        </is>
+      </c>
+      <c r="H119" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I119" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J119" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K119" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L119" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M119" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N119" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="inlineStr">
+        <is>
+          <t>115</t>
+        </is>
+      </c>
+      <c r="B120" t="inlineStr">
+        <is>
+          <t>7601002111010</t>
+        </is>
+      </c>
+      <c r="C120" t="inlineStr">
+        <is>
+          <t>hirslanden Andreasklinik Cham Zug Verwaltung</t>
+        </is>
+      </c>
+      <c r="D120" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E120" t="inlineStr">
+        <is>
+          <t>Rigistrasse 1</t>
+        </is>
+      </c>
+      <c r="F120" t="inlineStr">
+        <is>
+          <t>6330</t>
+        </is>
+      </c>
+      <c r="G120" t="inlineStr">
+        <is>
+          <t>Cham</t>
+        </is>
+      </c>
+      <c r="H120" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I120" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J120" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K120" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L120" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M120" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N120" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="inlineStr">
+        <is>
+          <t>116</t>
+        </is>
+      </c>
+      <c r="B121" t="inlineStr">
+        <is>
+          <t>7601002097581</t>
+        </is>
+      </c>
+      <c r="C121" t="inlineStr">
+        <is>
+          <t>GSMN Suisse SA - Privatklinik Lindberg Verwaltung</t>
+        </is>
+      </c>
+      <c r="D121" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E121" t="inlineStr">
+        <is>
+          <t>Schickstrasse 11</t>
+        </is>
+      </c>
+      <c r="F121" t="inlineStr">
+        <is>
+          <t>8400</t>
+        </is>
+      </c>
+      <c r="G121" t="inlineStr">
+        <is>
+          <t>Winterthur</t>
+        </is>
+      </c>
+      <c r="H121" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I121" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J121" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K121" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L121" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M121" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N121" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="inlineStr">
+        <is>
+          <t>117</t>
+        </is>
+      </c>
+      <c r="B122" t="inlineStr">
+        <is>
+          <t>7601002000710</t>
+        </is>
+      </c>
+      <c r="C122" t="inlineStr">
+        <is>
+          <t>Merian Iselin Klinik AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D122" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E122" t="inlineStr">
+        <is>
+          <t>Föhrenstrasse 2</t>
+        </is>
+      </c>
+      <c r="F122" t="inlineStr">
+        <is>
+          <t>4054</t>
+        </is>
+      </c>
+      <c r="G122" t="inlineStr">
+        <is>
+          <t>Basel</t>
+        </is>
+      </c>
+      <c r="H122" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I122" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J122" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K122" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L122" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M122" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N122" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="inlineStr">
+        <is>
+          <t>118</t>
+        </is>
+      </c>
+      <c r="B123" t="inlineStr">
+        <is>
+          <t>7601002086455</t>
+        </is>
+      </c>
+      <c r="C123" t="inlineStr">
+        <is>
+          <t>Spital Bülach AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D123" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E123" t="inlineStr">
+        <is>
+          <t>Spitalstrasse 24</t>
+        </is>
+      </c>
+      <c r="F123" t="inlineStr">
+        <is>
+          <t>8180</t>
+        </is>
+      </c>
+      <c r="G123" t="inlineStr">
+        <is>
+          <t>Bülach</t>
+        </is>
+      </c>
+      <c r="H123" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I123" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J123" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K123" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L123" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M123" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N123" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="inlineStr">
+        <is>
+          <t>119</t>
+        </is>
+      </c>
+      <c r="B124" t="inlineStr">
+        <is>
+          <t>7601002000949</t>
+        </is>
+      </c>
+      <c r="C124" t="inlineStr">
+        <is>
+          <t>Psychiatrie St. Gallen Nord Klinik Wil / Verwaltung</t>
+        </is>
+      </c>
+      <c r="D124" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E124" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F124" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G124" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H124" t="inlineStr">
+        <is>
+          <t>Past</t>
+        </is>
+      </c>
+      <c r="I124" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J124" s="2" t="n">
+        <v>46015.0</v>
+      </c>
+      <c r="K124" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L124" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M124" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N124" s="2" t="n">
+        <v>46015.0</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="inlineStr">
+        <is>
+          <t>120</t>
+        </is>
+      </c>
+      <c r="B125" t="inlineStr">
+        <is>
+          <t>7601002146791</t>
+        </is>
+      </c>
+      <c r="C125" t="inlineStr">
+        <is>
+          <t>Clinique CIC Saxon SA</t>
+        </is>
+      </c>
+      <c r="D125" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E125" t="inlineStr">
+        <is>
+          <t>route du Léman 29</t>
+        </is>
+      </c>
+      <c r="F125" t="inlineStr">
+        <is>
+          <t>1907</t>
+        </is>
+      </c>
+      <c r="G125" t="inlineStr">
+        <is>
+          <t>Saxon</t>
+        </is>
+      </c>
+      <c r="H125" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I125" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J125" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K125" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L125" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M125" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N125" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="inlineStr">
+        <is>
+          <t>121</t>
+        </is>
+      </c>
+      <c r="B126" t="inlineStr">
+        <is>
+          <t>7601002000826</t>
+        </is>
+      </c>
+      <c r="C126" t="inlineStr">
+        <is>
+          <t>Clinica Sant'Anna - Amministrazione Swiss Medical Network Hospitals SA</t>
+        </is>
+      </c>
+      <c r="D126" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E126" t="inlineStr">
+        <is>
+          <t>via san Anna 1</t>
+        </is>
+      </c>
+      <c r="F126" t="inlineStr">
+        <is>
+          <t>6924</t>
+        </is>
+      </c>
+      <c r="G126" t="inlineStr">
+        <is>
+          <t>Sorengo</t>
+        </is>
+      </c>
+      <c r="H126" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I126" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J126" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K126" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L126" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M126" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N126" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="inlineStr">
+        <is>
+          <t>122</t>
+        </is>
+      </c>
+      <c r="B127" t="inlineStr">
+        <is>
+          <t>7601002000703</t>
+        </is>
+      </c>
+      <c r="C127" t="inlineStr">
+        <is>
+          <t>HVS - CHVR - Hôpital de Sierre Administration</t>
+        </is>
+      </c>
+      <c r="D127" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E127" t="inlineStr">
+        <is>
+          <t>rue Saint-Charles 14</t>
+        </is>
+      </c>
+      <c r="F127" t="inlineStr">
+        <is>
+          <t>3960</t>
+        </is>
+      </c>
+      <c r="G127" t="inlineStr">
+        <is>
+          <t>Sierre</t>
+        </is>
+      </c>
+      <c r="H127" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I127" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J127" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K127" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L127" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M127" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N127" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="inlineStr">
+        <is>
+          <t>123</t>
+        </is>
+      </c>
+      <c r="B128" t="inlineStr">
+        <is>
+          <t>7601002003896</t>
+        </is>
+      </c>
+      <c r="C128" t="inlineStr">
+        <is>
+          <t>Gruppo Ospedaliero Moncucco SA Clinica Santa Chiara - Amministrazione</t>
+        </is>
+      </c>
+      <c r="D128" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E128" t="inlineStr">
+        <is>
+          <t>via Stefano Franscini 4</t>
+        </is>
+      </c>
+      <c r="F128" t="inlineStr">
+        <is>
+          <t>6600</t>
+        </is>
+      </c>
+      <c r="G128" t="inlineStr">
+        <is>
+          <t>Locarno</t>
+        </is>
+      </c>
+      <c r="H128" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I128" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J128" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K128" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L128" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M128" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N128" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="inlineStr">
+        <is>
+          <t>124</t>
+        </is>
+      </c>
+      <c r="B129" t="inlineStr">
+        <is>
+          <t>7601002114752</t>
+        </is>
+      </c>
+      <c r="C129" t="inlineStr">
+        <is>
+          <t>Groupement Hosp. de l'Ouest Lémanique SA (GHOL) Hôpital de Nyon</t>
+        </is>
+      </c>
+      <c r="D129" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E129" t="inlineStr">
+        <is>
+          <t>Chemin Monastier 10</t>
+        </is>
+      </c>
+      <c r="F129" t="inlineStr">
+        <is>
+          <t>1260</t>
+        </is>
+      </c>
+      <c r="G129" t="inlineStr">
+        <is>
+          <t>Nyon</t>
+        </is>
+      </c>
+      <c r="H129" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I129" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J129" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K129" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L129" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M129" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N129" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="inlineStr">
+        <is>
+          <t>125</t>
+        </is>
+      </c>
+      <c r="B130" t="inlineStr">
+        <is>
+          <t>7601002001236</t>
+        </is>
+      </c>
+      <c r="C130" t="inlineStr">
+        <is>
+          <t>Gesundheitszentrum Fricktal AG Spital Laufenburg / Verwaltung</t>
+        </is>
+      </c>
+      <c r="D130" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E130" t="inlineStr">
+        <is>
+          <t>Spitalstrasse 10</t>
+        </is>
+      </c>
+      <c r="F130" t="inlineStr">
+        <is>
+          <t>5080</t>
+        </is>
+      </c>
+      <c r="G130" t="inlineStr">
+        <is>
+          <t>Laufenburg</t>
+        </is>
+      </c>
+      <c r="H130" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I130" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J130" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K130" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L130" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M130" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N130" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="inlineStr">
+        <is>
+          <t>126</t>
+        </is>
+      </c>
+      <c r="B131" t="inlineStr">
+        <is>
+          <t>7601002116930</t>
+        </is>
+      </c>
+      <c r="C131" t="inlineStr">
+        <is>
+          <t>Integrierte Psychiatrie Winterthur - ipw Klinik Schlosstal, Verwaltung</t>
+        </is>
+      </c>
+      <c r="D131" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E131" t="inlineStr">
+        <is>
+          <t>Wieshofstrasse 102</t>
+        </is>
+      </c>
+      <c r="F131" t="inlineStr">
+        <is>
+          <t>8408</t>
+        </is>
+      </c>
+      <c r="G131" t="inlineStr">
+        <is>
+          <t>Winterthur</t>
+        </is>
+      </c>
+      <c r="H131" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I131" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J131" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K131" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L131" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M131" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N131" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="inlineStr">
+        <is>
+          <t>127</t>
+        </is>
+      </c>
+      <c r="B132" t="inlineStr">
+        <is>
+          <t>7601002117463</t>
+        </is>
+      </c>
+      <c r="C132" t="inlineStr">
+        <is>
+          <t>Hirslanden Klinik St. Anna AG Klinik Meggen</t>
+        </is>
+      </c>
+      <c r="D132" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E132" t="inlineStr">
+        <is>
+          <t>Huobmattstrasse 9</t>
+        </is>
+      </c>
+      <c r="F132" t="inlineStr">
+        <is>
+          <t>6045</t>
+        </is>
+      </c>
+      <c r="G132" t="inlineStr">
+        <is>
+          <t>Meggen</t>
+        </is>
+      </c>
+      <c r="H132" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I132" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J132" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K132" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L132" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M132" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N132" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="inlineStr">
+        <is>
+          <t>128</t>
+        </is>
+      </c>
+      <c r="B133" t="inlineStr">
+        <is>
+          <t>7601002004183</t>
+        </is>
+      </c>
+      <c r="C133" t="inlineStr">
+        <is>
+          <t>eHnv, Etablissements Hospitaliers du Nord Vaudois Site de Chamblon</t>
+        </is>
+      </c>
+      <c r="D133" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E133" t="inlineStr">
+        <is>
+          <t>rue de l'Hôpital 3</t>
+        </is>
+      </c>
+      <c r="F133" t="inlineStr">
+        <is>
+          <t>1436</t>
+        </is>
+      </c>
+      <c r="G133" t="inlineStr">
+        <is>
+          <t>Chamblon</t>
+        </is>
+      </c>
+      <c r="H133" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I133" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J133" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K133" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L133" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M133" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N133" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="inlineStr">
+        <is>
+          <t>129</t>
+        </is>
+      </c>
+      <c r="B134" t="inlineStr">
+        <is>
+          <t>7601002000260</t>
+        </is>
+      </c>
+      <c r="C134" t="inlineStr">
+        <is>
+          <t>HVS - CHVR - Hôpital de Martigny Administration</t>
+        </is>
+      </c>
+      <c r="D134" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E134" t="inlineStr">
+        <is>
+          <t>avenue de la Fusion 27</t>
+        </is>
+      </c>
+      <c r="F134" t="inlineStr">
+        <is>
+          <t>1920</t>
+        </is>
+      </c>
+      <c r="G134" t="inlineStr">
+        <is>
+          <t>Martigny</t>
+        </is>
+      </c>
+      <c r="H134" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I134" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J134" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K134" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L134" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M134" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N134" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="inlineStr">
+        <is>
+          <t>130</t>
+        </is>
+      </c>
+      <c r="B135" t="inlineStr">
+        <is>
+          <t>7601002083294</t>
+        </is>
+      </c>
+      <c r="C135" t="inlineStr">
+        <is>
+          <t>Reha- und Kurklinik Eden AG Rechnungswesen</t>
+        </is>
+      </c>
+      <c r="D135" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E135" t="inlineStr">
+        <is>
+          <t>Panoramastrasse 20</t>
+        </is>
+      </c>
+      <c r="F135" t="inlineStr">
+        <is>
+          <t>3854</t>
+        </is>
+      </c>
+      <c r="G135" t="inlineStr">
+        <is>
+          <t>Oberried am Brienzersee</t>
+        </is>
+      </c>
+      <c r="H135" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I135" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J135" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K135" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L135" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M135" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N135" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="inlineStr">
+        <is>
+          <t>131</t>
+        </is>
+      </c>
+      <c r="B136" t="inlineStr">
+        <is>
+          <t>7601002114868</t>
+        </is>
+      </c>
+      <c r="C136" t="inlineStr">
+        <is>
+          <t>Spital Schiers - Verwaltung Flury Stiftung</t>
+        </is>
+      </c>
+      <c r="D136" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E136" t="inlineStr">
+        <is>
+          <t>Tersierstrasse 7</t>
+        </is>
+      </c>
+      <c r="F136" t="inlineStr">
+        <is>
+          <t>7220</t>
+        </is>
+      </c>
+      <c r="G136" t="inlineStr">
+        <is>
+          <t>Schiers</t>
+        </is>
+      </c>
+      <c r="H136" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I136" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J136" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K136" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L136" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M136" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N136" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="inlineStr">
+        <is>
+          <t>132</t>
+        </is>
+      </c>
+      <c r="B137" t="inlineStr">
+        <is>
+          <t>7601002110945</t>
+        </is>
+      </c>
+      <c r="C137" t="inlineStr">
+        <is>
+          <t>Ensemble Hospitalier de la Côte Hôpital d'Aubonne</t>
+        </is>
+      </c>
+      <c r="D137" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E137" t="inlineStr">
+        <is>
+          <t>rue de Trévelin 67</t>
+        </is>
+      </c>
+      <c r="F137" t="inlineStr">
+        <is>
+          <t>1170</t>
+        </is>
+      </c>
+      <c r="G137" t="inlineStr">
+        <is>
+          <t>Aubonne</t>
+        </is>
+      </c>
+      <c r="H137" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I137" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J137" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K137" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L137" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M137" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N137" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="inlineStr">
+        <is>
+          <t>133</t>
+        </is>
+      </c>
+      <c r="B138" t="inlineStr">
+        <is>
+          <t>7601002114622</t>
+        </is>
+      </c>
+      <c r="C138" t="inlineStr">
+        <is>
+          <t>Spital Lachen AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D138" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E138" t="inlineStr">
+        <is>
+          <t>Oberdorfstrasse 41</t>
+        </is>
+      </c>
+      <c r="F138" t="inlineStr">
+        <is>
+          <t>8853</t>
+        </is>
+      </c>
+      <c r="G138" t="inlineStr">
+        <is>
+          <t>Lachen SZ</t>
+        </is>
+      </c>
+      <c r="H138" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I138" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J138" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K138" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L138" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M138" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N138" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="inlineStr">
+        <is>
+          <t>134</t>
+        </is>
+      </c>
+      <c r="B139" t="inlineStr">
+        <is>
+          <t>7601002001144</t>
+        </is>
+      </c>
+      <c r="C139" t="inlineStr">
+        <is>
+          <t>Kantonsspital Baden AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D139" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E139" t="inlineStr">
+        <is>
+          <t>Im Ergel 1</t>
+        </is>
+      </c>
+      <c r="F139" t="inlineStr">
+        <is>
+          <t>5404</t>
+        </is>
+      </c>
+      <c r="G139" t="inlineStr">
+        <is>
+          <t>Baden</t>
+        </is>
+      </c>
+      <c r="H139" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I139" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J139" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K139" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L139" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M139" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N139" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="inlineStr">
+        <is>
+          <t>135</t>
+        </is>
+      </c>
+      <c r="B140" t="inlineStr">
+        <is>
+          <t>7601002000734</t>
+        </is>
+      </c>
+      <c r="C140" t="inlineStr">
+        <is>
+          <t>Spital Thusis Direktion</t>
+        </is>
+      </c>
+      <c r="D140" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E140" t="inlineStr">
+        <is>
+          <t>Alte Strasse 31</t>
+        </is>
+      </c>
+      <c r="F140" t="inlineStr">
+        <is>
+          <t>7430</t>
+        </is>
+      </c>
+      <c r="G140" t="inlineStr">
+        <is>
+          <t>Thusis</t>
+        </is>
+      </c>
+      <c r="H140" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I140" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J140" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K140" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L140" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M140" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N140" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="inlineStr">
+        <is>
+          <t>136</t>
+        </is>
+      </c>
+      <c r="B141" t="inlineStr">
+        <is>
+          <t>7601002002592</t>
+        </is>
+      </c>
+      <c r="C141" t="inlineStr">
+        <is>
+          <t>Kantonsspital Glarus AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D141" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E141" t="inlineStr">
+        <is>
+          <t>Burgstrasse 99</t>
+        </is>
+      </c>
+      <c r="F141" t="inlineStr">
+        <is>
+          <t>8750</t>
+        </is>
+      </c>
+      <c r="G141" t="inlineStr">
+        <is>
+          <t>Glarus</t>
+        </is>
+      </c>
+      <c r="H141" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I141" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J141" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K141" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L141" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M141" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N141" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="inlineStr">
+        <is>
+          <t>137</t>
+        </is>
+      </c>
+      <c r="B142" t="inlineStr">
+        <is>
+          <t>7601002081863</t>
+        </is>
+      </c>
+      <c r="C142" t="inlineStr">
+        <is>
+          <t>Spital Limmattal Verwaltung</t>
+        </is>
+      </c>
+      <c r="D142" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E142" t="inlineStr">
+        <is>
+          <t>Urdorferstrasse 100</t>
+        </is>
+      </c>
+      <c r="F142" t="inlineStr">
+        <is>
+          <t>8952</t>
+        </is>
+      </c>
+      <c r="G142" t="inlineStr">
+        <is>
+          <t>Schlieren</t>
+        </is>
+      </c>
+      <c r="H142" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I142" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J142" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K142" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L142" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M142" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N142" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="inlineStr">
+        <is>
+          <t>138</t>
+        </is>
+      </c>
+      <c r="B143" t="inlineStr">
+        <is>
+          <t>7601002000291</t>
+        </is>
+      </c>
+      <c r="C143" t="inlineStr">
+        <is>
+          <t>Hôpital du Jura (H-JU) Direction</t>
+        </is>
+      </c>
+      <c r="D143" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E143" t="inlineStr">
+        <is>
+          <t>chemin de l'Hôpital 9</t>
+        </is>
+      </c>
+      <c r="F143" t="inlineStr">
+        <is>
+          <t>2900</t>
+        </is>
+      </c>
+      <c r="G143" t="inlineStr">
+        <is>
+          <t>Porrentruy</t>
+        </is>
+      </c>
+      <c r="H143" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I143" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J143" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K143" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L143" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M143" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N143" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="inlineStr">
+        <is>
+          <t>139</t>
+        </is>
+      </c>
+      <c r="B144" t="inlineStr">
+        <is>
+          <t>7601002004091</t>
+        </is>
+      </c>
+      <c r="C144" t="inlineStr">
+        <is>
+          <t>Luzerner Höhenklinik Montana AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D144" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E144" t="inlineStr">
+        <is>
+          <t>Route de l'Astoria 2</t>
+        </is>
+      </c>
+      <c r="F144" t="inlineStr">
+        <is>
+          <t>3963</t>
+        </is>
+      </c>
+      <c r="G144" t="inlineStr">
+        <is>
+          <t>Crans-Montana</t>
+        </is>
+      </c>
+      <c r="H144" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I144" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J144" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K144" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L144" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M144" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N144" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="inlineStr">
+        <is>
+          <t>140</t>
+        </is>
+      </c>
+      <c r="B145" t="inlineStr">
+        <is>
+          <t>7601002121170</t>
+        </is>
+      </c>
+      <c r="C145" t="inlineStr">
+        <is>
+          <t>Spital Affoltern AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D145" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E145" t="inlineStr">
+        <is>
+          <t>Sonnenbergstrasse 27</t>
+        </is>
+      </c>
+      <c r="F145" t="inlineStr">
+        <is>
+          <t>8910</t>
+        </is>
+      </c>
+      <c r="G145" t="inlineStr">
+        <is>
+          <t>Affoltern am Albis</t>
+        </is>
+      </c>
+      <c r="H145" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I145" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J145" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K145" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L145" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M145" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N145" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" t="inlineStr">
+        <is>
+          <t>141</t>
+        </is>
+      </c>
+      <c r="B146" t="inlineStr">
+        <is>
+          <t>7601002147781</t>
+        </is>
+      </c>
+      <c r="C146" t="inlineStr">
+        <is>
+          <t>Klinik Villa im Park - Abrechnung Swiss Medical Network Hospitals SA</t>
+        </is>
+      </c>
+      <c r="D146" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E146" t="inlineStr">
+        <is>
+          <t>Bernstrasse 84</t>
+        </is>
+      </c>
+      <c r="F146" t="inlineStr">
+        <is>
+          <t>4852</t>
+        </is>
+      </c>
+      <c r="G146" t="inlineStr">
+        <is>
+          <t>Rothrist</t>
+        </is>
+      </c>
+      <c r="H146" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I146" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J146" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K146" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L146" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M146" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N146" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="inlineStr">
+        <is>
+          <t>142</t>
+        </is>
+      </c>
+      <c r="B147" t="inlineStr">
+        <is>
+          <t>7601002114738</t>
+        </is>
+      </c>
+      <c r="C147" t="inlineStr">
+        <is>
+          <t>Hirslanden Klinik Birshof AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D147" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E147" t="inlineStr">
+        <is>
+          <t>Reinacherstrasse 28</t>
+        </is>
+      </c>
+      <c r="F147" t="inlineStr">
+        <is>
+          <t>4142</t>
+        </is>
+      </c>
+      <c r="G147" t="inlineStr">
+        <is>
+          <t>Münchenstein</t>
+        </is>
+      </c>
+      <c r="H147" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I147" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J147" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K147" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L147" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M147" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N147" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="inlineStr">
+        <is>
+          <t>143</t>
+        </is>
+      </c>
+      <c r="B148" t="inlineStr">
+        <is>
+          <t>7601002001816</t>
+        </is>
+      </c>
+      <c r="C148" t="inlineStr">
+        <is>
+          <t>Hirslanden Bern AG - Klinik Permanence Direktion</t>
+        </is>
+      </c>
+      <c r="D148" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E148" t="inlineStr">
+        <is>
+          <t>Bümplizstrasse 83</t>
+        </is>
+      </c>
+      <c r="F148" t="inlineStr">
+        <is>
+          <t>3018</t>
+        </is>
+      </c>
+      <c r="G148" t="inlineStr">
+        <is>
+          <t>Bern</t>
+        </is>
+      </c>
+      <c r="H148" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I148" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J148" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K148" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L148" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M148" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N148" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" t="inlineStr">
+        <is>
+          <t>144</t>
+        </is>
+      </c>
+      <c r="B149" t="inlineStr">
+        <is>
+          <t>7601002114974</t>
+        </is>
+      </c>
+      <c r="C149" t="inlineStr">
+        <is>
+          <t>GSMN Suisse SA - Privatklinik Bethanien Verwaltung</t>
+        </is>
+      </c>
+      <c r="D149" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E149" t="inlineStr">
+        <is>
+          <t>Toblerstrasse 51</t>
+        </is>
+      </c>
+      <c r="F149" t="inlineStr">
+        <is>
+          <t>8044</t>
+        </is>
+      </c>
+      <c r="G149" t="inlineStr">
+        <is>
+          <t>Zürich</t>
+        </is>
+      </c>
+      <c r="H149" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I149" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J149" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K149" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L149" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M149" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N149" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" t="inlineStr">
+        <is>
+          <t>145</t>
+        </is>
+      </c>
+      <c r="B150" t="inlineStr">
+        <is>
+          <t>7601002117449</t>
+        </is>
+      </c>
+      <c r="C150" t="inlineStr">
+        <is>
+          <t>Ergolz Klinik AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D150" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E150" t="inlineStr">
+        <is>
+          <t>Hammerstrasse 35</t>
+        </is>
+      </c>
+      <c r="F150" t="inlineStr">
+        <is>
+          <t>4410</t>
+        </is>
+      </c>
+      <c r="G150" t="inlineStr">
+        <is>
+          <t>Liestal</t>
+        </is>
+      </c>
+      <c r="H150" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I150" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J150" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K150" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L150" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M150" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N150" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="inlineStr">
+        <is>
+          <t>146</t>
+        </is>
+      </c>
+      <c r="B151" t="inlineStr">
+        <is>
+          <t>7601002001496</t>
+        </is>
+      </c>
+      <c r="C151" t="inlineStr">
+        <is>
+          <t>Berit Klinik AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D151" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E151" t="inlineStr">
+        <is>
+          <t>Vögelinsegg 5</t>
+        </is>
+      </c>
+      <c r="F151" t="inlineStr">
+        <is>
+          <t>9042</t>
+        </is>
+      </c>
+      <c r="G151" t="inlineStr">
+        <is>
+          <t>Speicher</t>
+        </is>
+      </c>
+      <c r="H151" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I151" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J151" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K151" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L151" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M151" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N151" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" t="inlineStr">
+        <is>
+          <t>147</t>
+        </is>
+      </c>
+      <c r="B152" t="inlineStr">
+        <is>
+          <t>7601002521871</t>
+        </is>
+      </c>
+      <c r="C152" t="inlineStr">
+        <is>
+          <t>ZURZACH Care Rehaklinik  Sonnmatt Luzern</t>
+        </is>
+      </c>
+      <c r="D152" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E152" t="inlineStr">
+        <is>
+          <t>Sonnmatt 1</t>
+        </is>
+      </c>
+      <c r="F152" t="inlineStr">
+        <is>
+          <t>6006</t>
+        </is>
+      </c>
+      <c r="G152" t="inlineStr">
+        <is>
+          <t>Luzern</t>
+        </is>
+      </c>
+      <c r="H152" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I152" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J152" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K152" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L152" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M152" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N152" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" t="inlineStr">
+        <is>
+          <t>148</t>
+        </is>
+      </c>
+      <c r="B153" t="inlineStr">
+        <is>
+          <t>7601002002226</t>
+        </is>
+      </c>
+      <c r="C153" t="inlineStr">
+        <is>
+          <t>Klinik Hohmad Medaxo Klinik AG</t>
+        </is>
+      </c>
+      <c r="D153" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E153" t="inlineStr">
+        <is>
+          <t>Hohmadstrasse 1</t>
+        </is>
+      </c>
+      <c r="F153" t="inlineStr">
+        <is>
+          <t>3600</t>
+        </is>
+      </c>
+      <c r="G153" t="inlineStr">
+        <is>
+          <t>Thun</t>
+        </is>
+      </c>
+      <c r="H153" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I153" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J153" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K153" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L153" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M153" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N153" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" t="inlineStr">
+        <is>
+          <t>149</t>
+        </is>
+      </c>
+      <c r="B154" t="inlineStr">
+        <is>
+          <t>7601002001137</t>
+        </is>
+      </c>
+      <c r="C154" t="inlineStr">
+        <is>
+          <t>Kantonsspital Aarau AG Verwaltung, Finanzen und Dienste</t>
+        </is>
+      </c>
+      <c r="D154" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E154" t="inlineStr">
+        <is>
+          <t>Tellstrasse 25</t>
+        </is>
+      </c>
+      <c r="F154" t="inlineStr">
+        <is>
+          <t>5000</t>
+        </is>
+      </c>
+      <c r="G154" t="inlineStr">
+        <is>
+          <t>Aarau</t>
+        </is>
+      </c>
+      <c r="H154" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I154" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J154" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K154" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L154" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M154" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N154" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="B155" t="inlineStr">
+        <is>
+          <t>7601002004084</t>
+        </is>
+      </c>
+      <c r="C155" t="inlineStr">
+        <is>
+          <t>HUG Hôpitaux Universitaires de Genève Clinique de Crans-Montana - Administration</t>
+        </is>
+      </c>
+      <c r="D155" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E155" t="inlineStr">
+        <is>
+          <t>impasse Clairmont 2</t>
+        </is>
+      </c>
+      <c r="F155" t="inlineStr">
+        <is>
+          <t>3963</t>
+        </is>
+      </c>
+      <c r="G155" t="inlineStr">
+        <is>
+          <t>Crans-Montana</t>
+        </is>
+      </c>
+      <c r="H155" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I155" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J155" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K155" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L155" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M155" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N155" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" t="inlineStr">
+        <is>
+          <t>151</t>
+        </is>
+      </c>
+      <c r="B156" t="inlineStr">
+        <is>
+          <t>7601002001250</t>
+        </is>
+      </c>
+      <c r="C156" t="inlineStr">
+        <is>
+          <t>Asana Spital Menziken AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D156" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E156" t="inlineStr">
+        <is>
+          <t>Spitalstrasse 1</t>
+        </is>
+      </c>
+      <c r="F156" t="inlineStr">
+        <is>
+          <t>5737</t>
+        </is>
+      </c>
+      <c r="G156" t="inlineStr">
+        <is>
+          <t>Menziken</t>
+        </is>
+      </c>
+      <c r="H156" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I156" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J156" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K156" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L156" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M156" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N156" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" t="inlineStr">
+        <is>
+          <t>152</t>
+        </is>
+      </c>
+      <c r="B157" t="inlineStr">
+        <is>
+          <t>7601002148511</t>
+        </is>
+      </c>
+      <c r="C157" t="inlineStr">
+        <is>
+          <t>Kantonsspital Baselland - Hauptsitz</t>
+        </is>
+      </c>
+      <c r="D157" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E157" t="inlineStr">
+        <is>
+          <t>Rheinstrasse 26</t>
+        </is>
+      </c>
+      <c r="F157" t="inlineStr">
+        <is>
+          <t>4410</t>
+        </is>
+      </c>
+      <c r="G157" t="inlineStr">
+        <is>
+          <t>Liestal</t>
+        </is>
+      </c>
+      <c r="H157" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I157" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J157" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K157" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L157" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M157" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N157" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" t="inlineStr">
+        <is>
+          <t>153</t>
+        </is>
+      </c>
+      <c r="B158" t="inlineStr">
+        <is>
+          <t>7601002114608</t>
+        </is>
+      </c>
+      <c r="C158" t="inlineStr">
+        <is>
+          <t>Clinique Volta SA</t>
+        </is>
+      </c>
+      <c r="D158" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E158" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F158" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G158" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H158" t="inlineStr">
+        <is>
+          <t>Past</t>
+        </is>
+      </c>
+      <c r="I158" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J158" s="2" t="n">
+        <v>45935.0</v>
+      </c>
+      <c r="K158" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L158" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M158" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N158" s="2" t="n">
+        <v>45935.0</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" t="inlineStr">
+        <is>
+          <t>154</t>
+        </is>
+      </c>
+      <c r="B159" t="inlineStr">
+        <is>
+          <t>7601002116909</t>
+        </is>
+      </c>
+      <c r="C159" t="inlineStr">
+        <is>
+          <t>Fondation Rive-Neuve</t>
+        </is>
+      </c>
+      <c r="D159" t="inlineStr">
+        <is>
+          <t>[NursHom]</t>
+        </is>
+      </c>
+      <c r="E159" t="inlineStr">
+        <is>
+          <t>chemin des Cuarroz 57</t>
+        </is>
+      </c>
+      <c r="F159" t="inlineStr">
+        <is>
+          <t>1807</t>
+        </is>
+      </c>
+      <c r="G159" t="inlineStr">
+        <is>
+          <t>Blonay</t>
+        </is>
+      </c>
+      <c r="H159" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I159" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J159" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K159" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L159" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M159" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N159" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" t="inlineStr">
+        <is>
+          <t>155</t>
+        </is>
+      </c>
+      <c r="B160" t="inlineStr">
+        <is>
+          <t>7601002003902</t>
+        </is>
+      </c>
+      <c r="C160" t="inlineStr">
+        <is>
+          <t>Gruppo Ospedaliero Moncucco SA Clinica Moncucco - Amministrazione</t>
+        </is>
+      </c>
+      <c r="D160" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E160" t="inlineStr">
+        <is>
+          <t>via Soldino 5</t>
+        </is>
+      </c>
+      <c r="F160" t="inlineStr">
+        <is>
+          <t>6900</t>
+        </is>
+      </c>
+      <c r="G160" t="inlineStr">
+        <is>
+          <t>Lugano</t>
+        </is>
+      </c>
+      <c r="H160" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I160" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J160" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K160" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L160" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M160" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N160" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" t="inlineStr">
+        <is>
+          <t>156</t>
+        </is>
+      </c>
+      <c r="B161" t="inlineStr">
+        <is>
+          <t>7601002023153</t>
+        </is>
+      </c>
+      <c r="C161" t="inlineStr">
+        <is>
+          <t>Spital Thurgau AG - Psychiatrische Dienste Thurgau Verwaltung</t>
+        </is>
+      </c>
+      <c r="D161" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E161" t="inlineStr">
+        <is>
+          <t>Seeblickstrasse 3</t>
+        </is>
+      </c>
+      <c r="F161" t="inlineStr">
+        <is>
+          <t>8596</t>
+        </is>
+      </c>
+      <c r="G161" t="inlineStr">
+        <is>
+          <t>Münsterlingen</t>
+        </is>
+      </c>
+      <c r="H161" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I161" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J161" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K161" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L161" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M161" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N161" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" t="inlineStr">
+        <is>
+          <t>157</t>
+        </is>
+      </c>
+      <c r="B162" t="inlineStr">
+        <is>
+          <t>7601002114721</t>
+        </is>
+      </c>
+      <c r="C162" t="inlineStr">
+        <is>
+          <t>Privatklinik Wyss AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D162" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E162" t="inlineStr">
+        <is>
+          <t>Fellenbergstrasse 34</t>
+        </is>
+      </c>
+      <c r="F162" t="inlineStr">
+        <is>
+          <t>3053</t>
+        </is>
+      </c>
+      <c r="G162" t="inlineStr">
+        <is>
+          <t>Münchenbuchsee</t>
+        </is>
+      </c>
+      <c r="H162" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I162" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J162" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K162" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L162" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M162" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N162" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" t="inlineStr">
+        <is>
+          <t>158</t>
+        </is>
+      </c>
+      <c r="B163" t="inlineStr">
+        <is>
+          <t>7601002003469</t>
+        </is>
+      </c>
+      <c r="C163" t="inlineStr">
+        <is>
+          <t>AMEOS Spital Einsiedeln AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D163" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E163" t="inlineStr">
+        <is>
+          <t>Spitalstrasse 28</t>
+        </is>
+      </c>
+      <c r="F163" t="inlineStr">
+        <is>
+          <t>8840</t>
+        </is>
+      </c>
+      <c r="G163" t="inlineStr">
+        <is>
+          <t>Einsiedeln</t>
+        </is>
+      </c>
+      <c r="H163" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I163" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J163" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K163" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L163" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M163" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N163" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" t="inlineStr">
+        <is>
+          <t>159</t>
+        </is>
+      </c>
+      <c r="B164" t="inlineStr">
+        <is>
+          <t>7601002125666</t>
+        </is>
+      </c>
+      <c r="C164" t="inlineStr">
+        <is>
+          <t>Clinique de La Source Administration</t>
+        </is>
+      </c>
+      <c r="D164" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E164" t="inlineStr">
+        <is>
+          <t>avenue Alexandre-Vinet 30</t>
+        </is>
+      </c>
+      <c r="F164" t="inlineStr">
+        <is>
+          <t>1004</t>
+        </is>
+      </c>
+      <c r="G164" t="inlineStr">
+        <is>
+          <t>Lausanne</t>
+        </is>
+      </c>
+      <c r="H164" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I164" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J164" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K164" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L164" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M164" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N164" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" t="inlineStr">
+        <is>
+          <t>160</t>
+        </is>
+      </c>
+      <c r="B165" t="inlineStr">
+        <is>
+          <t>7601002003339</t>
+        </is>
+      </c>
+      <c r="C165" t="inlineStr">
+        <is>
+          <t>St. Gallische Psychiatrie-Dienste Süd Klinik St. Pirminsberg</t>
+        </is>
+      </c>
+      <c r="D165" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E165" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F165" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G165" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H165" t="inlineStr">
+        <is>
+          <t>Past</t>
+        </is>
+      </c>
+      <c r="I165" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J165" s="2" t="n">
+        <v>46015.0</v>
+      </c>
+      <c r="K165" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L165" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M165" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N165" s="2" t="n">
+        <v>46015.0</v>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" t="inlineStr">
+        <is>
+          <t>161</t>
+        </is>
+      </c>
+      <c r="B166" t="inlineStr">
+        <is>
+          <t>7601002127172</t>
+        </is>
+      </c>
+      <c r="C166" t="inlineStr">
+        <is>
+          <t>Clinique CIC Montreux SA</t>
+        </is>
+      </c>
+      <c r="D166" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E166" t="inlineStr">
+        <is>
+          <t>Rue du Grammont 2</t>
+        </is>
+      </c>
+      <c r="F166" t="inlineStr">
+        <is>
+          <t>1815</t>
+        </is>
+      </c>
+      <c r="G166" t="inlineStr">
+        <is>
+          <t>Clarens</t>
+        </is>
+      </c>
+      <c r="H166" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I166" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J166" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K166" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L166" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M166" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N166" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" t="inlineStr">
+        <is>
+          <t>162</t>
+        </is>
+      </c>
+      <c r="B167" t="inlineStr">
+        <is>
+          <t>7601002002806</t>
+        </is>
+      </c>
+      <c r="C167" t="inlineStr">
+        <is>
+          <t>Regionalspital Surselva AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D167" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E167" t="inlineStr">
+        <is>
+          <t>Spitalstrasse 6</t>
+        </is>
+      </c>
+      <c r="F167" t="inlineStr">
+        <is>
+          <t>7130</t>
+        </is>
+      </c>
+      <c r="G167" t="inlineStr">
+        <is>
+          <t>Ilanz</t>
+        </is>
+      </c>
+      <c r="H167" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I167" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J167" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K167" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L167" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M167" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N167" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" t="inlineStr">
+        <is>
+          <t>163</t>
+        </is>
+      </c>
+      <c r="B168" t="inlineStr">
+        <is>
+          <t>7601002000185</t>
+        </is>
+      </c>
+      <c r="C168" t="inlineStr">
+        <is>
+          <t>Spital Thurgau AG - Kantonsspital Frauenfeld Verwaltung</t>
+        </is>
+      </c>
+      <c r="D168" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E168" t="inlineStr">
+        <is>
+          <t>Pfaffenholzstrasse 4</t>
+        </is>
+      </c>
+      <c r="F168" t="inlineStr">
+        <is>
+          <t>8500</t>
+        </is>
+      </c>
+      <c r="G168" t="inlineStr">
+        <is>
+          <t>Frauenfeld</t>
+        </is>
+      </c>
+      <c r="H168" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I168" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J168" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K168" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L168" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M168" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N168" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" t="inlineStr">
+        <is>
+          <t>164</t>
+        </is>
+      </c>
+      <c r="B169" t="inlineStr">
+        <is>
+          <t>7601002002363</t>
+        </is>
+      </c>
+      <c r="C169" t="inlineStr">
+        <is>
+          <t>Clinique Générale Ste-Anne - Administration Swiss Medical Network Hospitals SA</t>
+        </is>
+      </c>
+      <c r="D169" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E169" t="inlineStr">
+        <is>
+          <t>rue Hans-Geiler 6</t>
+        </is>
+      </c>
+      <c r="F169" t="inlineStr">
+        <is>
+          <t>1700</t>
+        </is>
+      </c>
+      <c r="G169" t="inlineStr">
+        <is>
+          <t>Fribourg</t>
+        </is>
+      </c>
+      <c r="H169" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I169" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J169" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K169" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L169" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M169" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N169" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" t="inlineStr">
+        <is>
+          <t>165</t>
+        </is>
+      </c>
+      <c r="B170" t="inlineStr">
+        <is>
+          <t>7601002001274</t>
+        </is>
+      </c>
+      <c r="C170" t="inlineStr">
+        <is>
+          <t>Stiftung Spital Muri</t>
+        </is>
+      </c>
+      <c r="D170" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E170" t="inlineStr">
+        <is>
+          <t>Spitalstrasse 144</t>
+        </is>
+      </c>
+      <c r="F170" t="inlineStr">
+        <is>
+          <t>5630</t>
+        </is>
+      </c>
+      <c r="G170" t="inlineStr">
+        <is>
+          <t>Muri AG</t>
+        </is>
+      </c>
+      <c r="H170" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I170" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J170" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K170" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L170" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M170" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N170" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" t="inlineStr">
+        <is>
+          <t>166</t>
+        </is>
+      </c>
+      <c r="B171" t="inlineStr">
+        <is>
+          <t>7601002000628</t>
+        </is>
+      </c>
+      <c r="C171" t="inlineStr">
+        <is>
+          <t>eHnv, Etablissements Hospitaliers du Nord Vaudois Site de Saint-Loup</t>
+        </is>
+      </c>
+      <c r="D171" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E171" t="inlineStr">
+        <is>
+          <t>St-Loup 13</t>
+        </is>
+      </c>
+      <c r="F171" t="inlineStr">
+        <is>
+          <t>1318</t>
+        </is>
+      </c>
+      <c r="G171" t="inlineStr">
+        <is>
+          <t>Pompaples</t>
+        </is>
+      </c>
+      <c r="H171" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I171" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J171" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K171" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L171" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M171" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N171" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" t="inlineStr">
+        <is>
+          <t>167</t>
+        </is>
+      </c>
+      <c r="B172" t="inlineStr">
+        <is>
+          <t>7601002000505</t>
+        </is>
+      </c>
+      <c r="C172" t="inlineStr">
+        <is>
+          <t>Spital Schwyz Direktion / Abrechnungsbüro</t>
+        </is>
+      </c>
+      <c r="D172" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E172" t="inlineStr">
+        <is>
+          <t>Waldeggstrasse 10</t>
+        </is>
+      </c>
+      <c r="F172" t="inlineStr">
+        <is>
+          <t>6430</t>
+        </is>
+      </c>
+      <c r="G172" t="inlineStr">
+        <is>
+          <t>Schwyz</t>
+        </is>
+      </c>
+      <c r="H172" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I172" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J172" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K172" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L172" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M172" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N172" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" t="inlineStr">
+        <is>
+          <t>168</t>
+        </is>
+      </c>
+      <c r="B173" t="inlineStr">
+        <is>
+          <t>7601002114950</t>
+        </is>
+      </c>
+      <c r="C173" t="inlineStr">
+        <is>
+          <t>Schulthess Klinik</t>
+        </is>
+      </c>
+      <c r="D173" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E173" t="inlineStr">
+        <is>
+          <t>Lengghalde 2</t>
+        </is>
+      </c>
+      <c r="F173" t="inlineStr">
+        <is>
+          <t>8008</t>
+        </is>
+      </c>
+      <c r="G173" t="inlineStr">
+        <is>
+          <t>Zürich</t>
+        </is>
+      </c>
+      <c r="H173" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I173" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J173" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K173" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L173" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M173" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N173" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" t="inlineStr">
+        <is>
+          <t>169</t>
+        </is>
+      </c>
+      <c r="B174" t="inlineStr">
+        <is>
+          <t>7601002717700</t>
+        </is>
+      </c>
+      <c r="C174" t="inlineStr">
+        <is>
+          <t>Privatklinik Belair - Fakturation Swiss Medical Network Hospitals SA</t>
+        </is>
+      </c>
+      <c r="D174" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E174" t="inlineStr">
+        <is>
+          <t>Rietstrasse 30</t>
+        </is>
+      </c>
+      <c r="F174" t="inlineStr">
+        <is>
+          <t>8200</t>
+        </is>
+      </c>
+      <c r="G174" t="inlineStr">
+        <is>
+          <t>Schaffhausen</t>
+        </is>
+      </c>
+      <c r="H174" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I174" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J174" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K174" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L174" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M174" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N174" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" t="inlineStr">
+        <is>
+          <t>170</t>
+        </is>
+      </c>
+      <c r="B175" t="inlineStr">
+        <is>
+          <t>7601002114707</t>
+        </is>
+      </c>
+      <c r="C175" t="inlineStr">
+        <is>
+          <t>Hôpital de la Tour SA Administration</t>
+        </is>
+      </c>
+      <c r="D175" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E175" t="inlineStr">
+        <is>
+          <t>Avenue Jacob-Daniel Maillard 3</t>
+        </is>
+      </c>
+      <c r="F175" t="inlineStr">
+        <is>
+          <t>1217</t>
+        </is>
+      </c>
+      <c r="G175" t="inlineStr">
+        <is>
+          <t>Meyrin</t>
+        </is>
+      </c>
+      <c r="H175" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I175" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J175" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K175" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L175" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M175" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N175" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" t="inlineStr">
+        <is>
+          <t>171</t>
+        </is>
+      </c>
+      <c r="B176" t="inlineStr">
+        <is>
+          <t>7601002000895</t>
+        </is>
+      </c>
+      <c r="C176" t="inlineStr">
+        <is>
+          <t>PZM Psychiatriezentrum Münsingen AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D176" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E176" t="inlineStr">
+        <is>
+          <t>Hunzigenallee 1</t>
+        </is>
+      </c>
+      <c r="F176" t="inlineStr">
+        <is>
+          <t>3110</t>
+        </is>
+      </c>
+      <c r="G176" t="inlineStr">
+        <is>
+          <t>Münsingen</t>
+        </is>
+      </c>
+      <c r="H176" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I176" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J176" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K176" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L176" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M176" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N176" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" t="inlineStr">
+        <is>
+          <t>172</t>
+        </is>
+      </c>
+      <c r="B177" t="inlineStr">
+        <is>
+          <t>7601002002837</t>
+        </is>
+      </c>
+      <c r="C177" t="inlineStr">
+        <is>
+          <t>Centro sanitario Valposchiavo Ospedale San Sisto, Acuto e ambulatorio</t>
+        </is>
+      </c>
+      <c r="D177" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E177" t="inlineStr">
+        <is>
+          <t>Via S. Sisto 6i</t>
+        </is>
+      </c>
+      <c r="F177" t="inlineStr">
+        <is>
+          <t>7742</t>
+        </is>
+      </c>
+      <c r="G177" t="inlineStr">
+        <is>
+          <t>Poschiavo</t>
+        </is>
+      </c>
+      <c r="H177" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I177" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J177" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K177" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L177" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M177" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N177" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" t="inlineStr">
+        <is>
+          <t>173</t>
+        </is>
+      </c>
+      <c r="B178" t="inlineStr">
+        <is>
+          <t>7601002114943</t>
+        </is>
+      </c>
+      <c r="C178" t="inlineStr">
+        <is>
+          <t>Kantonsspital Winterthur - KSW Verwaltung</t>
+        </is>
+      </c>
+      <c r="D178" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E178" t="inlineStr">
+        <is>
+          <t>Brauerstrasse 15</t>
+        </is>
+      </c>
+      <c r="F178" t="inlineStr">
+        <is>
+          <t>8400</t>
+        </is>
+      </c>
+      <c r="G178" t="inlineStr">
+        <is>
+          <t>Winterthur</t>
+        </is>
+      </c>
+      <c r="H178" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I178" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J178" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K178" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L178" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M178" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N178" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" t="inlineStr">
+        <is>
+          <t>174</t>
+        </is>
+      </c>
+      <c r="B179" t="inlineStr">
+        <is>
+          <t>7601002001861</t>
+        </is>
+      </c>
+      <c r="C179" t="inlineStr">
+        <is>
+          <t>Hirslanden Klinik Linde AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D179" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E179" t="inlineStr">
+        <is>
+          <t>Blumenrain 105</t>
+        </is>
+      </c>
+      <c r="F179" t="inlineStr">
+        <is>
+          <t>2503</t>
+        </is>
+      </c>
+      <c r="G179" t="inlineStr">
+        <is>
+          <t>Biel/Bienne</t>
+        </is>
+      </c>
+      <c r="H179" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I179" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J179" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K179" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L179" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M179" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N179" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" t="inlineStr">
+        <is>
+          <t>175</t>
+        </is>
+      </c>
+      <c r="B180" t="inlineStr">
+        <is>
+          <t>7601002087247</t>
+        </is>
+      </c>
+      <c r="C180" t="inlineStr">
+        <is>
+          <t>Hirslanden Lausanne SA Clinique Bois-Cerf - Administration</t>
+        </is>
+      </c>
+      <c r="D180" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E180" t="inlineStr">
+        <is>
+          <t>avenue d'Ouchy 31</t>
+        </is>
+      </c>
+      <c r="F180" t="inlineStr">
+        <is>
+          <t>1006</t>
+        </is>
+      </c>
+      <c r="G180" t="inlineStr">
+        <is>
+          <t>Lausanne</t>
+        </is>
+      </c>
+      <c r="H180" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I180" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J180" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K180" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L180" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M180" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N180" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" t="inlineStr">
+        <is>
+          <t>176</t>
+        </is>
+      </c>
+      <c r="B181" t="inlineStr">
+        <is>
+          <t>7601002002394</t>
+        </is>
+      </c>
+      <c r="C181" t="inlineStr">
+        <is>
+          <t>Réseau fribourgeois de santé mentale - RFSM Centre de soins hospitaliers - Direction générale</t>
+        </is>
+      </c>
+      <c r="D181" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E181" t="inlineStr">
+        <is>
+          <t>route de l'Hôpital 140</t>
+        </is>
+      </c>
+      <c r="F181" t="inlineStr">
+        <is>
+          <t>1633</t>
+        </is>
+      </c>
+      <c r="G181" t="inlineStr">
+        <is>
+          <t>Marsens</t>
+        </is>
+      </c>
+      <c r="H181" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I181" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J181" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K181" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L181" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M181" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N181" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" t="inlineStr">
+        <is>
+          <t>177</t>
+        </is>
+      </c>
+      <c r="B182" t="inlineStr">
+        <is>
+          <t>7601001349858</t>
+        </is>
+      </c>
+      <c r="C182" t="inlineStr">
+        <is>
+          <t>Adus-Medica AG</t>
+        </is>
+      </c>
+      <c r="D182" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E182" t="inlineStr">
+        <is>
+          <t>Breitestrasse 11</t>
+        </is>
+      </c>
+      <c r="F182" t="inlineStr">
+        <is>
+          <t>8157</t>
+        </is>
+      </c>
+      <c r="G182" t="inlineStr">
+        <is>
+          <t>Dielsdorf</t>
+        </is>
+      </c>
+      <c r="H182" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I182" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J182" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K182" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L182" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M182" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N182" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" t="inlineStr">
+        <is>
+          <t>178</t>
+        </is>
+      </c>
+      <c r="B183" t="inlineStr">
+        <is>
+          <t>7601002000642</t>
+        </is>
+      </c>
+      <c r="C183" t="inlineStr">
+        <is>
+          <t>Fondation Hôpital Jules Daler Hôpital Daler / Daler Spital - Administration</t>
+        </is>
+      </c>
+      <c r="D183" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E183" t="inlineStr">
+        <is>
+          <t>route de Bertigny 34</t>
+        </is>
+      </c>
+      <c r="F183" t="inlineStr">
+        <is>
+          <t>1700</t>
+        </is>
+      </c>
+      <c r="G183" t="inlineStr">
+        <is>
+          <t>Fribourg</t>
+        </is>
+      </c>
+      <c r="H183" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I183" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J183" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K183" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L183" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M183" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N183" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" t="inlineStr">
+        <is>
+          <t>179</t>
+        </is>
+      </c>
+      <c r="B184" t="inlineStr">
+        <is>
+          <t>7601002114936</t>
+        </is>
+      </c>
+      <c r="C184" t="inlineStr">
+        <is>
+          <t>GZO Spital Wetzikon Direktion</t>
+        </is>
+      </c>
+      <c r="D184" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E184" t="inlineStr">
+        <is>
+          <t>Spitalstrasse 66</t>
+        </is>
+      </c>
+      <c r="F184" t="inlineStr">
+        <is>
+          <t>8620</t>
+        </is>
+      </c>
+      <c r="G184" t="inlineStr">
+        <is>
+          <t>Wetzikon ZH</t>
+        </is>
+      </c>
+      <c r="H184" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I184" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J184" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K184" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L184" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M184" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N184" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" t="inlineStr">
+        <is>
+          <t>180</t>
+        </is>
+      </c>
+      <c r="B185" t="inlineStr">
+        <is>
+          <t>7601002001175</t>
+        </is>
+      </c>
+      <c r="C185" t="inlineStr">
+        <is>
+          <t>Klinik Barmelweid AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D185" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E185" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F185" t="inlineStr">
+        <is>
+          <t>5017</t>
+        </is>
+      </c>
+      <c r="G185" t="inlineStr">
+        <is>
+          <t>Barmelweid</t>
+        </is>
+      </c>
+      <c r="H185" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I185" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J185" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K185" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L185" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M185" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N185" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" t="inlineStr">
+        <is>
+          <t>181</t>
+        </is>
+      </c>
+      <c r="B186" t="inlineStr">
+        <is>
+          <t>7601002000406</t>
+        </is>
+      </c>
+      <c r="C186" t="inlineStr">
+        <is>
+          <t>Hôpital Intercantonal de la Broye HIB Administration</t>
+        </is>
+      </c>
+      <c r="D186" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E186" t="inlineStr">
+        <is>
+          <t>rue de la Rochette</t>
+        </is>
+      </c>
+      <c r="F186" t="inlineStr">
+        <is>
+          <t>1470</t>
+        </is>
+      </c>
+      <c r="G186" t="inlineStr">
+        <is>
+          <t>Estavayer-le-Lac</t>
+        </is>
+      </c>
+      <c r="H186" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I186" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J186" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K186" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L186" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M186" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N186" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" t="inlineStr">
+        <is>
+          <t>182</t>
+        </is>
+      </c>
+      <c r="B187" t="inlineStr">
+        <is>
+          <t>7601002000888</t>
+        </is>
+      </c>
+      <c r="C187" t="inlineStr">
+        <is>
+          <t>HVS - CHVR - Clinique Saint-Amé Administration</t>
+        </is>
+      </c>
+      <c r="D187" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E187" t="inlineStr">
+        <is>
+          <t>vers Saint-Amé 10</t>
+        </is>
+      </c>
+      <c r="F187" t="inlineStr">
+        <is>
+          <t>1890</t>
+        </is>
+      </c>
+      <c r="G187" t="inlineStr">
+        <is>
+          <t>St-Maurice</t>
+        </is>
+      </c>
+      <c r="H187" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I187" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J187" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K187" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L187" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M187" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N187" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" t="inlineStr">
+        <is>
+          <t>183</t>
+        </is>
+      </c>
+      <c r="B188" t="inlineStr">
+        <is>
+          <t>7601002002028</t>
+        </is>
+      </c>
+      <c r="C188" t="inlineStr">
+        <is>
+          <t>SRO AG Direktion</t>
+        </is>
+      </c>
+      <c r="D188" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E188" t="inlineStr">
+        <is>
+          <t>St. Urbanstrasse 67</t>
+        </is>
+      </c>
+      <c r="F188" t="inlineStr">
+        <is>
+          <t>4901</t>
+        </is>
+      </c>
+      <c r="G188" t="inlineStr">
+        <is>
+          <t>Langenthal</t>
+        </is>
+      </c>
+      <c r="H188" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I188" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J188" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K188" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L188" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M188" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N188" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" t="inlineStr">
+        <is>
+          <t>184</t>
+        </is>
+      </c>
+      <c r="B189" t="inlineStr">
+        <is>
+          <t>7601002001731</t>
+        </is>
+      </c>
+      <c r="C189" t="inlineStr">
+        <is>
+          <t>Universitäre Psychiatrische Dienste Bern (UPD) AG</t>
+        </is>
+      </c>
+      <c r="D189" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E189" t="inlineStr">
+        <is>
+          <t>Bolligenstrasse 111</t>
+        </is>
+      </c>
+      <c r="F189" t="inlineStr">
+        <is>
+          <t>3000</t>
+        </is>
+      </c>
+      <c r="G189" t="inlineStr">
+        <is>
+          <t>Bern</t>
+        </is>
+      </c>
+      <c r="H189" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I189" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J189" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K189" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L189" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M189" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N189" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" t="inlineStr">
+        <is>
+          <t>185</t>
+        </is>
+      </c>
+      <c r="B190" t="inlineStr">
+        <is>
+          <t>7601002132787</t>
+        </is>
+      </c>
+      <c r="C190" t="inlineStr">
+        <is>
+          <t>Limmatklinik AG</t>
+        </is>
+      </c>
+      <c r="D190" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E190" t="inlineStr">
+        <is>
+          <t>Hardturmstrasse 133</t>
+        </is>
+      </c>
+      <c r="F190" t="inlineStr">
+        <is>
+          <t>8005</t>
+        </is>
+      </c>
+      <c r="G190" t="inlineStr">
+        <is>
+          <t>Zürich</t>
+        </is>
+      </c>
+      <c r="H190" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I190" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J190" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K190" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L190" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M190" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N190" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" t="inlineStr">
+        <is>
+          <t>186</t>
+        </is>
+      </c>
+      <c r="B191" t="inlineStr">
+        <is>
+          <t>7601002000765</t>
+        </is>
+      </c>
+      <c r="C191" t="inlineStr">
+        <is>
+          <t>St. Claraspital AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D191" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E191" t="inlineStr">
+        <is>
+          <t>Kleinriehenstrasse 30</t>
+        </is>
+      </c>
+      <c r="F191" t="inlineStr">
+        <is>
+          <t>4058</t>
+        </is>
+      </c>
+      <c r="G191" t="inlineStr">
+        <is>
+          <t>Basel</t>
+        </is>
+      </c>
+      <c r="H191" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I191" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J191" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K191" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L191" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M191" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N191" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" t="inlineStr">
+        <is>
+          <t>187</t>
+        </is>
+      </c>
+      <c r="B192" t="inlineStr">
+        <is>
+          <t>7601002087230</t>
+        </is>
+      </c>
+      <c r="C192" t="inlineStr">
+        <is>
+          <t>Hirslanden Lausanne SA Clinique Cecil - Administration</t>
+        </is>
+      </c>
+      <c r="D192" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E192" t="inlineStr">
+        <is>
+          <t>avenue Louis-Ruchonnet 53</t>
+        </is>
+      </c>
+      <c r="F192" t="inlineStr">
+        <is>
+          <t>1003</t>
+        </is>
+      </c>
+      <c r="G192" t="inlineStr">
+        <is>
+          <t>Lausanne</t>
+        </is>
+      </c>
+      <c r="H192" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I192" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J192" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K192" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L192" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M192" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N192" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" t="inlineStr">
+        <is>
+          <t>188</t>
+        </is>
+      </c>
+      <c r="B193" t="inlineStr">
+        <is>
+          <t>7601002000796</t>
+        </is>
+      </c>
+      <c r="C193" t="inlineStr">
+        <is>
+          <t>Hirslanden Bern AG - Klinik Beau-Site Verwaltung</t>
+        </is>
+      </c>
+      <c r="D193" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E193" t="inlineStr">
+        <is>
+          <t>Schänzlihalde 11</t>
+        </is>
+      </c>
+      <c r="F193" t="inlineStr">
+        <is>
+          <t>3013</t>
+        </is>
+      </c>
+      <c r="G193" t="inlineStr">
+        <is>
+          <t>Bern</t>
+        </is>
+      </c>
+      <c r="H193" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I193" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J193" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K193" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L193" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M193" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N193" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" t="inlineStr">
+        <is>
+          <t>189</t>
+        </is>
+      </c>
+      <c r="B194" t="inlineStr">
+        <is>
+          <t>7601002001526</t>
+        </is>
+      </c>
+      <c r="C194" t="inlineStr">
+        <is>
+          <t>Klinik Arlesheim AG</t>
+        </is>
+      </c>
+      <c r="D194" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E194" t="inlineStr">
+        <is>
+          <t>Pfeffingerweg 1</t>
+        </is>
+      </c>
+      <c r="F194" t="inlineStr">
+        <is>
+          <t>4144</t>
+        </is>
+      </c>
+      <c r="G194" t="inlineStr">
+        <is>
+          <t>Arlesheim</t>
+        </is>
+      </c>
+      <c r="H194" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I194" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J194" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K194" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L194" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M194" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N194" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" t="inlineStr">
+        <is>
+          <t>190</t>
+        </is>
+      </c>
+      <c r="B195" t="inlineStr">
+        <is>
+          <t>7601002000550</t>
+        </is>
+      </c>
+      <c r="C195" t="inlineStr">
+        <is>
+          <t>Geriatrische Klinik St. Gallen AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D195" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E195" t="inlineStr">
+        <is>
+          <t>Rorschacher Strasse 94</t>
+        </is>
+      </c>
+      <c r="F195" t="inlineStr">
+        <is>
+          <t>9000</t>
+        </is>
+      </c>
+      <c r="G195" t="inlineStr">
+        <is>
+          <t>St. Gallen</t>
+        </is>
+      </c>
+      <c r="H195" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I195" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J195" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K195" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L195" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M195" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N195" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" t="inlineStr">
+        <is>
+          <t>191</t>
+        </is>
+      </c>
+      <c r="B196" t="inlineStr">
+        <is>
+          <t>7601002540445</t>
+        </is>
+      </c>
+      <c r="C196" t="inlineStr">
+        <is>
+          <t>Hôpital Riviera-Chablais Vaud-Valais Site de Rennaz</t>
+        </is>
+      </c>
+      <c r="D196" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E196" t="inlineStr">
+        <is>
+          <t>route du Vieux Séquoia 20</t>
+        </is>
+      </c>
+      <c r="F196" t="inlineStr">
+        <is>
+          <t>1847</t>
+        </is>
+      </c>
+      <c r="G196" t="inlineStr">
+        <is>
+          <t>Rennaz</t>
+        </is>
+      </c>
+      <c r="H196" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I196" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J196" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K196" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L196" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M196" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N196" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" t="inlineStr">
+        <is>
+          <t>192</t>
+        </is>
+      </c>
+      <c r="B197" t="inlineStr">
+        <is>
+          <t>7601002086974</t>
+        </is>
+      </c>
+      <c r="C197" t="inlineStr">
+        <is>
+          <t>Universitäts-Kinderspital beider Basel UKBB Verwaltung</t>
+        </is>
+      </c>
+      <c r="D197" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E197" t="inlineStr">
+        <is>
+          <t>Spitalstrasse 33</t>
+        </is>
+      </c>
+      <c r="F197" t="inlineStr">
+        <is>
+          <t>4056</t>
+        </is>
+      </c>
+      <c r="G197" t="inlineStr">
+        <is>
+          <t>Basel</t>
+        </is>
+      </c>
+      <c r="H197" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I197" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J197" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K197" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L197" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M197" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N197" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" t="inlineStr">
+        <is>
+          <t>193</t>
+        </is>
+      </c>
+      <c r="B198" t="inlineStr">
+        <is>
+          <t>7601002055796</t>
+        </is>
+      </c>
+      <c r="C198" t="inlineStr">
+        <is>
+          <t>Universitäre Psychiatrische Kliniken Basel (UPK) Direktion</t>
+        </is>
+      </c>
+      <c r="D198" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E198" t="inlineStr">
+        <is>
+          <t>Wilhelm Klein-Strasse 27</t>
+        </is>
+      </c>
+      <c r="F198" t="inlineStr">
+        <is>
+          <t>4002</t>
+        </is>
+      </c>
+      <c r="G198" t="inlineStr">
+        <is>
+          <t>Basel</t>
+        </is>
+      </c>
+      <c r="H198" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I198" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J198" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K198" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L198" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M198" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N198" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" t="inlineStr">
+        <is>
+          <t>194</t>
+        </is>
+      </c>
+      <c r="B199" t="inlineStr">
+        <is>
+          <t>7601002126557</t>
+        </is>
+      </c>
+      <c r="C199" t="inlineStr">
+        <is>
+          <t>Modellstation Somosa Stiftung SOMOSA</t>
+        </is>
+      </c>
+      <c r="D199" t="inlineStr">
+        <is>
+          <t>[ONursOrg]</t>
+        </is>
+      </c>
+      <c r="E199" t="inlineStr">
+        <is>
+          <t>Zum Park 20</t>
+        </is>
+      </c>
+      <c r="F199" t="inlineStr">
+        <is>
+          <t>8404</t>
+        </is>
+      </c>
+      <c r="G199" t="inlineStr">
+        <is>
+          <t>Winterthur</t>
+        </is>
+      </c>
+      <c r="H199" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I199" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J199" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K199" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L199" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M199" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N199" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" t="inlineStr">
+        <is>
+          <t>195</t>
+        </is>
+      </c>
+      <c r="B200" t="inlineStr">
+        <is>
+          <t>7601002024280</t>
+        </is>
+      </c>
+      <c r="C200" t="inlineStr">
+        <is>
+          <t>CSEB / Center da Sandà Engiadina Bassa Verwaltung</t>
+        </is>
+      </c>
+      <c r="D200" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E200" t="inlineStr">
+        <is>
+          <t>Via da l'Ospidal 280</t>
+        </is>
+      </c>
+      <c r="F200" t="inlineStr">
+        <is>
+          <t>7550</t>
+        </is>
+      </c>
+      <c r="G200" t="inlineStr">
+        <is>
+          <t>Scuol</t>
+        </is>
+      </c>
+      <c r="H200" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I200" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J200" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K200" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L200" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M200" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N200" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" t="inlineStr">
+        <is>
+          <t>196</t>
+        </is>
+      </c>
+      <c r="B201" t="inlineStr">
+        <is>
+          <t>7601002001755</t>
+        </is>
+      </c>
+      <c r="C201" t="inlineStr">
+        <is>
+          <t>Hirslanden Bern AG - Salem-Spital Verwaltung</t>
+        </is>
+      </c>
+      <c r="D201" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E201" t="inlineStr">
+        <is>
+          <t>Schänzlistrasse 39</t>
+        </is>
+      </c>
+      <c r="F201" t="inlineStr">
+        <is>
+          <t>3013</t>
+        </is>
+      </c>
+      <c r="G201" t="inlineStr">
+        <is>
+          <t>Bern</t>
+        </is>
+      </c>
+      <c r="H201" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I201" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J201" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K201" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L201" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M201" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N201" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" t="inlineStr">
+        <is>
+          <t>197</t>
+        </is>
+      </c>
+      <c r="B202" t="inlineStr">
+        <is>
+          <t>7601002000543</t>
+        </is>
+      </c>
+      <c r="C202" t="inlineStr">
+        <is>
+          <t>Spital Thurgau AG - Kantonsspital Münsterlingen Verwaltung</t>
+        </is>
+      </c>
+      <c r="D202" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E202" t="inlineStr">
+        <is>
+          <t>Spitalcampus 1</t>
+        </is>
+      </c>
+      <c r="F202" t="inlineStr">
+        <is>
+          <t>8596</t>
+        </is>
+      </c>
+      <c r="G202" t="inlineStr">
+        <is>
+          <t>Münsterlingen</t>
+        </is>
+      </c>
+      <c r="H202" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I202" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J202" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K202" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L202" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M202" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N202" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" t="inlineStr">
+        <is>
+          <t>198</t>
+        </is>
+      </c>
+      <c r="B203" t="inlineStr">
+        <is>
+          <t>7601002114912</t>
+        </is>
+      </c>
+      <c r="C203" t="inlineStr">
+        <is>
+          <t>Liechtensteinisches Landesspital</t>
+        </is>
+      </c>
+      <c r="D203" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E203" t="inlineStr">
+        <is>
+          <t>Heiligkreuz 25</t>
+        </is>
+      </c>
+      <c r="F203" t="inlineStr">
+        <is>
+          <t>9490</t>
+        </is>
+      </c>
+      <c r="G203" t="inlineStr">
+        <is>
+          <t>Vaduz</t>
+        </is>
+      </c>
+      <c r="H203" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I203" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J203" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K203" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L203" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M203" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N203" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" t="inlineStr">
+        <is>
+          <t>199</t>
+        </is>
+      </c>
+      <c r="B204" t="inlineStr">
+        <is>
+          <t>7601002002165</t>
+        </is>
+      </c>
+      <c r="C204" t="inlineStr">
+        <is>
+          <t>Réseau de l'Arc SA - Hôpital de Saint-Imier Administration</t>
+        </is>
+      </c>
+      <c r="D204" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E204" t="inlineStr">
+        <is>
+          <t>rue des Fontenayes 17</t>
+        </is>
+      </c>
+      <c r="F204" t="inlineStr">
+        <is>
+          <t>2610</t>
+        </is>
+      </c>
+      <c r="G204" t="inlineStr">
+        <is>
+          <t>St-Imier</t>
+        </is>
+      </c>
+      <c r="H204" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I204" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J204" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K204" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L204" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M204" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N204" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="B205" t="inlineStr">
+        <is>
+          <t>7601002002721</t>
+        </is>
+      </c>
+      <c r="C205" t="inlineStr">
+        <is>
+          <t>Spital Davos AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D205" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E205" t="inlineStr">
+        <is>
+          <t>Promenade 4</t>
+        </is>
+      </c>
+      <c r="F205" t="inlineStr">
+        <is>
+          <t>7270</t>
+        </is>
+      </c>
+      <c r="G205" t="inlineStr">
+        <is>
+          <t>Davos Platz</t>
+        </is>
+      </c>
+      <c r="H205" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I205" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J205" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K205" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L205" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M205" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N205" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" t="inlineStr">
+        <is>
+          <t>201</t>
+        </is>
+      </c>
+      <c r="B206" t="inlineStr">
+        <is>
+          <t>7601002116770</t>
+        </is>
+      </c>
+      <c r="C206" t="inlineStr">
+        <is>
+          <t>Ensemble Hospitalier de La Côte Hôpital de Gilly</t>
+        </is>
+      </c>
+      <c r="D206" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E206" t="inlineStr">
+        <is>
+          <t>route du Pavillon 12</t>
+        </is>
+      </c>
+      <c r="F206" t="inlineStr">
+        <is>
+          <t>1182</t>
+        </is>
+      </c>
+      <c r="G206" t="inlineStr">
+        <is>
+          <t>Gilly</t>
+        </is>
+      </c>
+      <c r="H206" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I206" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J206" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K206" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L206" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M206" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N206" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" t="inlineStr">
+        <is>
+          <t>202</t>
+        </is>
+      </c>
+      <c r="B207" t="inlineStr">
+        <is>
+          <t>7601002122641</t>
+        </is>
+      </c>
+      <c r="C207" t="inlineStr">
+        <is>
+          <t>Luzerner Psychiatrie AG - Kinder- u. Jugendpsych. Jugendpsychiatrische Therapiestation</t>
+        </is>
+      </c>
+      <c r="D207" t="inlineStr">
+        <is>
+          <t>[ONursOrg]</t>
+        </is>
+      </c>
+      <c r="E207" t="inlineStr">
+        <is>
+          <t>Fenkernstrasse 15</t>
+        </is>
+      </c>
+      <c r="F207" t="inlineStr">
+        <is>
+          <t>6010</t>
+        </is>
+      </c>
+      <c r="G207" t="inlineStr">
+        <is>
+          <t>Kriens</t>
+        </is>
+      </c>
+      <c r="H207" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I207" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J207" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K207" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L207" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M207" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N207" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" t="inlineStr">
+        <is>
+          <t>203</t>
+        </is>
+      </c>
+      <c r="B208" t="inlineStr">
+        <is>
+          <t>7601002087254</t>
+        </is>
+      </c>
+      <c r="C208" t="inlineStr">
+        <is>
+          <t>Hirslanden AG - Klinik Hirslanden Verwaltung</t>
+        </is>
+      </c>
+      <c r="D208" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E208" t="inlineStr">
+        <is>
+          <t>Witellikerstrasse 40</t>
+        </is>
+      </c>
+      <c r="F208" t="inlineStr">
+        <is>
+          <t>8008</t>
+        </is>
+      </c>
+      <c r="G208" t="inlineStr">
+        <is>
+          <t>Zürich</t>
+        </is>
+      </c>
+      <c r="H208" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I208" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J208" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K208" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L208" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M208" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N208" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" t="inlineStr">
+        <is>
+          <t>204</t>
+        </is>
+      </c>
+      <c r="B209" t="inlineStr">
+        <is>
+          <t>7601002542593</t>
+        </is>
+      </c>
+      <c r="C209" t="inlineStr">
+        <is>
+          <t>Pôle Santé du Pays-d'Enhaut Service d’aide &amp; soins à domicile</t>
+        </is>
+      </c>
+      <c r="D209" t="inlineStr">
+        <is>
+          <t>[GrpPra]</t>
+        </is>
+      </c>
+      <c r="E209" t="inlineStr">
+        <is>
+          <t>Route de l'Hôpital 36</t>
+        </is>
+      </c>
+      <c r="F209" t="inlineStr">
+        <is>
+          <t>1660</t>
+        </is>
+      </c>
+      <c r="G209" t="inlineStr">
+        <is>
+          <t>Château-d'Oex</t>
+        </is>
+      </c>
+      <c r="H209" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I209" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J209" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K209" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L209" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M209" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N209" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" t="inlineStr">
+        <is>
+          <t>205</t>
+        </is>
+      </c>
+      <c r="B210" t="inlineStr">
+        <is>
+          <t>7601002000758</t>
+        </is>
+      </c>
+      <c r="C210" t="inlineStr">
+        <is>
+          <t>Groupement Hosp. de l'Ouest Lémanique SA (GHOL) Hôpital de Rolle</t>
+        </is>
+      </c>
+      <c r="D210" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E210" t="inlineStr">
+        <is>
+          <t>Route de l'Hôpital 26</t>
+        </is>
+      </c>
+      <c r="F210" t="inlineStr">
+        <is>
+          <t>1180</t>
+        </is>
+      </c>
+      <c r="G210" t="inlineStr">
+        <is>
+          <t>Rolle</t>
+        </is>
+      </c>
+      <c r="H210" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I210" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J210" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K210" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L210" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M210" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N210" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" t="inlineStr">
+        <is>
+          <t>206</t>
+        </is>
+      </c>
+      <c r="B211" t="inlineStr">
+        <is>
+          <t>7601002120883</t>
+        </is>
+      </c>
+      <c r="C211" t="inlineStr">
+        <is>
+          <t>Klinik Schönberg AG</t>
+        </is>
+      </c>
+      <c r="D211" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E211" t="inlineStr">
+        <is>
+          <t>Schönbergstrasse 40</t>
+        </is>
+      </c>
+      <c r="F211" t="inlineStr">
+        <is>
+          <t>3654</t>
+        </is>
+      </c>
+      <c r="G211" t="inlineStr">
+        <is>
+          <t>Gunten</t>
+        </is>
+      </c>
+      <c r="H211" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I211" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J211" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K211" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L211" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M211" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N211" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" t="inlineStr">
+        <is>
+          <t>207</t>
+        </is>
+      </c>
+      <c r="B212" t="inlineStr">
+        <is>
+          <t>7601002528030</t>
+        </is>
+      </c>
+      <c r="C212" t="inlineStr">
+        <is>
+          <t>Stiftung Kliniken Valens Rehaklinik Walzenhausen</t>
+        </is>
+      </c>
+      <c r="D212" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E212" t="inlineStr">
+        <is>
+          <t>Dorf 113</t>
+        </is>
+      </c>
+      <c r="F212" t="inlineStr">
+        <is>
+          <t>9428</t>
+        </is>
+      </c>
+      <c r="G212" t="inlineStr">
+        <is>
+          <t>Walzenhausen</t>
+        </is>
+      </c>
+      <c r="H212" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I212" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J212" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K212" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L212" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M212" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N212" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" t="inlineStr">
+        <is>
+          <t>208</t>
+        </is>
+      </c>
+      <c r="B213" t="inlineStr">
+        <is>
+          <t>7601002743907</t>
+        </is>
+      </c>
+      <c r="C213" t="inlineStr">
+        <is>
+          <t>Klinik Gais AG</t>
+        </is>
+      </c>
+      <c r="D213" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E213" t="inlineStr">
+        <is>
+          <t>Gäbrisstrasse 1172</t>
+        </is>
+      </c>
+      <c r="F213" t="inlineStr">
+        <is>
+          <t>9056</t>
+        </is>
+      </c>
+      <c r="G213" t="inlineStr">
+        <is>
+          <t>Gais</t>
+        </is>
+      </c>
+      <c r="H213" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I213" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J213" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K213" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L213" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M213" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N213" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214" t="inlineStr">
+        <is>
+          <t>209</t>
+        </is>
+      </c>
+      <c r="B214" t="inlineStr">
+        <is>
+          <t>7601002055901</t>
+        </is>
+      </c>
+      <c r="C214" t="inlineStr">
+        <is>
+          <t>Rehaklinik Hasliberg AG</t>
+        </is>
+      </c>
+      <c r="D214" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E214" t="inlineStr">
+        <is>
+          <t>Laueli 89B</t>
+        </is>
+      </c>
+      <c r="F214" t="inlineStr">
+        <is>
+          <t>6083</t>
+        </is>
+      </c>
+      <c r="G214" t="inlineStr">
+        <is>
+          <t>Hasliberg Hohfluh</t>
+        </is>
+      </c>
+      <c r="H214" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I214" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J214" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K214" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L214" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M214" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N214" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215" t="inlineStr">
+        <is>
+          <t>210</t>
+        </is>
+      </c>
+      <c r="B215" t="inlineStr">
+        <is>
+          <t>7601002075541</t>
+        </is>
+      </c>
+      <c r="C215" t="inlineStr">
+        <is>
+          <t>Vista Klinik AG Ophthalmologische Tagesklinik</t>
+        </is>
+      </c>
+      <c r="D215" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E215" t="inlineStr">
+        <is>
+          <t>Hauptstrasse 55</t>
+        </is>
+      </c>
+      <c r="F215" t="inlineStr">
+        <is>
+          <t>4102</t>
+        </is>
+      </c>
+      <c r="G215" t="inlineStr">
+        <is>
+          <t>Binningen</t>
+        </is>
+      </c>
+      <c r="H215" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I215" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J215" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K215" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L215" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M215" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N215" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216" t="inlineStr">
+        <is>
+          <t>211</t>
+        </is>
+      </c>
+      <c r="B216" t="inlineStr">
+        <is>
+          <t>7601002114530</t>
+        </is>
+      </c>
+      <c r="C216" t="inlineStr">
+        <is>
+          <t>Clinique La Colline SA Administration</t>
+        </is>
+      </c>
+      <c r="D216" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E216" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F216" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G216" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H216" t="inlineStr">
+        <is>
+          <t>Past</t>
+        </is>
+      </c>
+      <c r="I216" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J216" s="2" t="n">
+        <v>45994.0</v>
+      </c>
+      <c r="K216" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L216" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M216" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N216" s="2" t="n">
+        <v>45994.0</v>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217" t="inlineStr">
+        <is>
+          <t>212</t>
+        </is>
+      </c>
+      <c r="B217" t="inlineStr">
+        <is>
+          <t>7601002114554</t>
+        </is>
+      </c>
+      <c r="C217" t="inlineStr">
+        <is>
+          <t>GSMN Suisse SA - Clinique de Valmont Administration</t>
+        </is>
+      </c>
+      <c r="D217" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E217" t="inlineStr">
+        <is>
+          <t>route de Valmont 22</t>
+        </is>
+      </c>
+      <c r="F217" t="inlineStr">
+        <is>
+          <t>1823</t>
+        </is>
+      </c>
+      <c r="G217" t="inlineStr">
+        <is>
+          <t>Glion</t>
+        </is>
+      </c>
+      <c r="H217" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I217" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J217" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K217" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L217" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M217" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N217" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="218">
+      <c r="A218" t="inlineStr">
+        <is>
+          <t>213</t>
+        </is>
+      </c>
+      <c r="B218" t="inlineStr">
+        <is>
+          <t>7601002115049</t>
+        </is>
+      </c>
+      <c r="C218" t="inlineStr">
+        <is>
+          <t>Clinique La Prairie SA Administration</t>
+        </is>
+      </c>
+      <c r="D218" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E218" t="inlineStr">
+        <is>
+          <t>rue du Lac 142</t>
+        </is>
+      </c>
+      <c r="F218" t="inlineStr">
+        <is>
+          <t>1815</t>
+        </is>
+      </c>
+      <c r="G218" t="inlineStr">
+        <is>
+          <t>Clarens</t>
+        </is>
+      </c>
+      <c r="H218" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I218" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J218" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K218" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L218" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M218" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N218" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219" t="inlineStr">
+        <is>
+          <t>214</t>
+        </is>
+      </c>
+      <c r="B219" t="inlineStr">
+        <is>
+          <t>7601002925914</t>
+        </is>
+      </c>
+      <c r="C219" t="inlineStr">
+        <is>
+          <t>Universitätsspital Basel Orthopädie Klinik am Bethesda Spital</t>
+        </is>
+      </c>
+      <c r="D219" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E219" t="inlineStr">
+        <is>
+          <t>Gellertstrasse 144</t>
+        </is>
+      </c>
+      <c r="F219" t="inlineStr">
+        <is>
+          <t>4052</t>
+        </is>
+      </c>
+      <c r="G219" t="inlineStr">
+        <is>
+          <t>Basel</t>
+        </is>
+      </c>
+      <c r="H219" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I219" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J219" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K219" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L219" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M219" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N219" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" t="inlineStr">
+        <is>
+          <t>215</t>
+        </is>
+      </c>
+      <c r="B220" t="inlineStr">
+        <is>
+          <t>7601001666467</t>
+        </is>
+      </c>
+      <c r="C220" t="inlineStr">
+        <is>
+          <t>Rehaklinik Tschugg AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D220" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E220" t="inlineStr">
+        <is>
+          <t>Bethesda 6</t>
+        </is>
+      </c>
+      <c r="F220" t="inlineStr">
+        <is>
+          <t>3233</t>
+        </is>
+      </c>
+      <c r="G220" t="inlineStr">
+        <is>
+          <t>Tschugg</t>
+        </is>
+      </c>
+      <c r="H220" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I220" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J220" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K220" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L220" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M220" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N220" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221" t="inlineStr">
+        <is>
+          <t>216</t>
+        </is>
+      </c>
+      <c r="B221" t="inlineStr">
+        <is>
+          <t>7601002002844</t>
+        </is>
+      </c>
+      <c r="C221" t="inlineStr">
+        <is>
+          <t>Centro Sanitario Bregaglia Amministrazione</t>
+        </is>
+      </c>
+      <c r="D221" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E221" t="inlineStr">
+        <is>
+          <t>Flin 5</t>
+        </is>
+      </c>
+      <c r="F221" t="inlineStr">
+        <is>
+          <t>7606</t>
+        </is>
+      </c>
+      <c r="G221" t="inlineStr">
+        <is>
+          <t>Promontogno</t>
+        </is>
+      </c>
+      <c r="H221" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I221" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J221" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K221" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L221" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M221" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N221" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222" t="inlineStr">
+        <is>
+          <t>217</t>
+        </is>
+      </c>
+      <c r="B222" t="inlineStr">
+        <is>
+          <t>7601002117395</t>
+        </is>
+      </c>
+      <c r="C222" t="inlineStr">
+        <is>
+          <t>Nouvelle Clinique Vert-Pré SA Administration</t>
+        </is>
+      </c>
+      <c r="D222" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E222" t="inlineStr">
+        <is>
+          <t>chemin de la Colombe 15</t>
+        </is>
+      </c>
+      <c r="F222" t="inlineStr">
+        <is>
+          <t>1231</t>
+        </is>
+      </c>
+      <c r="G222" t="inlineStr">
+        <is>
+          <t>Conches</t>
+        </is>
+      </c>
+      <c r="H222" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I222" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J222" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K222" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L222" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M222" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N222" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223" t="inlineStr">
+        <is>
+          <t>218</t>
+        </is>
+      </c>
+      <c r="B223" t="inlineStr">
+        <is>
+          <t>7601002122177</t>
+        </is>
+      </c>
+      <c r="C223" t="inlineStr">
+        <is>
+          <t>Bad Schinznach AG Privat-Klinik im Park / Verwaltung</t>
+        </is>
+      </c>
+      <c r="D223" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E223" t="inlineStr">
+        <is>
+          <t>Badstrasse 50</t>
+        </is>
+      </c>
+      <c r="F223" t="inlineStr">
+        <is>
+          <t>5116</t>
+        </is>
+      </c>
+      <c r="G223" t="inlineStr">
+        <is>
+          <t>Schinznach Bad</t>
+        </is>
+      </c>
+      <c r="H223" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I223" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J223" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K223" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L223" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M223" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N223" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="224">
+      <c r="A224" t="inlineStr">
+        <is>
+          <t>219</t>
+        </is>
+      </c>
+      <c r="B224" t="inlineStr">
+        <is>
+          <t>7601002153171</t>
+        </is>
+      </c>
+      <c r="C224" t="inlineStr">
+        <is>
+          <t>Oberwaid AG Kurhotel &amp; Privatklinik</t>
+        </is>
+      </c>
+      <c r="D224" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E224" t="inlineStr">
+        <is>
+          <t>Rorschacher Strasse 311</t>
+        </is>
+      </c>
+      <c r="F224" t="inlineStr">
+        <is>
+          <t>9016</t>
+        </is>
+      </c>
+      <c r="G224" t="inlineStr">
+        <is>
+          <t>St. Gallen</t>
+        </is>
+      </c>
+      <c r="H224" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I224" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J224" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K224" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L224" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M224" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N224" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225" t="inlineStr">
+        <is>
+          <t>220</t>
+        </is>
+      </c>
+      <c r="B225" t="inlineStr">
+        <is>
+          <t>7601002116886</t>
+        </is>
+      </c>
+      <c r="C225" t="inlineStr">
+        <is>
+          <t>Rehaklinik Seewis AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D225" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E225" t="inlineStr">
+        <is>
+          <t>Schlossstrasse 1</t>
+        </is>
+      </c>
+      <c r="F225" t="inlineStr">
+        <is>
+          <t>7212</t>
+        </is>
+      </c>
+      <c r="G225" t="inlineStr">
+        <is>
+          <t>Seewis Dorf</t>
+        </is>
+      </c>
+      <c r="H225" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I225" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J225" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K225" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L225" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M225" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N225" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="226">
+      <c r="A226" t="inlineStr">
+        <is>
+          <t>221</t>
+        </is>
+      </c>
+      <c r="B226" t="inlineStr">
+        <is>
+          <t>7601002003964</t>
+        </is>
+      </c>
+      <c r="C226" t="inlineStr">
+        <is>
+          <t>Fondazione Giorgio Varini Reparto clinica</t>
+        </is>
+      </c>
+      <c r="D226" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E226" t="inlineStr">
+        <is>
+          <t>via Consiglio Mezzano 38</t>
+        </is>
+      </c>
+      <c r="F226" t="inlineStr">
+        <is>
+          <t>6644</t>
+        </is>
+      </c>
+      <c r="G226" t="inlineStr">
+        <is>
+          <t>Orselina</t>
+        </is>
+      </c>
+      <c r="H226" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I226" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J226" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K226" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L226" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M226" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N226" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="227">
+      <c r="A227" t="inlineStr">
+        <is>
+          <t>222</t>
+        </is>
+      </c>
+      <c r="B227" t="inlineStr">
+        <is>
+          <t>7601002131926</t>
+        </is>
+      </c>
+      <c r="C227" t="inlineStr">
+        <is>
+          <t>Clinica Holistica Engiadina AG</t>
+        </is>
+      </c>
+      <c r="D227" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E227" t="inlineStr">
+        <is>
+          <t>Plaz 40</t>
+        </is>
+      </c>
+      <c r="F227" t="inlineStr">
+        <is>
+          <t>7542</t>
+        </is>
+      </c>
+      <c r="G227" t="inlineStr">
+        <is>
+          <t>Susch</t>
+        </is>
+      </c>
+      <c r="H227" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I227" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J227" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K227" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L227" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M227" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N227" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="228">
+      <c r="A228" t="inlineStr">
+        <is>
+          <t>223</t>
+        </is>
+      </c>
+      <c r="B228" t="inlineStr">
+        <is>
+          <t>7601002147668</t>
+        </is>
+      </c>
+      <c r="C228" t="inlineStr">
+        <is>
+          <t>Clinique de Maisonneuve SA</t>
+        </is>
+      </c>
+      <c r="D228" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E228" t="inlineStr">
+        <is>
+          <t>Avenue de Châtelaine 60</t>
+        </is>
+      </c>
+      <c r="F228" t="inlineStr">
+        <is>
+          <t>1219</t>
+        </is>
+      </c>
+      <c r="G228" t="inlineStr">
+        <is>
+          <t>Châtelaine</t>
+        </is>
+      </c>
+      <c r="H228" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I228" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J228" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K228" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L228" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M228" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N228" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="229">
+      <c r="A229" t="inlineStr">
+        <is>
+          <t>224</t>
+        </is>
+      </c>
+      <c r="B229" t="inlineStr">
+        <is>
+          <t>7601002114561</t>
+        </is>
+      </c>
+      <c r="C229" t="inlineStr">
+        <is>
+          <t>Siloah AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D229" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E229" t="inlineStr">
+        <is>
+          <t>Worbstrasse 316</t>
+        </is>
+      </c>
+      <c r="F229" t="inlineStr">
+        <is>
+          <t>3073</t>
+        </is>
+      </c>
+      <c r="G229" t="inlineStr">
+        <is>
+          <t>Gümligen</t>
+        </is>
+      </c>
+      <c r="H229" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I229" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J229" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K229" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L229" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M229" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N229" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="230">
+      <c r="A230" t="inlineStr">
+        <is>
+          <t>225</t>
+        </is>
+      </c>
+      <c r="B230" t="inlineStr">
+        <is>
+          <t>7601002109130</t>
+        </is>
+      </c>
+      <c r="C230" t="inlineStr">
+        <is>
+          <t>Les Hauts d'Anières SA</t>
+        </is>
+      </c>
+      <c r="D230" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E230" t="inlineStr">
+        <is>
+          <t>chemin des Courbes 9</t>
+        </is>
+      </c>
+      <c r="F230" t="inlineStr">
+        <is>
+          <t>1247</t>
+        </is>
+      </c>
+      <c r="G230" t="inlineStr">
+        <is>
+          <t>Anières</t>
+        </is>
+      </c>
+      <c r="H230" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I230" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J230" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K230" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L230" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M230" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N230" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="231">
+      <c r="A231" t="inlineStr">
+        <is>
+          <t>226</t>
+        </is>
+      </c>
+      <c r="B231" t="inlineStr">
+        <is>
+          <t>7601002003858</t>
+        </is>
+      </c>
+      <c r="C231" t="inlineStr">
+        <is>
+          <t>Ospedale Malcantonese Amministrazione</t>
+        </is>
+      </c>
+      <c r="D231" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E231" t="inlineStr">
+        <is>
+          <t>Nucleo Castelrotto 30-32</t>
+        </is>
+      </c>
+      <c r="F231" t="inlineStr">
+        <is>
+          <t>6980</t>
+        </is>
+      </c>
+      <c r="G231" t="inlineStr">
+        <is>
+          <t>Castelrotto</t>
+        </is>
+      </c>
+      <c r="H231" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I231" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J231" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K231" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L231" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M231" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N231" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="232">
+      <c r="A232" t="inlineStr">
+        <is>
+          <t>227</t>
+        </is>
+      </c>
+      <c r="B232" t="inlineStr">
+        <is>
+          <t>7601002726733</t>
+        </is>
+      </c>
+      <c r="C232" t="inlineStr">
+        <is>
+          <t>Stadtspital Zürich - Waid und Triemli</t>
+        </is>
+      </c>
+      <c r="D232" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E232" t="inlineStr">
+        <is>
+          <t>Birmensdorferstrasse 497</t>
+        </is>
+      </c>
+      <c r="F232" t="inlineStr">
+        <is>
+          <t>8063</t>
+        </is>
+      </c>
+      <c r="G232" t="inlineStr">
+        <is>
+          <t>Zürich</t>
+        </is>
+      </c>
+      <c r="H232" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I232" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J232" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K232" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L232" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M232" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N232" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="233">
+      <c r="A233" t="inlineStr">
+        <is>
+          <t>228</t>
+        </is>
+      </c>
+      <c r="B233" t="inlineStr">
+        <is>
+          <t>7601002003759</t>
+        </is>
+      </c>
+      <c r="C233" t="inlineStr">
+        <is>
+          <t>Klinik Schloss Mammern AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D233" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E233" t="inlineStr">
+        <is>
+          <t>Dr. A. O. Fleisch-Strasse 3</t>
+        </is>
+      </c>
+      <c r="F233" t="inlineStr">
+        <is>
+          <t>8265</t>
+        </is>
+      </c>
+      <c r="G233" t="inlineStr">
+        <is>
+          <t>Mammern</t>
+        </is>
+      </c>
+      <c r="H233" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I233" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J233" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K233" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L233" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M233" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N233" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="234">
+      <c r="A234" t="inlineStr">
+        <is>
+          <t>229</t>
+        </is>
+      </c>
+      <c r="B234" t="inlineStr">
+        <is>
+          <t>7601002108010</t>
+        </is>
+      </c>
+      <c r="C234" t="inlineStr">
+        <is>
+          <t>Klinik im Hof Hof Weissbad AG</t>
+        </is>
+      </c>
+      <c r="D234" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E234" t="inlineStr">
+        <is>
+          <t>Im Park 1</t>
+        </is>
+      </c>
+      <c r="F234" t="inlineStr">
+        <is>
+          <t>9057</t>
+        </is>
+      </c>
+      <c r="G234" t="inlineStr">
+        <is>
+          <t>Weissbad</t>
+        </is>
+      </c>
+      <c r="H234" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I234" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J234" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K234" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L234" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M234" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N234" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="235">
+      <c r="A235" t="inlineStr">
+        <is>
+          <t>230</t>
+        </is>
+      </c>
+      <c r="B235" t="inlineStr">
+        <is>
+          <t>7601002141390</t>
+        </is>
+      </c>
+      <c r="C235" t="inlineStr">
+        <is>
+          <t>Clinique Bois-Bougy Sàrl</t>
+        </is>
+      </c>
+      <c r="D235" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E235" t="inlineStr">
+        <is>
+          <t>avenue de Bois-Bougy 6</t>
+        </is>
+      </c>
+      <c r="F235" t="inlineStr">
+        <is>
+          <t>1260</t>
+        </is>
+      </c>
+      <c r="G235" t="inlineStr">
+        <is>
+          <t>Nyon</t>
+        </is>
+      </c>
+      <c r="H235" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I235" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J235" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K235" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L235" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M235" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N235" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="236">
+      <c r="A236" t="inlineStr">
+        <is>
+          <t>231</t>
+        </is>
+      </c>
+      <c r="B236" t="inlineStr">
+        <is>
+          <t>7601002055680</t>
+        </is>
+      </c>
+      <c r="C236" t="inlineStr">
+        <is>
+          <t>Clinique Le Noirmont Réadaptation cardio-vasculaire</t>
+        </is>
+      </c>
+      <c r="D236" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E236" t="inlineStr">
+        <is>
+          <t>chemin de Roc-Montès 20</t>
+        </is>
+      </c>
+      <c r="F236" t="inlineStr">
+        <is>
+          <t>2340</t>
+        </is>
+      </c>
+      <c r="G236" t="inlineStr">
+        <is>
+          <t>Le Noirmont</t>
+        </is>
+      </c>
+      <c r="H236" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I236" s="2" t="n">
+        <v>43101.0</v>
+      </c>
+      <c r="J236" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K236" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="L236" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+      <c r="M236" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N236" s="2" t="n">
+        <v>45775.0</v>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237" t="inlineStr">
+        <is>
+          <t>232</t>
+        </is>
+      </c>
+      <c r="B237" t="inlineStr">
+        <is>
+          <t>7601007900121</t>
+        </is>
+      </c>
+      <c r="C237" t="inlineStr">
+        <is>
+          <t>ZURZACH Care Ambulantes Zentrum Cham Physiotherapie</t>
+        </is>
+      </c>
+      <c r="D237" t="inlineStr">
+        <is>
+          <t>[SpecPra]</t>
+        </is>
+      </c>
+      <c r="E237" t="inlineStr">
+        <is>
+          <t>Rigistrasse 1</t>
+        </is>
+      </c>
+      <c r="F237" t="inlineStr">
+        <is>
+          <t>6330</t>
+        </is>
+      </c>
+      <c r="G237" t="inlineStr">
+        <is>
+          <t>Cham</t>
+        </is>
+      </c>
+      <c r="H237" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I237" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J237" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K237" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L237" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M237" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N237" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238" t="inlineStr">
+        <is>
+          <t>233</t>
+        </is>
+      </c>
+      <c r="B238" t="inlineStr">
+        <is>
+          <t>7601002001359</t>
+        </is>
+      </c>
+      <c r="C238" t="inlineStr">
+        <is>
+          <t>aarReha Schinznach Verwaltung</t>
+        </is>
+      </c>
+      <c r="D238" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E238" t="inlineStr">
+        <is>
+          <t>Badstrasse 55</t>
+        </is>
+      </c>
+      <c r="F238" t="inlineStr">
+        <is>
+          <t>5116</t>
+        </is>
+      </c>
+      <c r="G238" t="inlineStr">
+        <is>
+          <t>Schinznach Bad</t>
+        </is>
+      </c>
+      <c r="H238" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I238" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J238" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K238" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L238" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M238" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N238" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="239">
+      <c r="A239" t="inlineStr">
+        <is>
+          <t>234</t>
+        </is>
+      </c>
+      <c r="B239" t="inlineStr">
+        <is>
+          <t>7601002001601</t>
+        </is>
+      </c>
+      <c r="C239" t="inlineStr">
+        <is>
+          <t>Adullam-Stiftung Basel Spital und Pflegezentren - Verwaltung</t>
+        </is>
+      </c>
+      <c r="D239" t="inlineStr">
+        <is>
+          <t>[Hosp, NursHom]</t>
+        </is>
+      </c>
+      <c r="E239" t="inlineStr">
+        <is>
+          <t>Mittlere Strasse 15</t>
+        </is>
+      </c>
+      <c r="F239" t="inlineStr">
+        <is>
+          <t>4056</t>
+        </is>
+      </c>
+      <c r="G239" t="inlineStr">
+        <is>
+          <t>Basel</t>
+        </is>
+      </c>
+      <c r="H239" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I239" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J239" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K239" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L239" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M239" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N239" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="240">
+      <c r="A240" t="inlineStr">
+        <is>
+          <t>235</t>
+        </is>
+      </c>
+      <c r="B240" t="inlineStr">
+        <is>
+          <t>7601002011938</t>
+        </is>
+      </c>
+      <c r="C240" t="inlineStr">
+        <is>
+          <t>AMEOS Seeklinikum Brunnen AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D240" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E240" t="inlineStr">
+        <is>
+          <t>Gersauerstrasse 8</t>
+        </is>
+      </c>
+      <c r="F240" t="inlineStr">
+        <is>
+          <t>6440</t>
+        </is>
+      </c>
+      <c r="G240" t="inlineStr">
+        <is>
+          <t>Brunnen</t>
+        </is>
+      </c>
+      <c r="H240" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I240" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J240" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K240" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L240" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M240" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N240" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="241">
+      <c r="A241" t="inlineStr">
+        <is>
+          <t>236</t>
+        </is>
+      </c>
+      <c r="B241" t="inlineStr">
+        <is>
+          <t>7601002837071</t>
+        </is>
+      </c>
+      <c r="C241" t="inlineStr">
+        <is>
+          <t>Berit Klinik AG Berit Klinik Goldach</t>
+        </is>
+      </c>
+      <c r="D241" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E241" t="inlineStr">
+        <is>
+          <t>Klosterstrasse 19</t>
+        </is>
+      </c>
+      <c r="F241" t="inlineStr">
+        <is>
+          <t>9403</t>
+        </is>
+      </c>
+      <c r="G241" t="inlineStr">
+        <is>
+          <t>Goldach</t>
+        </is>
+      </c>
+      <c r="H241" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I241" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J241" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K241" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L241" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M241" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N241" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="242">
+      <c r="A242" t="inlineStr">
+        <is>
+          <t>237</t>
+        </is>
+      </c>
+      <c r="B242" t="inlineStr">
+        <is>
+          <t>7601002097161</t>
+        </is>
+      </c>
+      <c r="C242" t="inlineStr">
+        <is>
+          <t>Clinique Bon Port Biotonus Facturation</t>
+        </is>
+      </c>
+      <c r="D242" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E242" t="inlineStr">
+        <is>
+          <t>rue de Bon-Port 21</t>
+        </is>
+      </c>
+      <c r="F242" t="inlineStr">
+        <is>
+          <t>1820</t>
+        </is>
+      </c>
+      <c r="G242" t="inlineStr">
+        <is>
+          <t>Territet</t>
+        </is>
+      </c>
+      <c r="H242" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I242" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J242" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K242" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L242" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M242" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N242" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="243">
+      <c r="A243" t="inlineStr">
+        <is>
+          <t>238</t>
+        </is>
+      </c>
+      <c r="B243" t="inlineStr">
+        <is>
+          <t>7601002122191</t>
+        </is>
+      </c>
+      <c r="C243" t="inlineStr">
+        <is>
+          <t>Centre de Chimiothérapie Anti-Cancéreuse CCAC SA Site d'Ouchy</t>
+        </is>
+      </c>
+      <c r="D243" t="inlineStr">
+        <is>
+          <t>[GrpPra]</t>
+        </is>
+      </c>
+      <c r="E243" t="inlineStr">
+        <is>
+          <t>Avenue d'Ouchy 35</t>
+        </is>
+      </c>
+      <c r="F243" t="inlineStr">
+        <is>
+          <t>1006</t>
+        </is>
+      </c>
+      <c r="G243" t="inlineStr">
+        <is>
+          <t>Lausanne</t>
+        </is>
+      </c>
+      <c r="H243" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I243" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J243" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K243" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L243" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M243" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N243" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="244">
+      <c r="A244" t="inlineStr">
+        <is>
+          <t>239</t>
+        </is>
+      </c>
+      <c r="B244" t="inlineStr">
+        <is>
+          <t>7601002996273</t>
+        </is>
+      </c>
+      <c r="C244" t="inlineStr">
+        <is>
+          <t>Centre Médical des Cadolles SA</t>
+        </is>
+      </c>
+      <c r="D244" t="inlineStr">
+        <is>
+          <t>[GrpPra]</t>
+        </is>
+      </c>
+      <c r="E244" t="inlineStr">
+        <is>
+          <t>Rue du Plan 28</t>
+        </is>
+      </c>
+      <c r="F244" t="inlineStr">
+        <is>
+          <t>2000</t>
+        </is>
+      </c>
+      <c r="G244" t="inlineStr">
+        <is>
+          <t>Neuchâtel</t>
+        </is>
+      </c>
+      <c r="H244" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I244" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J244" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K244" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L244" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M244" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N244" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="245">
+      <c r="A245" t="inlineStr">
+        <is>
+          <t>240</t>
+        </is>
+      </c>
+      <c r="B245" t="inlineStr">
+        <is>
+          <t>7601002763967</t>
+        </is>
+      </c>
+      <c r="C245" t="inlineStr">
+        <is>
+          <t>cereneo Schweiz AG cereneo Hertenstein</t>
+        </is>
+      </c>
+      <c r="D245" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E245" t="inlineStr">
+        <is>
+          <t>Hertensteinstrasse 162</t>
+        </is>
+      </c>
+      <c r="F245" t="inlineStr">
+        <is>
+          <t>6353</t>
+        </is>
+      </c>
+      <c r="G245" t="inlineStr">
+        <is>
+          <t>Weggis</t>
+        </is>
+      </c>
+      <c r="H245" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I245" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J245" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K245" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L245" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M245" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N245" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="246">
+      <c r="A246" t="inlineStr">
+        <is>
+          <t>241</t>
+        </is>
+      </c>
+      <c r="B246" t="inlineStr">
+        <is>
+          <t>7601002122252</t>
+        </is>
+      </c>
+      <c r="C246" t="inlineStr">
+        <is>
+          <t>Clinique La Métairie Administration</t>
+        </is>
+      </c>
+      <c r="D246" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E246" t="inlineStr">
+        <is>
+          <t>avenue de Bois-Bougy 8</t>
+        </is>
+      </c>
+      <c r="F246" t="inlineStr">
+        <is>
+          <t>1260</t>
+        </is>
+      </c>
+      <c r="G246" t="inlineStr">
+        <is>
+          <t>Nyon</t>
+        </is>
+      </c>
+      <c r="H246" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I246" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J246" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K246" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L246" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M246" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N246" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="247">
+      <c r="A247" t="inlineStr">
+        <is>
+          <t>242</t>
+        </is>
+      </c>
+      <c r="B247" t="inlineStr">
+        <is>
+          <t>7601002528450</t>
+        </is>
+      </c>
+      <c r="C247" t="inlineStr">
+        <is>
+          <t>Clinique du Grand-Salève Sàrl</t>
+        </is>
+      </c>
+      <c r="D247" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E247" t="inlineStr">
+        <is>
+          <t>avenue du Grand-Salève 2</t>
+        </is>
+      </c>
+      <c r="F247" t="inlineStr">
+        <is>
+          <t>1255</t>
+        </is>
+      </c>
+      <c r="G247" t="inlineStr">
+        <is>
+          <t>Veyrier</t>
+        </is>
+      </c>
+      <c r="H247" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I247" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J247" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K247" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L247" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M247" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N247" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="248">
+      <c r="A248" t="inlineStr">
+        <is>
+          <t>243</t>
+        </is>
+      </c>
+      <c r="B248" t="inlineStr">
+        <is>
+          <t>7601002003957</t>
+        </is>
+      </c>
+      <c r="C248" t="inlineStr">
+        <is>
+          <t>Clinica Santa Croce SA</t>
+        </is>
+      </c>
+      <c r="D248" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E248" t="inlineStr">
+        <is>
+          <t>via al Parco 27</t>
+        </is>
+      </c>
+      <c r="F248" t="inlineStr">
+        <is>
+          <t>6644</t>
+        </is>
+      </c>
+      <c r="G248" t="inlineStr">
+        <is>
+          <t>Orselina</t>
+        </is>
+      </c>
+      <c r="H248" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I248" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J248" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K248" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L248" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M248" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N248" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="249">
+      <c r="A249" t="inlineStr">
+        <is>
+          <t>244</t>
+        </is>
+      </c>
+      <c r="B249" t="inlineStr">
+        <is>
+          <t>7601002003971</t>
+        </is>
+      </c>
+      <c r="C249" t="inlineStr">
+        <is>
+          <t>Clinica Viarnetto Amministrazione</t>
+        </is>
+      </c>
+      <c r="D249" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E249" t="inlineStr">
+        <is>
+          <t>via Ceresio 34b</t>
+        </is>
+      </c>
+      <c r="F249" t="inlineStr">
+        <is>
+          <t>6963</t>
+        </is>
+      </c>
+      <c r="G249" t="inlineStr">
+        <is>
+          <t>Pregassona</t>
+        </is>
+      </c>
+      <c r="H249" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I249" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J249" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K249" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L249" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M249" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N249" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="250">
+      <c r="A250" t="inlineStr">
+        <is>
+          <t>245</t>
+        </is>
+      </c>
+      <c r="B250" t="inlineStr">
+        <is>
+          <t>7601002116756</t>
+        </is>
+      </c>
+      <c r="C250" t="inlineStr">
+        <is>
+          <t>Clinique Belmont Sàrl Administration</t>
+        </is>
+      </c>
+      <c r="D250" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E250" t="inlineStr">
+        <is>
+          <t>route de Chêne 26</t>
+        </is>
+      </c>
+      <c r="F250" t="inlineStr">
+        <is>
+          <t>1207</t>
+        </is>
+      </c>
+      <c r="G250" t="inlineStr">
+        <is>
+          <t>Genève</t>
+        </is>
+      </c>
+      <c r="H250" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I250" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J250" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K250" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L250" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M250" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N250" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="251">
+      <c r="A251" t="inlineStr">
+        <is>
+          <t>246</t>
+        </is>
+      </c>
+      <c r="B251" t="inlineStr">
+        <is>
+          <t>7601002911085</t>
+        </is>
+      </c>
+      <c r="C251" t="inlineStr">
+        <is>
+          <t>Clinique CIC Collombey CIC Collombey SA</t>
+        </is>
+      </c>
+      <c r="D251" t="inlineStr">
+        <is>
+          <t>[GrpPra]</t>
+        </is>
+      </c>
+      <c r="E251" t="inlineStr">
+        <is>
+          <t>ZA des Plavaux 103</t>
+        </is>
+      </c>
+      <c r="F251" t="inlineStr">
+        <is>
+          <t>1893</t>
+        </is>
+      </c>
+      <c r="G251" t="inlineStr">
+        <is>
+          <t>Muraz (Collombey)</t>
+        </is>
+      </c>
+      <c r="H251" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I251" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J251" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K251" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L251" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M251" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N251" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="252">
+      <c r="A252" t="inlineStr">
+        <is>
+          <t>247</t>
+        </is>
+      </c>
+      <c r="B252" t="inlineStr">
+        <is>
+          <t>7601002522380</t>
+        </is>
+      </c>
+      <c r="C252" t="inlineStr">
+        <is>
+          <t>Clinique de l'Oeil OnO Valais Centre de l'Oeil Romand OnO SA</t>
+        </is>
+      </c>
+      <c r="D252" t="inlineStr">
+        <is>
+          <t>[GrpPra]</t>
+        </is>
+      </c>
+      <c r="E252" t="inlineStr">
+        <is>
+          <t>rue de la Dixence 49</t>
+        </is>
+      </c>
+      <c r="F252" t="inlineStr">
+        <is>
+          <t>1950</t>
+        </is>
+      </c>
+      <c r="G252" t="inlineStr">
+        <is>
+          <t>Sion</t>
+        </is>
+      </c>
+      <c r="H252" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I252" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J252" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K252" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L252" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M252" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N252" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="253">
+      <c r="A253" t="inlineStr">
+        <is>
+          <t>248</t>
+        </is>
+      </c>
+      <c r="B253" t="inlineStr">
+        <is>
+          <t>7601001892187</t>
+        </is>
+      </c>
+      <c r="C253" t="inlineStr">
+        <is>
+          <t>Clinique de Maisonneuve SA Centre de réadaptation et de physiothérapie</t>
+        </is>
+      </c>
+      <c r="D253" t="inlineStr">
+        <is>
+          <t>[SpecPra]</t>
+        </is>
+      </c>
+      <c r="E253" t="inlineStr">
+        <is>
+          <t>Rue de Lyon 77</t>
+        </is>
+      </c>
+      <c r="F253" t="inlineStr">
+        <is>
+          <t>1203</t>
+        </is>
+      </c>
+      <c r="G253" t="inlineStr">
+        <is>
+          <t>Genève</t>
+        </is>
+      </c>
+      <c r="H253" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I253" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J253" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K253" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L253" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M253" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N253" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="254">
+      <c r="A254" t="inlineStr">
+        <is>
+          <t>249</t>
+        </is>
+      </c>
+      <c r="B254" t="inlineStr">
+        <is>
+          <t>7601002000772</t>
+        </is>
+      </c>
+      <c r="C254" t="inlineStr">
+        <is>
+          <t>Clinique Montbrillant - Administration Swiss Medical Network Hospitals SA</t>
+        </is>
+      </c>
+      <c r="D254" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E254" t="inlineStr">
+        <is>
+          <t>Rue de la Montagne 2</t>
+        </is>
+      </c>
+      <c r="F254" t="inlineStr">
+        <is>
+          <t>2300</t>
+        </is>
+      </c>
+      <c r="G254" t="inlineStr">
+        <is>
+          <t>La Chaux-de-Fonds</t>
+        </is>
+      </c>
+      <c r="H254" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I254" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J254" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K254" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L254" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M254" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N254" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="255">
+      <c r="A255" t="inlineStr">
+        <is>
+          <t>250</t>
+        </is>
+      </c>
+      <c r="B255" t="inlineStr">
+        <is>
+          <t>7601002129831</t>
+        </is>
+      </c>
+      <c r="C255" t="inlineStr">
+        <is>
+          <t>CNP - Centre neuchâtelois de psychiatrie Site de Préfargier, site principal</t>
+        </is>
+      </c>
+      <c r="D255" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E255" t="inlineStr">
+        <is>
+          <t>Préfargier 6</t>
+        </is>
+      </c>
+      <c r="F255" t="inlineStr">
+        <is>
+          <t>2074</t>
+        </is>
+      </c>
+      <c r="G255" t="inlineStr">
+        <is>
+          <t>Marin-Epagnier</t>
+        </is>
+      </c>
+      <c r="H255" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I255" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J255" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K255" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L255" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M255" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N255" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="256">
+      <c r="A256" t="inlineStr">
+        <is>
+          <t>251</t>
+        </is>
+      </c>
+      <c r="B256" t="inlineStr">
+        <is>
+          <t>7601002527705</t>
+        </is>
+      </c>
+      <c r="C256" t="inlineStr">
+        <is>
+          <t>eHnv, Etablissements Hospitaliers du Nord Vaudois Permanence médicale de Cossonay</t>
+        </is>
+      </c>
+      <c r="D256" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E256" t="inlineStr">
+        <is>
+          <t>route d'Aubonne 2</t>
+        </is>
+      </c>
+      <c r="F256" t="inlineStr">
+        <is>
+          <t>1304</t>
+        </is>
+      </c>
+      <c r="G256" t="inlineStr">
+        <is>
+          <t>Cossonay-Ville</t>
+        </is>
+      </c>
+      <c r="H256" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I256" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J256" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K256" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L256" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M256" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N256" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="257">
+      <c r="A257" t="inlineStr">
+        <is>
+          <t>252</t>
+        </is>
+      </c>
+      <c r="B257" t="inlineStr">
+        <is>
+          <t>7601002116848</t>
+        </is>
+      </c>
+      <c r="C257" t="inlineStr">
+        <is>
+          <t>Ensemble Hospitalier de La Côte EMS Nelty de Beausobre</t>
+        </is>
+      </c>
+      <c r="D257" t="inlineStr">
+        <is>
+          <t>[NursHom]</t>
+        </is>
+      </c>
+      <c r="E257" t="inlineStr">
+        <is>
+          <t>rue des Charpentiers 3</t>
+        </is>
+      </c>
+      <c r="F257" t="inlineStr">
+        <is>
+          <t>1110</t>
+        </is>
+      </c>
+      <c r="G257" t="inlineStr">
+        <is>
+          <t>Morges</t>
+        </is>
+      </c>
+      <c r="H257" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I257" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J257" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K257" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L257" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M257" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N257" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="258">
+      <c r="A258" t="inlineStr">
+        <is>
+          <t>253</t>
+        </is>
+      </c>
+      <c r="B258" t="inlineStr">
+        <is>
+          <t>7601002121163</t>
+        </is>
+      </c>
+      <c r="C258" t="inlineStr">
+        <is>
+          <t>Ensemble Hospitalier de la Côte Hôpital de Morges - Administration</t>
+        </is>
+      </c>
+      <c r="D258" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E258" t="inlineStr">
+        <is>
+          <t>chemin du Crêt 2</t>
+        </is>
+      </c>
+      <c r="F258" t="inlineStr">
+        <is>
+          <t>1110</t>
+        </is>
+      </c>
+      <c r="G258" t="inlineStr">
+        <is>
+          <t>Morges</t>
+        </is>
+      </c>
+      <c r="H258" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I258" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J258" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K258" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L258" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M258" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N258" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="259">
+      <c r="A259" t="inlineStr">
+        <is>
+          <t>254</t>
+        </is>
+      </c>
+      <c r="B259" t="inlineStr">
+        <is>
+          <t>7601009086878</t>
+        </is>
+      </c>
+      <c r="C259" t="inlineStr">
+        <is>
+          <t>Ente Ospedaliero Cantonale Servizio centrale di contabilità e fatturazione</t>
+        </is>
+      </c>
+      <c r="D259" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E259" t="inlineStr">
+        <is>
+          <t>Via Lugano 4B</t>
+        </is>
+      </c>
+      <c r="F259" t="inlineStr">
+        <is>
+          <t>6500</t>
+        </is>
+      </c>
+      <c r="G259" t="inlineStr">
+        <is>
+          <t>Bellinzona</t>
+        </is>
+      </c>
+      <c r="H259" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I259" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J259" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K259" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L259" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M259" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N259" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="260">
+      <c r="A260" t="inlineStr">
+        <is>
+          <t>255</t>
+        </is>
+      </c>
+      <c r="B260" t="inlineStr">
+        <is>
+          <t>7601002115872</t>
+        </is>
+      </c>
+      <c r="C260" t="inlineStr">
+        <is>
+          <t>entero Klinik</t>
+        </is>
+      </c>
+      <c r="D260" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E260" t="inlineStr">
+        <is>
+          <t>Hutmattenweg 11</t>
+        </is>
+      </c>
+      <c r="F260" t="inlineStr">
+        <is>
+          <t>5704</t>
+        </is>
+      </c>
+      <c r="G260" t="inlineStr">
+        <is>
+          <t>Egliswil</t>
+        </is>
+      </c>
+      <c r="H260" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I260" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J260" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K260" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L260" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M260" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N260" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="261">
+      <c r="A261" t="inlineStr">
+        <is>
+          <t>256</t>
+        </is>
+      </c>
+      <c r="B261" t="inlineStr">
+        <is>
+          <t>7601002132374</t>
+        </is>
+      </c>
+      <c r="C261" t="inlineStr">
+        <is>
+          <t>Forel Klinik AG</t>
+        </is>
+      </c>
+      <c r="D261" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E261" t="inlineStr">
+        <is>
+          <t>Islikonerstrasse 5</t>
+        </is>
+      </c>
+      <c r="F261" t="inlineStr">
+        <is>
+          <t>8548</t>
+        </is>
+      </c>
+      <c r="G261" t="inlineStr">
+        <is>
+          <t>Ellikon an der Thur</t>
+        </is>
+      </c>
+      <c r="H261" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I261" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J261" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K261" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L261" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M261" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N261" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="262">
+      <c r="A262" t="inlineStr">
+        <is>
+          <t>257</t>
+        </is>
+      </c>
+      <c r="B262" t="inlineStr">
+        <is>
+          <t>7601002074810</t>
+        </is>
+      </c>
+      <c r="C262" t="inlineStr">
+        <is>
+          <t>Hirslanden AG - Corporate Office</t>
+        </is>
+      </c>
+      <c r="D262" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E262" t="inlineStr">
+        <is>
+          <t>Boulevard Lilienthal 2</t>
+        </is>
+      </c>
+      <c r="F262" t="inlineStr">
+        <is>
+          <t>8152</t>
+        </is>
+      </c>
+      <c r="G262" t="inlineStr">
+        <is>
+          <t>Glattpark (Opfikon)</t>
+        </is>
+      </c>
+      <c r="H262" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I262" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J262" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K262" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L262" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M262" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N262" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="263">
+      <c r="A263" t="inlineStr">
+        <is>
+          <t>258</t>
+        </is>
+      </c>
+      <c r="B263" t="inlineStr">
+        <is>
+          <t>7601002122405</t>
+        </is>
+      </c>
+      <c r="C263" t="inlineStr">
+        <is>
+          <t>Hirslanden AG - Klinik im Park Anästhesie &amp; Intensivmedizin</t>
+        </is>
+      </c>
+      <c r="D263" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E263" t="inlineStr">
+        <is>
+          <t>Seestrasse 220</t>
+        </is>
+      </c>
+      <c r="F263" t="inlineStr">
+        <is>
+          <t>8027</t>
+        </is>
+      </c>
+      <c r="G263" t="inlineStr">
+        <is>
+          <t>Zürich</t>
+        </is>
+      </c>
+      <c r="H263" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I263" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J263" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K263" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L263" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M263" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N263" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="264">
+      <c r="A264" t="inlineStr">
+        <is>
+          <t>259</t>
+        </is>
+      </c>
+      <c r="B264" t="inlineStr">
+        <is>
+          <t>7601009318221</t>
+        </is>
+      </c>
+      <c r="C264" t="inlineStr">
+        <is>
+          <t>HOCH Health Ostschweiz - Spital Wil</t>
+        </is>
+      </c>
+      <c r="D264" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E264" t="inlineStr">
+        <is>
+          <t>Fürstenlandstrasse 32</t>
+        </is>
+      </c>
+      <c r="F264" t="inlineStr">
+        <is>
+          <t>9500</t>
+        </is>
+      </c>
+      <c r="G264" t="inlineStr">
+        <is>
+          <t>Wil SG</t>
+        </is>
+      </c>
+      <c r="H264" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I264" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J264" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K264" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L264" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M264" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N264" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="265">
+      <c r="A265" t="inlineStr">
+        <is>
+          <t>260</t>
+        </is>
+      </c>
+      <c r="B265" t="inlineStr">
+        <is>
+          <t>7601002153157</t>
+        </is>
+      </c>
+      <c r="C265" t="inlineStr">
+        <is>
+          <t>HOCH Health Ostschweiz - Kantonsspital St. Gallen</t>
+        </is>
+      </c>
+      <c r="D265" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E265" t="inlineStr">
+        <is>
+          <t>Rorschacher Strasse 95</t>
+        </is>
+      </c>
+      <c r="F265" t="inlineStr">
+        <is>
+          <t>9000</t>
+        </is>
+      </c>
+      <c r="G265" t="inlineStr">
+        <is>
+          <t>St. Gallen</t>
+        </is>
+      </c>
+      <c r="H265" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I265" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J265" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K265" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L265" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M265" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N265" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="266">
+      <c r="A266" t="inlineStr">
+        <is>
+          <t>261</t>
+        </is>
+      </c>
+      <c r="B266" t="inlineStr">
+        <is>
+          <t>7601002000420</t>
+        </is>
+      </c>
+      <c r="C266" t="inlineStr">
+        <is>
+          <t>Hôpital de la Providence - Administration Swiss Medical Network Hospitals SA</t>
+        </is>
+      </c>
+      <c r="D266" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E266" t="inlineStr">
+        <is>
+          <t>faubourg de l'Hôpital 81</t>
+        </is>
+      </c>
+      <c r="F266" t="inlineStr">
+        <is>
+          <t>2000</t>
+        </is>
+      </c>
+      <c r="G266" t="inlineStr">
+        <is>
+          <t>Neuchâtel</t>
+        </is>
+      </c>
+      <c r="H266" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I266" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J266" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K266" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L266" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M266" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N266" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="267">
+      <c r="A267" t="inlineStr">
+        <is>
+          <t>262</t>
+        </is>
+      </c>
+      <c r="B267" t="inlineStr">
+        <is>
+          <t>7601002124348</t>
+        </is>
+      </c>
+      <c r="C267" t="inlineStr">
+        <is>
+          <t>HVS - Institut Central des Hôpitaux Hématologie</t>
+        </is>
+      </c>
+      <c r="D267" t="inlineStr">
+        <is>
+          <t>[Inst]</t>
+        </is>
+      </c>
+      <c r="E267" t="inlineStr">
+        <is>
+          <t>avenue du Grand-Champsec 86</t>
+        </is>
+      </c>
+      <c r="F267" t="inlineStr">
+        <is>
+          <t>1950</t>
+        </is>
+      </c>
+      <c r="G267" t="inlineStr">
+        <is>
+          <t>Sion</t>
+        </is>
+      </c>
+      <c r="H267" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I267" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J267" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K267" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L267" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M267" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N267" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="268">
+      <c r="A268" t="inlineStr">
+        <is>
+          <t>263</t>
+        </is>
+      </c>
+      <c r="B268" t="inlineStr">
+        <is>
+          <t>7601002004114</t>
+        </is>
+      </c>
+      <c r="C268" t="inlineStr">
+        <is>
+          <t>HVS - CHVR - Hôpital psychiatrique de Malévoz Administration</t>
+        </is>
+      </c>
+      <c r="D268" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E268" t="inlineStr">
+        <is>
+          <t>route de Morgins 10</t>
+        </is>
+      </c>
+      <c r="F268" t="inlineStr">
+        <is>
+          <t>1870</t>
+        </is>
+      </c>
+      <c r="G268" t="inlineStr">
+        <is>
+          <t>Monthey</t>
+        </is>
+      </c>
+      <c r="H268" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I268" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J268" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K268" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L268" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M268" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N268" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="269">
+      <c r="A269" t="inlineStr">
+        <is>
+          <t>264</t>
+        </is>
+      </c>
+      <c r="B269" t="inlineStr">
+        <is>
+          <t>7601002743853</t>
+        </is>
+      </c>
+      <c r="C269" t="inlineStr">
+        <is>
+          <t>Hôpital Intercantonal de la Broye HIB Policlinique - Maison de la Santé</t>
+        </is>
+      </c>
+      <c r="D269" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E269" t="inlineStr">
+        <is>
+          <t>avenue de Cerjat 6</t>
+        </is>
+      </c>
+      <c r="F269" t="inlineStr">
+        <is>
+          <t>1510</t>
+        </is>
+      </c>
+      <c r="G269" t="inlineStr">
+        <is>
+          <t>Moudon</t>
+        </is>
+      </c>
+      <c r="H269" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I269" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J269" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K269" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L269" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M269" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N269" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="270">
+      <c r="A270" t="inlineStr">
+        <is>
+          <t>265</t>
+        </is>
+      </c>
+      <c r="B270" t="inlineStr">
+        <is>
+          <t>7601002720120</t>
+        </is>
+      </c>
+      <c r="C270" t="inlineStr">
+        <is>
+          <t>Hôpital ophtalmique Jules-Gonin - Lausanne Fondation Asile des aveugles</t>
+        </is>
+      </c>
+      <c r="D270" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E270" t="inlineStr">
+        <is>
+          <t>place de la Gare 9a-11</t>
+        </is>
+      </c>
+      <c r="F270" t="inlineStr">
+        <is>
+          <t>1003</t>
+        </is>
+      </c>
+      <c r="G270" t="inlineStr">
+        <is>
+          <t>Lausanne</t>
+        </is>
+      </c>
+      <c r="H270" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I270" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J270" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K270" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L270" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M270" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N270" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="271">
+      <c r="A271" t="inlineStr">
+        <is>
+          <t>266</t>
+        </is>
+      </c>
+      <c r="B271" t="inlineStr">
+        <is>
+          <t>7601002000147</t>
+        </is>
+      </c>
+      <c r="C271" t="inlineStr">
+        <is>
+          <t>Spitäler Chur AG, Kantonsspital Graubünden Verwaltung</t>
+        </is>
+      </c>
+      <c r="D271" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E271" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F271" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G271" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H271" t="inlineStr">
+        <is>
+          <t>Past</t>
+        </is>
+      </c>
+      <c r="I271" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J271" s="2" t="n">
+        <v>45994.0</v>
+      </c>
+      <c r="K271" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L271" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M271" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N271" s="2" t="n">
+        <v>45994.0</v>
+      </c>
+    </row>
+    <row r="272">
+      <c r="A272" t="inlineStr">
+        <is>
+          <t>267</t>
+        </is>
+      </c>
+      <c r="B272" t="inlineStr">
+        <is>
+          <t>7601002116725</t>
+        </is>
+      </c>
+      <c r="C272" t="inlineStr">
+        <is>
+          <t>Kantonsspital Graubünden Standort Fontana / Frauenklinik Fontana</t>
+        </is>
+      </c>
+      <c r="D272" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E272" t="inlineStr">
+        <is>
+          <t>Lürlibadstrasse 118</t>
+        </is>
+      </c>
+      <c r="F272" t="inlineStr">
+        <is>
+          <t>7000</t>
+        </is>
+      </c>
+      <c r="G272" t="inlineStr">
+        <is>
+          <t>Chur</t>
+        </is>
+      </c>
+      <c r="H272" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I272" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J272" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K272" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L272" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M272" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N272" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="273">
+      <c r="A273" t="inlineStr">
+        <is>
+          <t>268</t>
+        </is>
+      </c>
+      <c r="B273" t="inlineStr">
+        <is>
+          <t>7601002002660</t>
+        </is>
+      </c>
+      <c r="C273" t="inlineStr">
+        <is>
+          <t>Kantonsspital Graubünden Standort Kreuzspital</t>
+        </is>
+      </c>
+      <c r="D273" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E273" t="inlineStr">
+        <is>
+          <t>Loëstrasse 99</t>
+        </is>
+      </c>
+      <c r="F273" t="inlineStr">
+        <is>
+          <t>7000</t>
+        </is>
+      </c>
+      <c r="G273" t="inlineStr">
+        <is>
+          <t>Chur</t>
+        </is>
+      </c>
+      <c r="H273" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I273" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J273" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K273" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L273" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M273" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N273" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="274">
+      <c r="A274" t="inlineStr">
+        <is>
+          <t>269</t>
+        </is>
+      </c>
+      <c r="B274" t="inlineStr">
+        <is>
+          <t>7601002136013</t>
+        </is>
+      </c>
+      <c r="C274" t="inlineStr">
+        <is>
+          <t>Ita Wegman Ambulatorium Klinik Arlesheim AG</t>
+        </is>
+      </c>
+      <c r="D274" t="inlineStr">
+        <is>
+          <t>[GrpPra]</t>
+        </is>
+      </c>
+      <c r="E274" t="inlineStr">
+        <is>
+          <t>Viaduktstrasse 12</t>
+        </is>
+      </c>
+      <c r="F274" t="inlineStr">
+        <is>
+          <t>4051</t>
+        </is>
+      </c>
+      <c r="G274" t="inlineStr">
+        <is>
+          <t>Basel</t>
+        </is>
+      </c>
+      <c r="H274" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I274" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J274" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K274" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L274" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M274" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N274" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="275">
+      <c r="A275" t="inlineStr">
+        <is>
+          <t>270</t>
+        </is>
+      </c>
+      <c r="B275" t="inlineStr">
+        <is>
+          <t>7601002001212</t>
+        </is>
+      </c>
+      <c r="C275" t="inlineStr">
+        <is>
+          <t>Klinik Im Hasel AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D275" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E275" t="inlineStr">
+        <is>
+          <t>Hasel 837</t>
+        </is>
+      </c>
+      <c r="F275" t="inlineStr">
+        <is>
+          <t>5728</t>
+        </is>
+      </c>
+      <c r="G275" t="inlineStr">
+        <is>
+          <t>Gontenschwil</t>
+        </is>
+      </c>
+      <c r="H275" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I275" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J275" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K275" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L275" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M275" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N275" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="276">
+      <c r="A276" t="inlineStr">
+        <is>
+          <t>271</t>
+        </is>
+      </c>
+      <c r="B276" t="inlineStr">
+        <is>
+          <t>7601002001328</t>
+        </is>
+      </c>
+      <c r="C276" t="inlineStr">
+        <is>
+          <t>Schützen Rheinfelden AG Klinik Schützen - Verwaltung</t>
+        </is>
+      </c>
+      <c r="D276" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E276" t="inlineStr">
+        <is>
+          <t>Bahnhofstrasse 19</t>
+        </is>
+      </c>
+      <c r="F276" t="inlineStr">
+        <is>
+          <t>4310</t>
+        </is>
+      </c>
+      <c r="G276" t="inlineStr">
+        <is>
+          <t>Rheinfelden</t>
+        </is>
+      </c>
+      <c r="H276" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I276" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J276" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K276" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L276" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M276" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N276" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="277">
+      <c r="A277" t="inlineStr">
+        <is>
+          <t>272</t>
+        </is>
+      </c>
+      <c r="B277" t="inlineStr">
+        <is>
+          <t>7601002132350</t>
+        </is>
+      </c>
+      <c r="C277" t="inlineStr">
+        <is>
+          <t>Klinik Selhofen</t>
+        </is>
+      </c>
+      <c r="D277" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E277" t="inlineStr">
+        <is>
+          <t>Emmentalstrasse 8</t>
+        </is>
+      </c>
+      <c r="F277" t="inlineStr">
+        <is>
+          <t>3400</t>
+        </is>
+      </c>
+      <c r="G277" t="inlineStr">
+        <is>
+          <t>Burgdorf</t>
+        </is>
+      </c>
+      <c r="H277" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I277" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J277" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K277" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L277" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M277" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N277" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="278">
+      <c r="A278" t="inlineStr">
+        <is>
+          <t>273</t>
+        </is>
+      </c>
+      <c r="B278" t="inlineStr">
+        <is>
+          <t>7601002080941</t>
+        </is>
+      </c>
+      <c r="C278" t="inlineStr">
+        <is>
+          <t>Klinik SGM Langenthal - Administration Stiftung für ganzheitliche Medizin</t>
+        </is>
+      </c>
+      <c r="D278" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E278" t="inlineStr">
+        <is>
+          <t>Weissensteinstrasse 30</t>
+        </is>
+      </c>
+      <c r="F278" t="inlineStr">
+        <is>
+          <t>4900</t>
+        </is>
+      </c>
+      <c r="G278" t="inlineStr">
+        <is>
+          <t>Langenthal</t>
+        </is>
+      </c>
+      <c r="H278" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I278" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J278" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K278" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L278" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M278" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N278" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="279">
+      <c r="A279" t="inlineStr">
+        <is>
+          <t>274</t>
+        </is>
+      </c>
+      <c r="B279" t="inlineStr">
+        <is>
+          <t>7601002001663</t>
+        </is>
+      </c>
+      <c r="C279" t="inlineStr">
+        <is>
+          <t>Klinik Sonnenhalde AG Psychiatrie und Psychotherapie - Verwaltung</t>
+        </is>
+      </c>
+      <c r="D279" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E279" t="inlineStr">
+        <is>
+          <t>Gänshaldenweg 28</t>
+        </is>
+      </c>
+      <c r="F279" t="inlineStr">
+        <is>
+          <t>4125</t>
+        </is>
+      </c>
+      <c r="G279" t="inlineStr">
+        <is>
+          <t>Riehen</t>
+        </is>
+      </c>
+      <c r="H279" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I279" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J279" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K279" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L279" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M279" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N279" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="280">
+      <c r="A280" t="inlineStr">
+        <is>
+          <t>275</t>
+        </is>
+      </c>
+      <c r="B280" t="inlineStr">
+        <is>
+          <t>7601002115896</t>
+        </is>
+      </c>
+      <c r="C280" t="inlineStr">
+        <is>
+          <t>Südhang Kompetenzzentrum für Mensch und Sucht</t>
+        </is>
+      </c>
+      <c r="D280" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E280" t="inlineStr">
+        <is>
+          <t>Südhang 1</t>
+        </is>
+      </c>
+      <c r="F280" t="inlineStr">
+        <is>
+          <t>3038</t>
+        </is>
+      </c>
+      <c r="G280" t="inlineStr">
+        <is>
+          <t>Kirchlindach</t>
+        </is>
+      </c>
+      <c r="H280" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I280" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J280" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K280" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L280" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M280" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N280" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="281">
+      <c r="A281" t="inlineStr">
+        <is>
+          <t>276</t>
+        </is>
+      </c>
+      <c r="B281" t="inlineStr">
+        <is>
+          <t>7601002005203</t>
+        </is>
+      </c>
+      <c r="C281" t="inlineStr">
+        <is>
+          <t>Klinik Susenberg Verwaltung</t>
+        </is>
+      </c>
+      <c r="D281" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E281" t="inlineStr">
+        <is>
+          <t>Schreberweg 9</t>
+        </is>
+      </c>
+      <c r="F281" t="inlineStr">
+        <is>
+          <t>8044</t>
+        </is>
+      </c>
+      <c r="G281" t="inlineStr">
+        <is>
+          <t>Zürich</t>
+        </is>
+      </c>
+      <c r="H281" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I281" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J281" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K281" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L281" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M281" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N281" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="282">
+      <c r="A282" t="inlineStr">
+        <is>
+          <t>277</t>
+        </is>
+      </c>
+      <c r="B282" t="inlineStr">
+        <is>
+          <t>7601002097970</t>
+        </is>
+      </c>
+      <c r="C282" t="inlineStr">
+        <is>
+          <t>Klinik Wysshölzli - Verwaltung Marie Sollberger-Stiftung</t>
+        </is>
+      </c>
+      <c r="D282" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E282" t="inlineStr">
+        <is>
+          <t>Waldrandweg 19</t>
+        </is>
+      </c>
+      <c r="F282" t="inlineStr">
+        <is>
+          <t>3360</t>
+        </is>
+      </c>
+      <c r="G282" t="inlineStr">
+        <is>
+          <t>Herzogenbuchsee</t>
+        </is>
+      </c>
+      <c r="H282" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I282" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J282" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K282" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L282" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M282" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N282" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="283">
+      <c r="A283" t="inlineStr">
+        <is>
+          <t>278</t>
+        </is>
+      </c>
+      <c r="B283" t="inlineStr">
+        <is>
+          <t>7601002117456</t>
+        </is>
+      </c>
+      <c r="C283" t="inlineStr">
+        <is>
+          <t>KTK Kindertagesklinik Liestal AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D283" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E283" t="inlineStr">
+        <is>
+          <t>Oristalstrasse 87A</t>
+        </is>
+      </c>
+      <c r="F283" t="inlineStr">
+        <is>
+          <t>4410</t>
+        </is>
+      </c>
+      <c r="G283" t="inlineStr">
+        <is>
+          <t>Liestal</t>
+        </is>
+      </c>
+      <c r="H283" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I283" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J283" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K283" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L283" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M283" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N283" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="284">
+      <c r="A284" t="inlineStr">
+        <is>
+          <t>279</t>
+        </is>
+      </c>
+      <c r="B284" t="inlineStr">
+        <is>
+          <t>7601001234208</t>
+        </is>
+      </c>
+      <c r="C284" t="inlineStr">
+        <is>
+          <t>Luzerner Psychiatrie AG Ambulatorium A Luzern</t>
+        </is>
+      </c>
+      <c r="D284" t="inlineStr">
+        <is>
+          <t>[ONursOrg]</t>
+        </is>
+      </c>
+      <c r="E284" t="inlineStr">
+        <is>
+          <t>Obernauerstrasse 20</t>
+        </is>
+      </c>
+      <c r="F284" t="inlineStr">
+        <is>
+          <t>6010</t>
+        </is>
+      </c>
+      <c r="G284" t="inlineStr">
+        <is>
+          <t>Kriens</t>
+        </is>
+      </c>
+      <c r="H284" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I284" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J284" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K284" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L284" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M284" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N284" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="285">
+      <c r="A285" t="inlineStr">
+        <is>
+          <t>280</t>
+        </is>
+      </c>
+      <c r="B285" t="inlineStr">
+        <is>
+          <t>7601001252417</t>
+        </is>
+      </c>
+      <c r="C285" t="inlineStr">
+        <is>
+          <t>Luzerner Psychiatrie AG - Ambulante Dienste Drop-in</t>
+        </is>
+      </c>
+      <c r="D285" t="inlineStr">
+        <is>
+          <t>[ONursOrg]</t>
+        </is>
+      </c>
+      <c r="E285" t="inlineStr">
+        <is>
+          <t>Bruchstrasse 29a</t>
+        </is>
+      </c>
+      <c r="F285" t="inlineStr">
+        <is>
+          <t>6003</t>
+        </is>
+      </c>
+      <c r="G285" t="inlineStr">
+        <is>
+          <t>Luzern</t>
+        </is>
+      </c>
+      <c r="H285" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I285" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J285" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K285" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L285" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M285" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N285" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="286">
+      <c r="A286" t="inlineStr">
+        <is>
+          <t>281</t>
+        </is>
+      </c>
+      <c r="B286" t="inlineStr">
+        <is>
+          <t>7601002124003</t>
+        </is>
+      </c>
+      <c r="C286" t="inlineStr">
+        <is>
+          <t>Medizinisches Zentrum Brugg AG</t>
+        </is>
+      </c>
+      <c r="D286" t="inlineStr">
+        <is>
+          <t>[GrpPra]</t>
+        </is>
+      </c>
+      <c r="E286" t="inlineStr">
+        <is>
+          <t>Fröhlichstrasse 7</t>
+        </is>
+      </c>
+      <c r="F286" t="inlineStr">
+        <is>
+          <t>5200</t>
+        </is>
+      </c>
+      <c r="G286" t="inlineStr">
+        <is>
+          <t>Brugg AG</t>
+        </is>
+      </c>
+      <c r="H286" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I286" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J286" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K286" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L286" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M286" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N286" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="287">
+      <c r="A287" t="inlineStr">
+        <is>
+          <t>282</t>
+        </is>
+      </c>
+      <c r="B287" t="inlineStr">
+        <is>
+          <t>7601002020626</t>
+        </is>
+      </c>
+      <c r="C287" t="inlineStr">
+        <is>
+          <t>Pallas Klinik Olten Pallas Kliniken AG</t>
+        </is>
+      </c>
+      <c r="D287" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E287" t="inlineStr">
+        <is>
+          <t>Louis Giroud-Strasse 20/26</t>
+        </is>
+      </c>
+      <c r="F287" t="inlineStr">
+        <is>
+          <t>4600</t>
+        </is>
+      </c>
+      <c r="G287" t="inlineStr">
+        <is>
+          <t>Olten</t>
+        </is>
+      </c>
+      <c r="H287" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I287" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J287" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K287" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L287" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M287" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N287" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="288">
+      <c r="A288" t="inlineStr">
+        <is>
+          <t>283</t>
+        </is>
+      </c>
+      <c r="B288" t="inlineStr">
+        <is>
+          <t>7601002526210</t>
+        </is>
+      </c>
+      <c r="C288" t="inlineStr">
+        <is>
+          <t>Permanence Volta SA</t>
+        </is>
+      </c>
+      <c r="D288" t="inlineStr">
+        <is>
+          <t>[GrpPra]</t>
+        </is>
+      </c>
+      <c r="E288" t="inlineStr">
+        <is>
+          <t>rue Numa-Droz 187</t>
+        </is>
+      </c>
+      <c r="F288" t="inlineStr">
+        <is>
+          <t>2300</t>
+        </is>
+      </c>
+      <c r="G288" t="inlineStr">
+        <is>
+          <t>La Chaux-de-Fonds</t>
+        </is>
+      </c>
+      <c r="H288" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I288" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J288" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K288" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L288" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M288" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N288" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="289">
+      <c r="A289" t="inlineStr">
+        <is>
+          <t>284</t>
+        </is>
+      </c>
+      <c r="B289" t="inlineStr">
+        <is>
+          <t>7601002530866</t>
+        </is>
+      </c>
+      <c r="C289" t="inlineStr">
+        <is>
+          <t>Pôle Santé du Pays-d'Enhaut EMS Résidence Les Gentianes</t>
+        </is>
+      </c>
+      <c r="D289" t="inlineStr">
+        <is>
+          <t>[NursHom]</t>
+        </is>
+      </c>
+      <c r="E289" t="inlineStr">
+        <is>
+          <t>route de l'Hôpital 38</t>
+        </is>
+      </c>
+      <c r="F289" t="inlineStr">
+        <is>
+          <t>1660</t>
+        </is>
+      </c>
+      <c r="G289" t="inlineStr">
+        <is>
+          <t>Château-d'Oex</t>
+        </is>
+      </c>
+      <c r="H289" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I289" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J289" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K289" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L289" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M289" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N289" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="290">
+      <c r="A290" t="inlineStr">
+        <is>
+          <t>285</t>
+        </is>
+      </c>
+      <c r="B290" t="inlineStr">
+        <is>
+          <t>7601002003629</t>
+        </is>
+      </c>
+      <c r="C290" t="inlineStr">
+        <is>
+          <t>Klinik Aadorf AG</t>
+        </is>
+      </c>
+      <c r="D290" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E290" t="inlineStr">
+        <is>
+          <t>Fohrenbergstrasse 23</t>
+        </is>
+      </c>
+      <c r="F290" t="inlineStr">
+        <is>
+          <t>8355</t>
+        </is>
+      </c>
+      <c r="G290" t="inlineStr">
+        <is>
+          <t>Aadorf</t>
+        </is>
+      </c>
+      <c r="H290" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I290" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J290" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K290" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L290" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M290" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N290" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="291">
+      <c r="A291" t="inlineStr">
+        <is>
+          <t>286</t>
+        </is>
+      </c>
+      <c r="B291" t="inlineStr">
+        <is>
+          <t>7601002114691</t>
+        </is>
+      </c>
+      <c r="C291" t="inlineStr">
+        <is>
+          <t>Privatklinik Hohenegg AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D291" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E291" t="inlineStr">
+        <is>
+          <t>Hohenegg 1</t>
+        </is>
+      </c>
+      <c r="F291" t="inlineStr">
+        <is>
+          <t>8706</t>
+        </is>
+      </c>
+      <c r="G291" t="inlineStr">
+        <is>
+          <t>Meilen</t>
+        </is>
+      </c>
+      <c r="H291" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I291" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J291" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K291" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L291" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M291" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N291" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="292">
+      <c r="A292" t="inlineStr">
+        <is>
+          <t>287</t>
+        </is>
+      </c>
+      <c r="B292" t="inlineStr">
+        <is>
+          <t>7601002126960</t>
+        </is>
+      </c>
+      <c r="C292" t="inlineStr">
+        <is>
+          <t>Privatklinik Wyss AG Ambulante Dienste Bern</t>
+        </is>
+      </c>
+      <c r="D292" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E292" t="inlineStr">
+        <is>
+          <t>Schläflistrasse 17</t>
+        </is>
+      </c>
+      <c r="F292" t="inlineStr">
+        <is>
+          <t>3013</t>
+        </is>
+      </c>
+      <c r="G292" t="inlineStr">
+        <is>
+          <t>Bern</t>
+        </is>
+      </c>
+      <c r="H292" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I292" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J292" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K292" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L292" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M292" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N292" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="293">
+      <c r="A293" t="inlineStr">
+        <is>
+          <t>288</t>
+        </is>
+      </c>
+      <c r="B293" t="inlineStr">
+        <is>
+          <t>7601002126977</t>
+        </is>
+      </c>
+      <c r="C293" t="inlineStr">
+        <is>
+          <t>Privatklinik Wyss AG Ambulante Dienste Biel</t>
+        </is>
+      </c>
+      <c r="D293" t="inlineStr">
+        <is>
+          <t>[ONursOrg]</t>
+        </is>
+      </c>
+      <c r="E293" t="inlineStr">
+        <is>
+          <t>Dählenweg 6</t>
+        </is>
+      </c>
+      <c r="F293" t="inlineStr">
+        <is>
+          <t>2503</t>
+        </is>
+      </c>
+      <c r="G293" t="inlineStr">
+        <is>
+          <t>Biel/Bienne</t>
+        </is>
+      </c>
+      <c r="H293" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I293" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J293" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K293" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L293" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M293" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N293" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="294">
+      <c r="A294" t="inlineStr">
+        <is>
+          <t>289</t>
+        </is>
+      </c>
+      <c r="B294" t="inlineStr">
+        <is>
+          <t>7601002152136</t>
+        </is>
+      </c>
+      <c r="C294" t="inlineStr">
+        <is>
+          <t>Psychiatrische Dienste Graubünden Allgemeinpsychiatrische Tagesklinik Glarus</t>
+        </is>
+      </c>
+      <c r="D294" t="inlineStr">
+        <is>
+          <t>[ONursOrg]</t>
+        </is>
+      </c>
+      <c r="E294" t="inlineStr">
+        <is>
+          <t>Burgstrasse 99</t>
+        </is>
+      </c>
+      <c r="F294" t="inlineStr">
+        <is>
+          <t>8750</t>
+        </is>
+      </c>
+      <c r="G294" t="inlineStr">
+        <is>
+          <t>Glarus</t>
+        </is>
+      </c>
+      <c r="H294" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I294" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J294" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K294" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L294" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M294" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N294" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="295">
+      <c r="A295" t="inlineStr">
+        <is>
+          <t>290</t>
+        </is>
+      </c>
+      <c r="B295" t="inlineStr">
+        <is>
+          <t>7601002108645</t>
+        </is>
+      </c>
+      <c r="C295" t="inlineStr">
+        <is>
+          <t>Salina Medizin AG Praxis im Kurzentrum</t>
+        </is>
+      </c>
+      <c r="D295" t="inlineStr">
+        <is>
+          <t>[GrpPra]</t>
+        </is>
+      </c>
+      <c r="E295" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F295" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G295" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H295" t="inlineStr">
+        <is>
+          <t>Past</t>
+        </is>
+      </c>
+      <c r="I295" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J295" s="2" t="n">
+        <v>45994.0</v>
+      </c>
+      <c r="K295" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L295" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M295" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N295" s="2" t="n">
+        <v>45994.0</v>
+      </c>
+    </row>
+    <row r="296">
+      <c r="A296" t="inlineStr">
+        <is>
+          <t>291</t>
+        </is>
+      </c>
+      <c r="B296" t="inlineStr">
+        <is>
+          <t>7601002100663</t>
+        </is>
+      </c>
+      <c r="C296" t="inlineStr">
+        <is>
+          <t>Spitalverbund AR Psychiatrisches Zentrum</t>
+        </is>
+      </c>
+      <c r="D296" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E296" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F296" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G296" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H296" t="inlineStr">
+        <is>
+          <t>Past</t>
+        </is>
+      </c>
+      <c r="I296" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J296" s="2" t="n">
+        <v>45994.0</v>
+      </c>
+      <c r="K296" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L296" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M296" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N296" s="2" t="n">
+        <v>45994.0</v>
+      </c>
+    </row>
+    <row r="297">
+      <c r="A297" t="inlineStr">
+        <is>
+          <t>292</t>
+        </is>
+      </c>
+      <c r="B297" t="inlineStr">
+        <is>
+          <t>7601002121378</t>
+        </is>
+      </c>
+      <c r="C297" t="inlineStr">
+        <is>
+          <t>Soteria Bern IG Sozialpsychiatrie Bern</t>
+        </is>
+      </c>
+      <c r="D297" t="inlineStr">
+        <is>
+          <t>[NursHom]</t>
+        </is>
+      </c>
+      <c r="E297" t="inlineStr">
+        <is>
+          <t>Zieglerstrasse 34</t>
+        </is>
+      </c>
+      <c r="F297" t="inlineStr">
+        <is>
+          <t>3007</t>
+        </is>
+      </c>
+      <c r="G297" t="inlineStr">
+        <is>
+          <t>Bern</t>
+        </is>
+      </c>
+      <c r="H297" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I297" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J297" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K297" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L297" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M297" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N297" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="298">
+      <c r="A298" t="inlineStr">
+        <is>
+          <t>293</t>
+        </is>
+      </c>
+      <c r="B298" t="inlineStr">
+        <is>
+          <t>7601002116978</t>
+        </is>
+      </c>
+      <c r="C298" t="inlineStr">
+        <is>
+          <t>Fachspital Sune-Egge - Verwaltung Stiftung Sozialwerk Pfarrer Sieber</t>
+        </is>
+      </c>
+      <c r="D298" t="inlineStr">
+        <is>
+          <t>[ONursOrg]</t>
+        </is>
+      </c>
+      <c r="E298" t="inlineStr">
+        <is>
+          <t>Riedenhaldenstrasse 11</t>
+        </is>
+      </c>
+      <c r="F298" t="inlineStr">
+        <is>
+          <t>8046</t>
+        </is>
+      </c>
+      <c r="G298" t="inlineStr">
+        <is>
+          <t>Zürich</t>
+        </is>
+      </c>
+      <c r="H298" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I298" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J298" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K298" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L298" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M298" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N298" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="299">
+      <c r="A299" t="inlineStr">
+        <is>
+          <t>294</t>
+        </is>
+      </c>
+      <c r="B299" t="inlineStr">
+        <is>
+          <t>7601002116794</t>
+        </is>
+      </c>
+      <c r="C299" t="inlineStr">
+        <is>
+          <t>Spitalverbund AR Spital Herisau, Verwaltung</t>
+        </is>
+      </c>
+      <c r="D299" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E299" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F299" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G299" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H299" t="inlineStr">
+        <is>
+          <t>Past</t>
+        </is>
+      </c>
+      <c r="I299" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J299" s="2" t="n">
+        <v>45994.0</v>
+      </c>
+      <c r="K299" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L299" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M299" t="inlineStr">
+        <is>
+          <t>Tech</t>
+        </is>
+      </c>
+      <c r="N299" s="2" t="n">
+        <v>45994.0</v>
+      </c>
+    </row>
+    <row r="300">
+      <c r="A300" t="inlineStr">
+        <is>
+          <t>295</t>
+        </is>
+      </c>
+      <c r="B300" t="inlineStr">
+        <is>
+          <t>7601002908153</t>
+        </is>
+      </c>
+      <c r="C300" t="inlineStr">
+        <is>
+          <t>Ambulatorium Löwen Stiftung Spital Muri</t>
+        </is>
+      </c>
+      <c r="D300" t="inlineStr">
+        <is>
+          <t>[GrpPra]</t>
+        </is>
+      </c>
+      <c r="E300" t="inlineStr">
+        <is>
+          <t>Marktstrasse 8</t>
+        </is>
+      </c>
+      <c r="F300" t="inlineStr">
+        <is>
+          <t>5630</t>
+        </is>
+      </c>
+      <c r="G300" t="inlineStr">
+        <is>
+          <t>Muri AG</t>
+        </is>
+      </c>
+      <c r="H300" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I300" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J300" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K300" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L300" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M300" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N300" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="301">
+      <c r="A301" t="inlineStr">
+        <is>
+          <t>296</t>
+        </is>
+      </c>
+      <c r="B301" t="inlineStr">
+        <is>
+          <t>7601002921039</t>
+        </is>
+      </c>
+      <c r="C301" t="inlineStr">
+        <is>
+          <t>Frauenärztliche Praxis Bremgarten Stiftung Spital Muri</t>
+        </is>
+      </c>
+      <c r="D301" t="inlineStr">
+        <is>
+          <t>[GrpPra]</t>
+        </is>
+      </c>
+      <c r="E301" t="inlineStr">
+        <is>
+          <t>Sonnengutstrasse 4</t>
+        </is>
+      </c>
+      <c r="F301" t="inlineStr">
+        <is>
+          <t>5620</t>
+        </is>
+      </c>
+      <c r="G301" t="inlineStr">
+        <is>
+          <t>Bremgarten AG</t>
+        </is>
+      </c>
+      <c r="H301" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I301" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J301" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K301" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L301" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M301" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N301" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="302">
+      <c r="A302" t="inlineStr">
+        <is>
+          <t>297</t>
+        </is>
+      </c>
+      <c r="B302" t="inlineStr">
+        <is>
+          <t>7601002086363</t>
+        </is>
+      </c>
+      <c r="C302" t="inlineStr">
+        <is>
+          <t>Spital Uster AG Verwaltung</t>
+        </is>
+      </c>
+      <c r="D302" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E302" t="inlineStr">
+        <is>
+          <t>Brunnenstrasse 42</t>
+        </is>
+      </c>
+      <c r="F302" t="inlineStr">
+        <is>
+          <t>8610</t>
+        </is>
+      </c>
+      <c r="G302" t="inlineStr">
+        <is>
+          <t>Uster</t>
+        </is>
+      </c>
+      <c r="H302" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I302" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J302" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K302" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L302" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M302" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N302" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="303">
+      <c r="A303" t="inlineStr">
+        <is>
+          <t>298</t>
+        </is>
+      </c>
+      <c r="B303" t="inlineStr">
+        <is>
+          <t>7601002136297</t>
+        </is>
+      </c>
+      <c r="C303" t="inlineStr">
+        <is>
+          <t>Spitalverbund Appenzell Ausserrhoden Psychiatrisches Zentrum Herisau</t>
+        </is>
+      </c>
+      <c r="D303" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E303" t="inlineStr">
+        <is>
+          <t>Krombach 3</t>
+        </is>
+      </c>
+      <c r="F303" t="inlineStr">
+        <is>
+          <t>9100</t>
+        </is>
+      </c>
+      <c r="G303" t="inlineStr">
+        <is>
+          <t>Herisau</t>
+        </is>
+      </c>
+      <c r="H303" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I303" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J303" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K303" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L303" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M303" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N303" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="304">
+      <c r="A304" t="inlineStr">
+        <is>
+          <t>299</t>
+        </is>
+      </c>
+      <c r="B304" t="inlineStr">
+        <is>
+          <t>7601002123808</t>
+        </is>
+      </c>
+      <c r="C304" t="inlineStr">
+        <is>
+          <t>Stiftung Diaconis Palliative Care</t>
+        </is>
+      </c>
+      <c r="D304" t="inlineStr">
+        <is>
+          <t>[NursHom]</t>
+        </is>
+      </c>
+      <c r="E304" t="inlineStr">
+        <is>
+          <t>Schänzlistrasse 15</t>
+        </is>
+      </c>
+      <c r="F304" t="inlineStr">
+        <is>
+          <t>3013</t>
+        </is>
+      </c>
+      <c r="G304" t="inlineStr">
+        <is>
+          <t>Bern</t>
+        </is>
+      </c>
+      <c r="H304" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I304" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J304" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K304" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L304" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M304" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N304" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="305">
+      <c r="A305" t="inlineStr">
+        <is>
+          <t>300</t>
+        </is>
+      </c>
+      <c r="B305" t="inlineStr">
+        <is>
+          <t>7601001861565</t>
+        </is>
+      </c>
+      <c r="C305" t="inlineStr">
+        <is>
+          <t>Stiftung Kliniken Valens Rehaklinik Chur</t>
+        </is>
+      </c>
+      <c r="D305" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E305" t="inlineStr">
+        <is>
+          <t>Löestrasse 99</t>
+        </is>
+      </c>
+      <c r="F305" t="inlineStr">
+        <is>
+          <t>7000</t>
+        </is>
+      </c>
+      <c r="G305" t="inlineStr">
+        <is>
+          <t>Chur</t>
+        </is>
+      </c>
+      <c r="H305" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I305" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J305" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K305" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L305" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M305" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N305" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="306">
+      <c r="A306" t="inlineStr">
+        <is>
+          <t>301</t>
+        </is>
+      </c>
+      <c r="B306" t="inlineStr">
+        <is>
+          <t>7601002117418</t>
+        </is>
+      </c>
+      <c r="C306" t="inlineStr">
+        <is>
+          <t>Clinique de Valère - Administration Swiss Medical Network Hospitals SA</t>
+        </is>
+      </c>
+      <c r="D306" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E306" t="inlineStr">
+        <is>
+          <t>rue de Pré-Fleuri 16</t>
+        </is>
+      </c>
+      <c r="F306" t="inlineStr">
+        <is>
+          <t>1950</t>
+        </is>
+      </c>
+      <c r="G306" t="inlineStr">
+        <is>
+          <t>Sion</t>
+        </is>
+      </c>
+      <c r="H306" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I306" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J306" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K306" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L306" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M306" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N306" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="307">
+      <c r="A307" t="inlineStr">
+        <is>
+          <t>302</t>
+        </is>
+      </c>
+      <c r="B307" t="inlineStr">
+        <is>
+          <t>7601001697669</t>
+        </is>
+      </c>
+      <c r="C307" t="inlineStr">
+        <is>
+          <t>Swiss Visio SA Swiss Visio Siloah</t>
+        </is>
+      </c>
+      <c r="D307" t="inlineStr">
+        <is>
+          <t>[GrpPra]</t>
+        </is>
+      </c>
+      <c r="E307" t="inlineStr">
+        <is>
+          <t>Worbstrasse 316</t>
+        </is>
+      </c>
+      <c r="F307" t="inlineStr">
+        <is>
+          <t>3073</t>
+        </is>
+      </c>
+      <c r="G307" t="inlineStr">
+        <is>
+          <t>Gümligen</t>
+        </is>
+      </c>
+      <c r="H307" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I307" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J307" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K307" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L307" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M307" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N307" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="308">
+      <c r="A308" t="inlineStr">
+        <is>
+          <t>303</t>
+        </is>
+      </c>
+      <c r="B308" t="inlineStr">
+        <is>
+          <t>7601002542432</t>
+        </is>
+      </c>
+      <c r="C308" t="inlineStr">
+        <is>
+          <t>Swiss Visio SA Montchoisi</t>
+        </is>
+      </c>
+      <c r="D308" t="inlineStr">
+        <is>
+          <t>[GrpPra]</t>
+        </is>
+      </c>
+      <c r="E308" t="inlineStr">
+        <is>
+          <t>Avenue Antoine-Michel-Servan 38</t>
+        </is>
+      </c>
+      <c r="F308" t="inlineStr">
+        <is>
+          <t>1006</t>
+        </is>
+      </c>
+      <c r="G308" t="inlineStr">
+        <is>
+          <t>Lausanne</t>
+        </is>
+      </c>
+      <c r="H308" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I308" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J308" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K308" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L308" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M308" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N308" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="309">
+      <c r="A309" t="inlineStr">
+        <is>
+          <t>304</t>
+        </is>
+      </c>
+      <c r="B309" t="inlineStr">
+        <is>
+          <t>7601001993594</t>
+        </is>
+      </c>
+      <c r="C309" t="inlineStr">
+        <is>
+          <t>Swiss Visio SA Genolier</t>
+        </is>
+      </c>
+      <c r="D309" t="inlineStr">
+        <is>
+          <t>[GrpPra]</t>
+        </is>
+      </c>
+      <c r="E309" t="inlineStr">
+        <is>
+          <t>rte du Muids 3</t>
+        </is>
+      </c>
+      <c r="F309" t="inlineStr">
+        <is>
+          <t>1272</t>
+        </is>
+      </c>
+      <c r="G309" t="inlineStr">
+        <is>
+          <t>Genelier</t>
+        </is>
+      </c>
+      <c r="H309" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I309" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J309" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K309" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L309" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M309" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N309" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="310">
+      <c r="A310" t="inlineStr">
+        <is>
+          <t>305</t>
+        </is>
+      </c>
+      <c r="B310" t="inlineStr">
+        <is>
+          <t>7601001869509</t>
+        </is>
+      </c>
+      <c r="C310" t="inlineStr">
+        <is>
+          <t>Swiss Visio SA Valère</t>
+        </is>
+      </c>
+      <c r="D310" t="inlineStr">
+        <is>
+          <t>[GrpPra]</t>
+        </is>
+      </c>
+      <c r="E310" t="inlineStr">
+        <is>
+          <t>Avenue de la Gare 27</t>
+        </is>
+      </c>
+      <c r="F310" t="inlineStr">
+        <is>
+          <t>1950</t>
+        </is>
+      </c>
+      <c r="G310" t="inlineStr">
+        <is>
+          <t>Sion</t>
+        </is>
+      </c>
+      <c r="H310" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I310" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J310" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K310" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L310" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M310" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N310" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="311">
+      <c r="A311" t="inlineStr">
+        <is>
+          <t>306</t>
+        </is>
+      </c>
+      <c r="B311" t="inlineStr">
+        <is>
+          <t>7601002926119</t>
+        </is>
+      </c>
+      <c r="C311" t="inlineStr">
+        <is>
+          <t>Swiss Visio SA Zürich</t>
+        </is>
+      </c>
+      <c r="D311" t="inlineStr">
+        <is>
+          <t>[GrpPra]</t>
+        </is>
+      </c>
+      <c r="E311" t="inlineStr">
+        <is>
+          <t>Klausstrasse 10</t>
+        </is>
+      </c>
+      <c r="F311" t="inlineStr">
+        <is>
+          <t>8008</t>
+        </is>
+      </c>
+      <c r="G311" t="inlineStr">
+        <is>
+          <t>Zürich</t>
+        </is>
+      </c>
+      <c r="H311" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I311" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J311" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K311" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L311" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M311" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N311" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="312">
+      <c r="A312" t="inlineStr">
+        <is>
+          <t>307</t>
+        </is>
+      </c>
+      <c r="B312" t="inlineStr">
+        <is>
+          <t>7601002114769</t>
+        </is>
+      </c>
+      <c r="C312" t="inlineStr">
+        <is>
+          <t>Klinik Zugersee, Verwaltung Triaplus AG</t>
+        </is>
+      </c>
+      <c r="D312" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E312" t="inlineStr">
+        <is>
+          <t>Widenstrasse 55</t>
+        </is>
+      </c>
+      <c r="F312" t="inlineStr">
+        <is>
+          <t>6317</t>
+        </is>
+      </c>
+      <c r="G312" t="inlineStr">
+        <is>
+          <t>Oberwil b. Zug</t>
+        </is>
+      </c>
+      <c r="H312" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I312" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J312" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K312" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L312" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M312" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N312" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="313">
+      <c r="A313" t="inlineStr">
+        <is>
+          <t>308</t>
+        </is>
+      </c>
+      <c r="B313" t="inlineStr">
+        <is>
+          <t>7601002994644</t>
+        </is>
+      </c>
+      <c r="C313" t="inlineStr">
+        <is>
+          <t>ZURZACH Care RehaClinic Baden-Dättwil</t>
+        </is>
+      </c>
+      <c r="D313" t="inlineStr">
+        <is>
+          <t>[Hosp]</t>
+        </is>
+      </c>
+      <c r="E313" t="inlineStr">
+        <is>
+          <t>Im Ergel 1</t>
+        </is>
+      </c>
+      <c r="F313" t="inlineStr">
+        <is>
+          <t>5404</t>
+        </is>
+      </c>
+      <c r="G313" t="inlineStr">
+        <is>
+          <t>Baden-Dättwil</t>
+        </is>
+      </c>
+      <c r="H313" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I313" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J313" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K313" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L313" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M313" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N313" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+    </row>
+    <row r="314">
+      <c r="A314" t="inlineStr">
+        <is>
+          <t>309</t>
+        </is>
+      </c>
+      <c r="B314" t="inlineStr">
+        <is>
+          <t>7601002998536</t>
+        </is>
+      </c>
+      <c r="C314" t="inlineStr">
+        <is>
+          <t>Zurzach Care AG Rehaklinik Basel</t>
+        </is>
+      </c>
+      <c r="D314" t="inlineStr">
+        <is>
+          <t>[GrpPra]</t>
+        </is>
+      </c>
+      <c r="E314" t="inlineStr">
+        <is>
+          <t>Hirzbrunnenstrasse 50</t>
+        </is>
+      </c>
+      <c r="F314" t="inlineStr">
+        <is>
+          <t>4058</t>
+        </is>
+      </c>
+      <c r="G314" t="inlineStr">
+        <is>
+          <t>Basel</t>
+        </is>
+      </c>
+      <c r="H314" t="inlineStr">
+        <is>
+          <t>Active</t>
+        </is>
+      </c>
+      <c r="I314" s="2" t="n">
+        <v>45839.0</v>
+      </c>
+      <c r="J314" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K314" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="L314" s="2" t="n">
+        <v>45841.0</v>
+      </c>
+      <c r="M314" t="inlineStr">
+        <is>
+          <t>rolf.schmidiger@suva.ch</t>
+        </is>
+      </c>
+      <c r="N314" s="2" t="n">
+        <v>45841.0</v>
       </c>
     </row>
   </sheetData>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...22 lines deleted...]
-  <AppVersion></AppVersion>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
-[...1 lines deleted...]
-  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>