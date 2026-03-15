--- v0 (2026-01-28)
+++ v1 (2026-03-15)
@@ -3,60 +3,60 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ortecmanagement.sharepoint.com/Mandate/ORS/02. Kommissionen/05. Handelswarentarif/Vertragslieferanten/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="91" documentId="8_{2E5CB67B-9F15-40E0-A35B-E5C07093011C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{FF956188-65BE-463D-BAF8-CD418F4EAE59}"/>
+  <xr:revisionPtr revIDLastSave="98" documentId="8_{2E5CB67B-9F15-40E0-A35B-E5C07093011C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{4708F2A2-821F-4FCA-AE84-3AE7065723A8}"/>
   <bookViews>
-    <workbookView minimized="1" xWindow="5333" yWindow="4185" windowWidth="16875" windowHeight="10433" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet0!$A$1:$I$121</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Sheet0!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -173,53 +173,50 @@
   <si>
     <t>6900</t>
   </si>
   <si>
     <t>Lugano</t>
   </si>
   <si>
     <t>7601003934830</t>
   </si>
   <si>
     <t xml:space="preserve">ORTHO-TEAM Partner AG </t>
   </si>
   <si>
     <t>Neuwiesenstrasse 69</t>
   </si>
   <si>
     <t>8400</t>
   </si>
   <si>
     <t>Winterthur</t>
   </si>
   <si>
     <t>7601003226546</t>
   </si>
   <si>
-    <t>Balgrist Tec AG Orthopädie-Schuhtechnik</t>
-[...1 lines deleted...]
-  <si>
     <t>Forchstrasse 340</t>
   </si>
   <si>
     <t>8008</t>
   </si>
   <si>
     <t>Zürich</t>
   </si>
   <si>
     <t>7601003850338</t>
   </si>
   <si>
     <t>aktivortho ag Orthopädie, Reha und Schuhtechnik</t>
   </si>
   <si>
     <t>Römerstrasse 7</t>
   </si>
   <si>
     <t>4600</t>
   </si>
   <si>
     <t>Olten</t>
   </si>
   <si>
     <t>7601003005479</t>
@@ -818,53 +815,50 @@
   <si>
     <t>La Chaux-de-Fonds</t>
   </si>
   <si>
     <t>7601007783731</t>
   </si>
   <si>
     <t xml:space="preserve">Murten Orthopädie KLG, Courgevaux </t>
   </si>
   <si>
     <t>Au Tombex 41</t>
   </si>
   <si>
     <t>3280</t>
   </si>
   <si>
     <t>Murten</t>
   </si>
   <si>
     <t>7601007783755</t>
   </si>
   <si>
     <t xml:space="preserve">NEOTEC, Neb Orthopädie </t>
   </si>
   <si>
-    <t>Dufourstrasse 22</t>
-[...1 lines deleted...]
-  <si>
     <t>9500</t>
   </si>
   <si>
     <t>Wil SG</t>
   </si>
   <si>
     <t>7601007783786</t>
   </si>
   <si>
     <t>Kanalstrasse 8</t>
   </si>
   <si>
     <t>8953</t>
   </si>
   <si>
     <t>Dietikon</t>
   </si>
   <si>
     <t>7601003901764</t>
   </si>
   <si>
     <t xml:space="preserve">rundum ortho und reha </t>
   </si>
   <si>
     <t>Waldeggstrasse 42b</t>
@@ -977,56 +971,50 @@
   <si>
     <t>3600</t>
   </si>
   <si>
     <t>Thun</t>
   </si>
   <si>
     <t>7601007784875</t>
   </si>
   <si>
     <t xml:space="preserve">Orthopädie Gobbato </t>
   </si>
   <si>
     <t>Herrengasse 10</t>
   </si>
   <si>
     <t>8853</t>
   </si>
   <si>
     <t>Lachen SZ</t>
   </si>
   <si>
     <t>7601007783304</t>
   </si>
   <si>
-    <t xml:space="preserve">Orthopädie Rehatech Malgaroli &amp; Glauser AG </t>
-[...4 lines deleted...]
-  <si>
     <t>5400</t>
   </si>
   <si>
     <t>7601007783779</t>
   </si>
   <si>
     <t xml:space="preserve">Orthopädie-Technik, Roland Sutter </t>
   </si>
   <si>
     <t>Klosterhof 1</t>
   </si>
   <si>
     <t>8630</t>
   </si>
   <si>
     <t>Rüti ZH</t>
   </si>
   <si>
     <t>7601007783564</t>
   </si>
   <si>
     <t xml:space="preserve">orthorama AG </t>
   </si>
   <si>
     <t>Dorfstrasse 24</t>
@@ -2030,53 +2018,50 @@
   <si>
     <t>Anthony Kern</t>
   </si>
   <si>
     <t>Josef Harth</t>
   </si>
   <si>
     <t>Christian Hefti</t>
   </si>
   <si>
     <t>Peter Schmid</t>
   </si>
   <si>
     <t>Andreas Grimm</t>
   </si>
   <si>
     <t>Valentin Eriksson</t>
   </si>
   <si>
     <t>Otmar Gobbato</t>
   </si>
   <si>
     <t>Elias Graf</t>
   </si>
   <si>
-    <t>Thomas Glauser</t>
-[...1 lines deleted...]
-  <si>
     <t>Marco Schärer</t>
   </si>
   <si>
     <t>Walter Anuth</t>
   </si>
   <si>
     <t>René Ruffieux</t>
   </si>
   <si>
     <t>Marcel Riedo</t>
   </si>
   <si>
     <t>Jan Hagen-Schröder</t>
   </si>
   <si>
     <t>Roland Sutter</t>
   </si>
   <si>
     <t>Patrick Sergi</t>
   </si>
   <si>
     <t>Vincent Rieder</t>
   </si>
   <si>
     <t>Nino Mürset</t>
@@ -2187,50 +2172,65 @@
     <t>ORTHETHIC Giglio SA</t>
   </si>
   <si>
     <t>ORTHETHIC Kern SA</t>
   </si>
   <si>
     <t>Rue du Théatre 8</t>
   </si>
   <si>
     <t>Chemin de la Gravière 2</t>
   </si>
   <si>
     <t>Acacias</t>
   </si>
   <si>
     <t>Omod Orthopädie- und Rehatechnik GmbH</t>
   </si>
   <si>
     <t>044 554 26 81</t>
   </si>
   <si>
     <t>Kantosstrasse 19</t>
   </si>
   <si>
     <t>Horw</t>
+  </si>
+  <si>
+    <t>Konstanzerstrasse 38</t>
+  </si>
+  <si>
+    <t>Orthopädie Podologie Malgaroli &amp; Werne AG</t>
+  </si>
+  <si>
+    <t>Mellingerstrasse 1</t>
+  </si>
+  <si>
+    <t>Andreas Benner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Balgrist Tec AG </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd\.mm\.yyyy"/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
@@ -2822,3711 +2822,3711 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:J121"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageLayout" topLeftCell="A29" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="E53" sqref="E53"/>
+    <sheetView tabSelected="1" view="pageLayout" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="A12" sqref="A12"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9" defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="46.73046875" customWidth="1"/>
+    <col min="1" max="1" width="46.7109375" customWidth="1"/>
     <col min="2" max="2" width="19" style="3" customWidth="1"/>
-    <col min="3" max="3" width="28.265625" style="1" bestFit="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="10" max="10" width="10.796875" style="3" hidden="1" customWidth="1"/>
+    <col min="3" max="3" width="28.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="7.85546875" style="3" customWidth="1"/>
+    <col min="5" max="5" width="17.42578125" style="1" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="17.42578125" style="1" customWidth="1"/>
+    <col min="7" max="7" width="13.42578125" style="1" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="11.7109375" style="1" customWidth="1"/>
+    <col min="9" max="9" width="11.7109375" style="3" customWidth="1"/>
+    <col min="10" max="10" width="10.85546875" style="3" hidden="1" customWidth="1"/>
     <col min="11" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" s="4" customFormat="1" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:10" s="4" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A1" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="5" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="5" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="5" t="s">
-        <v>600</v>
+        <v>596</v>
       </c>
       <c r="G1" s="5" t="s">
-        <v>491</v>
+        <v>487</v>
       </c>
       <c r="H1" s="6" t="s">
         <v>5</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>6</v>
       </c>
       <c r="J1" s="14" t="s">
-        <v>701</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="2" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A2" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="B2" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="C2" s="1" t="s">
         <v>172</v>
       </c>
-      <c r="B2" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D2" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="E2" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="E2" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F2" s="10" t="s">
-        <v>615</v>
+        <v>611</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>592</v>
+        <v>588</v>
       </c>
       <c r="H2" s="2">
         <v>42370</v>
       </c>
       <c r="I2" s="3" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="3" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A3" s="1" t="s">
-        <v>489</v>
+        <v>485</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>488</v>
+        <v>484</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>404</v>
+        <v>400</v>
       </c>
       <c r="D3" s="3" t="s">
-        <v>405</v>
+        <v>401</v>
       </c>
       <c r="E3" s="1" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="F3" s="11"/>
       <c r="G3" s="1" t="s">
-        <v>492</v>
+        <v>488</v>
       </c>
       <c r="H3" s="2">
         <v>45265</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J3" s="2"/>
     </row>
-    <row r="4" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A4" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="C4" s="1" t="s">
         <v>107</v>
       </c>
-      <c r="B4" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C4" s="1" t="s">
+      <c r="D4" s="3" t="s">
         <v>108</v>
       </c>
-      <c r="D4" s="3" t="s">
+      <c r="E4" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="E4" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="10" t="s">
-        <v>616</v>
+        <v>612</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>593</v>
+        <v>589</v>
       </c>
       <c r="H4" s="2">
         <v>42370</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="5" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A5" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="B5" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C5" s="1" t="s">
+      <c r="D5" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="D5" s="3" t="s">
+      <c r="E5" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="E5" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="10" t="s">
-        <v>617</v>
+        <v>613</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>493</v>
+        <v>489</v>
       </c>
       <c r="H5" s="2">
         <v>42370</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="6" spans="1:10" ht="12.75" hidden="1" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:10" ht="12.75" hidden="1" x14ac:dyDescent="0.2">
       <c r="A6" s="1" t="s">
-        <v>447</v>
+        <v>443</v>
       </c>
       <c r="B6" s="3" t="s">
+        <v>442</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="D6" s="3" t="s">
+        <v>445</v>
+      </c>
+      <c r="E6" s="1" t="s">
         <v>446</v>
       </c>
-      <c r="C6" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F6" s="8" t="s">
-        <v>601</v>
+        <v>597</v>
       </c>
       <c r="H6" s="2">
         <v>42370</v>
       </c>
       <c r="I6" s="2">
         <v>44561</v>
       </c>
       <c r="J6" s="2"/>
     </row>
-    <row r="7" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A7" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="B7" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C7" s="1" t="s">
+      <c r="D7" s="3" t="s">
         <v>113</v>
       </c>
-      <c r="D7" s="3" t="s">
+      <c r="E7" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="E7" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="11" t="s">
-        <v>601</v>
+        <v>597</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>494</v>
+        <v>490</v>
       </c>
       <c r="H7" s="2">
         <v>42370</v>
       </c>
       <c r="I7" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J7" s="2"/>
     </row>
-    <row r="8" spans="1:10" ht="12.75" hidden="1" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:10" ht="12.75" hidden="1" x14ac:dyDescent="0.2">
       <c r="A8" s="1" t="s">
-        <v>433</v>
+        <v>429</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>432</v>
+        <v>428</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D8" s="3" t="s">
-        <v>434</v>
+        <v>430</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="F8" s="8" t="s">
-        <v>602</v>
+        <v>598</v>
       </c>
       <c r="H8" s="2">
         <v>42370</v>
       </c>
       <c r="I8" s="2">
         <v>44561</v>
       </c>
       <c r="J8" s="2"/>
     </row>
-    <row r="9" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A9" s="1" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="D9" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="E9" s="1" t="s">
         <v>146</v>
       </c>
-      <c r="E9" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" s="11" t="s">
-        <v>697</v>
+        <v>692</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>495</v>
+        <v>491</v>
       </c>
       <c r="H9" s="2">
         <v>42370</v>
       </c>
       <c r="I9" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J9" s="2"/>
     </row>
-    <row r="10" spans="1:10" ht="12.75" hidden="1" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:10" ht="12.75" hidden="1" x14ac:dyDescent="0.2">
       <c r="A10" s="1" t="s">
-        <v>452</v>
+        <v>448</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>453</v>
+        <v>449</v>
       </c>
       <c r="D10" s="3" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="F10" s="8" t="s">
-        <v>603</v>
+        <v>599</v>
       </c>
       <c r="H10" s="2">
         <v>42370</v>
       </c>
       <c r="I10" s="2">
         <v>44561</v>
       </c>
       <c r="J10" s="2"/>
     </row>
-    <row r="11" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A11" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="C11" s="1" t="s">
         <v>117</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C11" s="1" t="s">
+      <c r="D11" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="D11" s="3" t="s">
+      <c r="E11" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="E11" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="11" t="s">
-        <v>618</v>
+        <v>614</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>496</v>
+        <v>492</v>
       </c>
       <c r="H11" s="2">
         <v>42370</v>
       </c>
       <c r="I11" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J11" s="2"/>
     </row>
-    <row r="12" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A12" s="1" t="s">
-        <v>44</v>
+        <v>715</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C12" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D12" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="D12" s="3" t="s">
+      <c r="E12" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="E12" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="11" t="s">
+        <v>615</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="H12" s="2">
+        <v>42370</v>
+      </c>
+      <c r="I12" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J12" s="2"/>
+    </row>
+    <row r="13" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A13" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="D13" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="E13" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="F13" s="11" t="s">
+        <v>616</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="H13" s="2">
+        <v>42370</v>
+      </c>
+      <c r="I13" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J13" s="2"/>
+    </row>
+    <row r="14" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A14" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="D14" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="E14" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="F14" s="11" t="s">
+        <v>617</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="H14" s="2">
+        <v>42370</v>
+      </c>
+      <c r="I14" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J14" s="2"/>
+    </row>
+    <row r="15" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A15" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="D15" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="E15" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="F15" s="11" t="s">
+        <v>618</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="H15" s="2">
+        <v>42370</v>
+      </c>
+      <c r="I15" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J15" s="2"/>
+    </row>
+    <row r="16" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A16" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="D16" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="E16" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="F16" s="11" t="s">
         <v>619</v>
       </c>
-      <c r="G12" s="1" t="s">
+      <c r="G16" s="1" t="s">
         <v>497</v>
       </c>
-      <c r="H12" s="2">
-[...118 lines deleted...]
-      </c>
       <c r="H16" s="2">
         <v>42370</v>
       </c>
       <c r="I16" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J16" s="2"/>
     </row>
-    <row r="17" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A17" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>37</v>
       </c>
       <c r="F17" s="11" t="s">
+        <v>620</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="H17" s="2">
+        <v>42370</v>
+      </c>
+      <c r="I17" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J17" s="2"/>
+    </row>
+    <row r="18" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A18" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D18" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="E18" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="F18" s="11" t="s">
+        <v>622</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="H18" s="2">
+        <v>42370</v>
+      </c>
+      <c r="I18" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J18" s="2"/>
+    </row>
+    <row r="19" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A19" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="B19" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="D19" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="E19" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="F19" s="11" t="s">
+        <v>623</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="H19" s="2">
+        <v>42370</v>
+      </c>
+      <c r="I19" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J19" s="2"/>
+    </row>
+    <row r="20" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A20" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="B20" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="D20" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="E20" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="F20" s="11" t="s">
         <v>624</v>
       </c>
-      <c r="G17" s="1" t="s">
+      <c r="G20" s="1" t="s">
         <v>502</v>
       </c>
-      <c r="H17" s="2">
-[...23 lines deleted...]
-      <c r="F18" s="11" t="s">
+      <c r="H20" s="2">
+        <v>42370</v>
+      </c>
+      <c r="I20" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J20" s="2"/>
+    </row>
+    <row r="21" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A21" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="B21" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="D21" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="E21" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="F21" s="11" t="s">
+        <v>625</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="H21" s="2">
+        <v>42370</v>
+      </c>
+      <c r="I21" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J21" s="2"/>
+    </row>
+    <row r="22" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A22" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="B22" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="D22" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="E22" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="F22" s="11" t="s">
         <v>626</v>
       </c>
-      <c r="G18" s="1" t="s">
+      <c r="G22" s="1" t="s">
         <v>504</v>
       </c>
-      <c r="H18" s="2">
-[...101 lines deleted...]
-      <c r="B22" s="3" t="s">
+      <c r="H22" s="2">
+        <v>42370</v>
+      </c>
+      <c r="I22" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J22" s="2"/>
+    </row>
+    <row r="23" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A23" s="1" t="s">
         <v>226</v>
       </c>
-      <c r="C22" s="1" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="B23" s="3" t="s">
-        <v>490</v>
+        <v>486</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>710</v>
+        <v>705</v>
       </c>
       <c r="D23" s="3">
         <v>1227</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>711</v>
+        <v>706</v>
       </c>
       <c r="F23" s="11"/>
       <c r="G23" s="1" t="s">
-        <v>510</v>
+        <v>506</v>
       </c>
       <c r="H23" s="2">
         <v>45280</v>
       </c>
       <c r="I23" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J23" s="2"/>
     </row>
-    <row r="24" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A24" s="1" t="s">
-        <v>485</v>
+        <v>481</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>484</v>
+        <v>480</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>710</v>
+        <v>705</v>
       </c>
       <c r="D24" s="3">
         <v>1227</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>711</v>
+        <v>706</v>
       </c>
       <c r="F24" s="11" t="s">
-        <v>631</v>
+        <v>627</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>509</v>
+        <v>505</v>
       </c>
       <c r="H24" s="2">
         <v>42370</v>
       </c>
       <c r="I24" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J24" s="2"/>
     </row>
-    <row r="25" spans="1:10" ht="12.75" hidden="1" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:10" ht="12.75" hidden="1" x14ac:dyDescent="0.2">
       <c r="A25" s="1" t="s">
-        <v>443</v>
+        <v>439</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>442</v>
+        <v>438</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>444</v>
+        <v>440</v>
       </c>
       <c r="D25" s="3" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>445</v>
+        <v>441</v>
       </c>
       <c r="F25" s="8" t="s">
-        <v>604</v>
+        <v>600</v>
       </c>
       <c r="H25" s="2">
         <v>42370</v>
       </c>
       <c r="I25" s="2">
         <v>44561</v>
       </c>
       <c r="J25" s="2"/>
     </row>
-    <row r="26" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A26" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="B26" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>157</v>
       </c>
-      <c r="B26" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C26" s="1" t="s">
+      <c r="D26" s="3" t="s">
         <v>158</v>
       </c>
-      <c r="D26" s="3" t="s">
+      <c r="E26" s="1" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="F26" s="11"/>
       <c r="G26" s="1" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="H26" s="2">
         <v>42370</v>
       </c>
       <c r="I26" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J26" s="2"/>
     </row>
-    <row r="27" spans="1:10" s="15" customFormat="1" ht="12.75" hidden="1" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:10" s="15" customFormat="1" ht="12.75" hidden="1" x14ac:dyDescent="0.2">
       <c r="A27" s="15" t="s">
+        <v>161</v>
+      </c>
+      <c r="B27" s="16" t="s">
+        <v>160</v>
+      </c>
+      <c r="C27" s="15" t="s">
         <v>162</v>
       </c>
-      <c r="B27" s="16" t="s">
-[...2 lines deleted...]
-      <c r="C27" s="15" t="s">
+      <c r="D27" s="16" t="s">
         <v>163</v>
       </c>
-      <c r="D27" s="16" t="s">
+      <c r="E27" s="15" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
       <c r="F27" s="17"/>
       <c r="G27" s="15" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
       <c r="H27" s="18">
         <v>42370</v>
       </c>
       <c r="I27" s="18">
         <v>45643</v>
       </c>
       <c r="J27" s="2"/>
     </row>
-    <row r="28" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A28" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="B28" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>167</v>
       </c>
-      <c r="B28" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C28" s="1" t="s">
+      <c r="D28" s="3" t="s">
         <v>168</v>
       </c>
-      <c r="D28" s="3" t="s">
+      <c r="E28" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="E28" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F28" s="11" t="s">
-        <v>632</v>
+        <v>628</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>513</v>
+        <v>509</v>
       </c>
       <c r="H28" s="2">
         <v>42370</v>
       </c>
       <c r="I28" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J28" s="2"/>
     </row>
-    <row r="29" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A29" s="1" t="s">
-        <v>386</v>
+        <v>382</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>385</v>
+        <v>381</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="D29" s="3" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="F29" s="11" t="s">
-        <v>633</v>
+        <v>629</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>514</v>
+        <v>510</v>
       </c>
       <c r="H29" s="2">
         <v>42370</v>
       </c>
       <c r="I29" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J29" s="2"/>
     </row>
-    <row r="30" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A30" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="B30" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="C30" s="1" t="s">
         <v>175</v>
       </c>
-      <c r="B30" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C30" s="1" t="s">
+      <c r="D30" s="3" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="E30" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="11" t="s">
+        <v>630</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="H30" s="2">
+        <v>42370</v>
+      </c>
+      <c r="I30" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J30" s="2"/>
+    </row>
+    <row r="31" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A31" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="B31" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="D31" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="E31" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="F31" s="11" t="s">
+        <v>631</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="H31" s="2">
+        <v>42370</v>
+      </c>
+      <c r="I31" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J31" s="2"/>
+    </row>
+    <row r="32" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A32" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="B32" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D32" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="E32" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="F32" s="11" t="s">
+        <v>632</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="H32" s="2">
+        <v>42370</v>
+      </c>
+      <c r="I32" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J32" s="2"/>
+    </row>
+    <row r="33" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A33" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B33" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="D33" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="E33" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="F33" s="11" t="s">
+        <v>633</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="H33" s="2">
+        <v>42370</v>
+      </c>
+      <c r="I33" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J33" s="2"/>
+    </row>
+    <row r="34" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A34" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="B34" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="D34" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="E34" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="F34" s="11" t="s">
+        <v>693</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="H34" s="2">
+        <v>42370</v>
+      </c>
+      <c r="I34" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J34" s="2"/>
+    </row>
+    <row r="35" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A35" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="B35" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="D35" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="E35" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="F35" s="11" t="s">
         <v>634</v>
       </c>
-      <c r="G30" s="1" t="s">
-[...26 lines deleted...]
-      <c r="F31" s="11" t="s">
+      <c r="G35" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="H35" s="2">
+        <v>42370</v>
+      </c>
+      <c r="I35" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J35" s="2"/>
+    </row>
+    <row r="36" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A36" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="B36" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D36" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="E36" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="F36" s="11" t="s">
         <v>635</v>
       </c>
-      <c r="G31" s="1" t="s">
-[...26 lines deleted...]
-      <c r="F32" s="11" t="s">
+      <c r="G36" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="H36" s="2">
+        <v>42370</v>
+      </c>
+      <c r="I36" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J36" s="2"/>
+    </row>
+    <row r="37" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A37" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B37" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="D37" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="E37" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="F37" s="11" t="s">
         <v>636</v>
       </c>
-      <c r="G32" s="1" t="s">
-[...148 lines deleted...]
-      </c>
       <c r="G37" s="1" t="s">
-        <v>596</v>
+        <v>592</v>
       </c>
       <c r="H37" s="2">
         <v>42370</v>
       </c>
       <c r="I37" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J37" s="2"/>
     </row>
-    <row r="38" spans="1:10" ht="12.75" hidden="1" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:10" ht="12.75" hidden="1" x14ac:dyDescent="0.2">
       <c r="A38" s="1" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D38" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="1" t="s">
         <v>12</v>
       </c>
       <c r="F38" s="8" t="s">
-        <v>605</v>
+        <v>601</v>
       </c>
       <c r="H38" s="2">
         <v>42370</v>
       </c>
       <c r="I38" s="2">
         <v>44540</v>
       </c>
       <c r="J38" s="2"/>
     </row>
-    <row r="39" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A39" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="B39" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="C39" s="1" t="s">
         <v>212</v>
       </c>
-      <c r="B39" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C39" s="1" t="s">
+      <c r="D39" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="E39" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="F39" s="11" t="s">
+        <v>637</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="H39" s="2">
+        <v>42370</v>
+      </c>
+      <c r="I39" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J39" s="2"/>
+    </row>
+    <row r="40" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A40" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="B40" s="3" t="s">
         <v>213</v>
       </c>
-      <c r="D39" s="3" t="s">
-[...20 lines deleted...]
-      <c r="A40" s="1" t="s">
+      <c r="C40" s="1" t="s">
         <v>215</v>
       </c>
-      <c r="B40" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C40" s="1" t="s">
+      <c r="D40" s="3" t="s">
         <v>216</v>
       </c>
-      <c r="D40" s="3" t="s">
+      <c r="E40" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="F40" s="11" t="s">
+        <v>638</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>518</v>
+      </c>
+      <c r="H40" s="2">
+        <v>42370</v>
+      </c>
+      <c r="I40" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J40" s="2"/>
+    </row>
+    <row r="41" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A41" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="B41" s="3" t="s">
         <v>217</v>
       </c>
-      <c r="E40" s="1" t="s">
-[...17 lines deleted...]
-      <c r="A41" s="1" t="s">
+      <c r="C41" s="1" t="s">
         <v>219</v>
       </c>
-      <c r="B41" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C41" s="1" t="s">
+      <c r="D41" s="3" t="s">
         <v>220</v>
       </c>
-      <c r="D41" s="3" t="s">
+      <c r="E41" s="1" t="s">
         <v>221</v>
       </c>
-      <c r="E41" s="1" t="s">
+      <c r="F41" s="11" t="s">
+        <v>639</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="H41" s="2">
+        <v>42370</v>
+      </c>
+      <c r="I41" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J41" s="2"/>
+    </row>
+    <row r="42" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A42" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="B42" s="3" t="s">
         <v>222</v>
       </c>
-      <c r="F41" s="11" t="s">
-[...14 lines deleted...]
-      <c r="A42" s="1" t="s">
+      <c r="C42" s="1" t="s">
         <v>224</v>
-      </c>
-[...4 lines deleted...]
-        <v>225</v>
       </c>
       <c r="D42" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E42" s="1" t="s">
         <v>42</v>
       </c>
       <c r="F42" s="11" t="s">
-        <v>644</v>
+        <v>640</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>524</v>
+        <v>520</v>
       </c>
       <c r="H42" s="2">
         <v>42370</v>
       </c>
       <c r="I42" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J42" s="2"/>
     </row>
-    <row r="43" spans="1:10" ht="12.75" hidden="1" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:10" ht="12.75" hidden="1" x14ac:dyDescent="0.2">
       <c r="A43" s="1" t="s">
-        <v>469</v>
+        <v>465</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>468</v>
+        <v>464</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D43" s="3" t="s">
-        <v>470</v>
+        <v>466</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>471</v>
+        <v>467</v>
       </c>
       <c r="F43" s="8"/>
       <c r="H43" s="2">
         <v>42370</v>
       </c>
       <c r="I43" s="2">
         <v>44561</v>
       </c>
       <c r="J43" s="2"/>
     </row>
-    <row r="44" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A44" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="B44" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="C44" s="23" t="s">
+        <v>704</v>
+      </c>
+      <c r="D44" s="3" t="s">
         <v>232</v>
       </c>
-      <c r="B44" s="3" t="s">
-[...5 lines deleted...]
-      <c r="D44" s="3" t="s">
+      <c r="E44" s="1" t="s">
         <v>233</v>
       </c>
-      <c r="E44" s="1" t="s">
+      <c r="F44" s="11" t="s">
+        <v>641</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="H44" s="2">
+        <v>42370</v>
+      </c>
+      <c r="I44" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J44" s="2"/>
+    </row>
+    <row r="45" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A45" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="B45" s="3" t="s">
         <v>234</v>
       </c>
-      <c r="F44" s="11" t="s">
-[...14 lines deleted...]
-      <c r="A45" s="1" t="s">
+      <c r="C45" s="1" t="s">
         <v>236</v>
-      </c>
-[...4 lines deleted...]
-        <v>237</v>
       </c>
       <c r="D45" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E45" s="1" t="s">
         <v>37</v>
       </c>
       <c r="F45" s="11" t="s">
-        <v>646</v>
+        <v>642</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>525</v>
+        <v>521</v>
       </c>
       <c r="H45" s="2">
         <v>42370</v>
       </c>
       <c r="I45" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J45" s="2"/>
     </row>
-    <row r="46" spans="1:10" s="15" customFormat="1" ht="12.75" hidden="1" x14ac:dyDescent="0.35">
+    <row r="46" spans="1:10" s="15" customFormat="1" ht="12.75" hidden="1" x14ac:dyDescent="0.2">
       <c r="A46" s="15" t="s">
+        <v>238</v>
+      </c>
+      <c r="B46" s="16" t="s">
+        <v>237</v>
+      </c>
+      <c r="C46" s="15" t="s">
         <v>239</v>
-      </c>
-[...4 lines deleted...]
-        <v>240</v>
       </c>
       <c r="D46" s="16" t="s">
         <v>36</v>
       </c>
       <c r="E46" s="15" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="F46" s="17" t="s">
-        <v>647</v>
+        <v>643</v>
       </c>
       <c r="G46" s="15" t="s">
-        <v>526</v>
+        <v>522</v>
       </c>
       <c r="H46" s="18">
         <v>42370</v>
       </c>
       <c r="I46" s="18">
         <v>45728</v>
       </c>
       <c r="J46" s="2"/>
     </row>
-    <row r="47" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A47" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="B47" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="C47" s="1" t="s">
         <v>243</v>
       </c>
-      <c r="B47" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C47" s="1" t="s">
+      <c r="D47" s="3" t="s">
         <v>244</v>
       </c>
-      <c r="D47" s="3" t="s">
+      <c r="E47" s="1" t="s">
         <v>245</v>
       </c>
-      <c r="E47" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F47" s="11" t="s">
-        <v>648</v>
+        <v>644</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>527</v>
+        <v>523</v>
       </c>
       <c r="H47" s="2">
         <v>42370</v>
       </c>
       <c r="I47" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J47" s="2"/>
     </row>
-    <row r="48" spans="1:10" ht="12.75" hidden="1" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:10" ht="12.75" hidden="1" x14ac:dyDescent="0.2">
       <c r="A48" s="1" t="s">
-        <v>464</v>
+        <v>460</v>
       </c>
       <c r="B48" s="3" t="s">
+        <v>459</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="D48" s="3" t="s">
+        <v>462</v>
+      </c>
+      <c r="E48" s="1" t="s">
         <v>463</v>
       </c>
-      <c r="C48" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F48" s="9" t="s">
-        <v>606</v>
+        <v>602</v>
       </c>
       <c r="H48" s="2">
         <v>42370</v>
       </c>
       <c r="I48" s="2">
         <v>44561</v>
       </c>
       <c r="J48" s="2"/>
     </row>
-    <row r="49" spans="1:10" ht="12.75" hidden="1" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:10" ht="12.75" hidden="1" x14ac:dyDescent="0.2">
       <c r="A49" s="1" t="s">
-        <v>419</v>
+        <v>415</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>418</v>
+        <v>414</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D49" s="3" t="s">
-        <v>420</v>
+        <v>416</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>421</v>
+        <v>417</v>
       </c>
       <c r="F49" s="7" t="s">
-        <v>607</v>
+        <v>603</v>
       </c>
       <c r="H49" s="2">
         <v>42370</v>
       </c>
       <c r="I49" s="2">
         <v>44561</v>
       </c>
       <c r="J49" s="2"/>
     </row>
-    <row r="50" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A50" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="B50" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="C50" s="1" t="s">
         <v>248</v>
       </c>
-      <c r="B50" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C50" s="1" t="s">
+      <c r="D50" s="3" t="s">
         <v>249</v>
       </c>
-      <c r="D50" s="3" t="s">
+      <c r="E50" s="1" t="s">
         <v>250</v>
       </c>
-      <c r="E50" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F50" s="11" t="s">
-        <v>649</v>
+        <v>645</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>528</v>
+        <v>524</v>
       </c>
       <c r="H50" s="2">
         <v>42370</v>
       </c>
       <c r="I50" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J50" s="2"/>
     </row>
-    <row r="51" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A51" s="1" t="s">
-        <v>487</v>
+        <v>483</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>486</v>
+        <v>482</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>714</v>
+        <v>709</v>
       </c>
       <c r="D51" s="3">
         <v>6048</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>715</v>
+        <v>710</v>
       </c>
       <c r="F51" s="11"/>
       <c r="G51" s="1" t="s">
-        <v>529</v>
+        <v>525</v>
       </c>
       <c r="H51" s="2">
         <v>45200</v>
       </c>
       <c r="I51" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J51" s="2"/>
     </row>
-    <row r="52" spans="1:10" ht="12.75" hidden="1" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:10" ht="12.75" hidden="1" x14ac:dyDescent="0.2">
       <c r="A52" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="B52" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="C52" s="1" t="s">
         <v>253</v>
       </c>
-      <c r="B52" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C52" s="1" t="s">
+      <c r="D52" s="3" t="s">
         <v>254</v>
       </c>
-      <c r="D52" s="3" t="s">
+      <c r="E52" s="1" t="s">
         <v>255</v>
       </c>
-      <c r="E52" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F52" s="8" t="s">
-        <v>608</v>
+        <v>604</v>
       </c>
       <c r="H52" s="2">
         <v>45108</v>
       </c>
       <c r="I52" s="2">
         <v>45291</v>
       </c>
       <c r="J52" s="2"/>
     </row>
-    <row r="53" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A53" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B53" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="C53" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="B53" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C53" s="1" t="s">
+      <c r="D53" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="D53" s="3" t="s">
+      <c r="E53" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="E53" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F53" s="11" t="s">
-        <v>650</v>
+        <v>646</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>530</v>
+        <v>526</v>
       </c>
       <c r="H53" s="2">
         <v>42370</v>
       </c>
       <c r="I53" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J53" s="2"/>
     </row>
-    <row r="54" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A54" s="1" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="B54" s="12">
         <v>7601002999335</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>598</v>
+        <v>594</v>
       </c>
       <c r="D54" s="3">
         <v>7320</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>599</v>
+        <v>595</v>
       </c>
       <c r="F54" s="11" t="s">
-        <v>650</v>
+        <v>646</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>531</v>
+        <v>527</v>
       </c>
       <c r="H54" s="2">
         <v>42370</v>
       </c>
       <c r="I54" s="2"/>
       <c r="J54" s="2"/>
     </row>
-    <row r="55" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A55" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="B55" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>711</v>
+      </c>
+      <c r="D55" s="3" t="s">
         <v>258</v>
       </c>
-      <c r="B55" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C55" s="1" t="s">
+      <c r="E55" s="1" t="s">
         <v>259</v>
       </c>
-      <c r="D55" s="3" t="s">
+      <c r="F55" s="11" t="s">
+        <v>647</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="H55" s="2">
+        <v>42370</v>
+      </c>
+      <c r="I55" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J55" s="2"/>
+    </row>
+    <row r="56" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A56" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="B56" s="3" t="s">
         <v>260</v>
       </c>
-      <c r="E55" s="1" t="s">
+      <c r="C56" s="1" t="s">
         <v>261</v>
       </c>
-      <c r="F55" s="11" t="s">
-[...17 lines deleted...]
-      <c r="B56" s="3" t="s">
+      <c r="D56" s="3" t="s">
         <v>262</v>
       </c>
-      <c r="C56" s="1" t="s">
+      <c r="E56" s="1" t="s">
         <v>263</v>
       </c>
-      <c r="D56" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F56" s="11" t="s">
-        <v>652</v>
+        <v>648</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>533</v>
+        <v>529</v>
       </c>
       <c r="H56" s="2">
         <v>42370</v>
       </c>
       <c r="I56" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J56" s="2"/>
     </row>
-    <row r="57" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A57" s="1" t="s">
-        <v>712</v>
+        <v>707</v>
       </c>
       <c r="B57" s="12">
         <v>7601001583276</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>705</v>
+        <v>700</v>
       </c>
       <c r="D57" s="3">
         <v>8954</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>706</v>
+        <v>701</v>
       </c>
       <c r="F57" s="13" t="s">
-        <v>695</v>
+        <v>690</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>713</v>
+        <v>708</v>
       </c>
       <c r="H57" s="2">
         <v>44781</v>
       </c>
       <c r="I57" s="2"/>
       <c r="J57" s="2"/>
     </row>
-    <row r="58" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="58" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A58" s="1" t="s">
-        <v>477</v>
+        <v>473</v>
       </c>
       <c r="B58" s="3" t="s">
+        <v>472</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="D58" s="3" t="s">
+        <v>475</v>
+      </c>
+      <c r="E58" s="1" t="s">
         <v>476</v>
       </c>
-      <c r="C58" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F58" s="11" t="s">
-        <v>609</v>
+        <v>605</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>534</v>
+        <v>530</v>
       </c>
       <c r="H58" s="2">
         <v>42370</v>
       </c>
       <c r="I58" s="2"/>
       <c r="J58" s="2"/>
     </row>
-    <row r="59" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="59" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A59" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="B59" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="C59" s="1" t="s">
         <v>138</v>
       </c>
-      <c r="B59" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D59" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="E59" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="E59" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F59" s="11" t="s">
-        <v>625</v>
+        <v>621</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>503</v>
+        <v>499</v>
       </c>
       <c r="H59" s="2">
         <v>42370</v>
       </c>
       <c r="I59" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J59" s="2"/>
     </row>
-    <row r="60" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="60" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A60" s="1" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D60" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="E60" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="E60" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F60" s="11" t="s">
-        <v>700</v>
+        <v>695</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>535</v>
+        <v>531</v>
       </c>
       <c r="H60" s="2">
         <v>42370</v>
       </c>
       <c r="I60" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J60" s="2" t="s">
-        <v>702</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A61" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D61" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E61" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F61" s="11" t="s">
+        <v>649</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="H61" s="2">
+        <v>42370</v>
+      </c>
+      <c r="I61" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J61" s="2"/>
+    </row>
+    <row r="62" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A62" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="B62" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="D62" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="E62" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="F62" s="11" t="s">
+        <v>650</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="H62" s="2">
+        <v>42370</v>
+      </c>
+      <c r="I62" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J62" s="2"/>
+    </row>
+    <row r="63" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A63" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="B63" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="D63" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="E63" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="F63" s="11" t="s">
+        <v>651</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="H63" s="2">
+        <v>42370</v>
+      </c>
+      <c r="I63" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J63" s="2"/>
+    </row>
+    <row r="64" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A64" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="B64" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="D64" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="E64" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="F64" s="11" t="s">
+        <v>652</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="H64" s="2">
+        <v>42370</v>
+      </c>
+      <c r="I64" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J64" s="2"/>
+    </row>
+    <row r="65" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A65" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="B65" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="D65" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="E65" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="F65" s="11" t="s">
+        <v>605</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="H65" s="2">
+        <v>42370</v>
+      </c>
+      <c r="I65" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J65" s="2"/>
+    </row>
+    <row r="66" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A66" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="B66" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="D66" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="E66" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="F66" s="11" t="s">
         <v>653</v>
       </c>
-      <c r="G61" s="1" t="s">
-[...26 lines deleted...]
-      <c r="F62" s="11" t="s">
+      <c r="G66" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="H66" s="2">
+        <v>42370</v>
+      </c>
+      <c r="I66" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J66" s="2"/>
+    </row>
+    <row r="67" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A67" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="B67" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="D67" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="E67" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="F67" s="11" t="s">
         <v>654</v>
       </c>
-      <c r="G62" s="1" t="s">
-[...23 lines deleted...]
-      <c r="E63" s="1" t="s">
+      <c r="G67" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="H67" s="2">
+        <v>42370</v>
+      </c>
+      <c r="I67" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J67" s="2"/>
+    </row>
+    <row r="68" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A68" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="B68" s="3" t="s">
         <v>74</v>
       </c>
-      <c r="F63" s="11" t="s">
-[...29 lines deleted...]
-      <c r="F64" s="11" t="s">
+      <c r="C68" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="D68" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="E68" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="F68" s="11" t="s">
+        <v>695</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="H68" s="2">
+        <v>42370</v>
+      </c>
+      <c r="I68" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J68" s="2" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="69" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A69" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="B69" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="D69" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="E69" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="F69" s="11" t="s">
         <v>656</v>
       </c>
-      <c r="G64" s="1" t="s">
-[...29 lines deleted...]
-      <c r="G65" s="1" t="s">
+      <c r="G69" s="1" t="s">
         <v>540</v>
       </c>
-      <c r="H65" s="2">
-[...23 lines deleted...]
-      <c r="F66" s="11" t="s">
+      <c r="H69" s="2">
+        <v>42370</v>
+      </c>
+      <c r="I69" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J69" s="2"/>
+    </row>
+    <row r="70" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A70" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="B70" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="D70" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="E70" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="F70" s="11" t="s">
         <v>657</v>
       </c>
-      <c r="G66" s="1" t="s">
+      <c r="G70" s="1" t="s">
         <v>541</v>
       </c>
-      <c r="H66" s="2">
-[...120 lines deleted...]
-      </c>
       <c r="H70" s="2">
         <v>42370</v>
       </c>
       <c r="I70" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J70" s="2"/>
     </row>
-    <row r="71" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="71" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A71" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D71" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E71" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F71" s="11" t="s">
-        <v>662</v>
+        <v>658</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>546</v>
+        <v>542</v>
       </c>
       <c r="H71" s="2">
         <v>42370</v>
       </c>
       <c r="I71" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J71" s="2"/>
     </row>
-    <row r="72" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="72" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A72" s="1" t="s">
-        <v>312</v>
+        <v>712</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>313</v>
+        <v>713</v>
       </c>
       <c r="D72" s="3" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="F72" s="11" t="s">
-        <v>663</v>
+        <v>714</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>547</v>
+        <v>543</v>
       </c>
       <c r="H72" s="2">
         <v>42370</v>
       </c>
       <c r="I72" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J72" s="2"/>
     </row>
-    <row r="73" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="73" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A73" s="1" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>389</v>
+        <v>385</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>391</v>
+        <v>387</v>
       </c>
       <c r="D73" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E73" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F73" s="11" t="s">
-        <v>664</v>
+        <v>659</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>548</v>
+        <v>544</v>
       </c>
       <c r="H73" s="2">
         <v>42370</v>
       </c>
       <c r="I73" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J73" s="2"/>
     </row>
-    <row r="74" spans="1:10" s="15" customFormat="1" ht="12.75" hidden="1" x14ac:dyDescent="0.35">
+    <row r="74" spans="1:10" s="15" customFormat="1" ht="12.75" hidden="1" x14ac:dyDescent="0.2">
       <c r="A74" s="15" t="s">
-        <v>416</v>
+        <v>412</v>
       </c>
       <c r="B74" s="16" t="s">
-        <v>415</v>
+        <v>411</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
       <c r="D74" s="16" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="E74" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="F74" s="17" t="s">
-        <v>610</v>
+        <v>606</v>
       </c>
       <c r="G74" s="15" t="s">
-        <v>549</v>
+        <v>545</v>
       </c>
       <c r="H74" s="18">
         <v>42370</v>
       </c>
       <c r="I74" s="18">
         <v>45174</v>
       </c>
       <c r="J74" s="2"/>
     </row>
-    <row r="75" spans="1:10" ht="12.75" hidden="1" x14ac:dyDescent="0.35">
+    <row r="75" spans="1:10" ht="12.75" hidden="1" x14ac:dyDescent="0.2">
       <c r="A75" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="B75" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="C75" s="1" t="s">
         <v>207</v>
       </c>
-      <c r="B75" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C75" s="1" t="s">
+      <c r="D75" s="3" t="s">
         <v>208</v>
       </c>
-      <c r="D75" s="3" t="s">
+      <c r="E75" s="1" t="s">
         <v>209</v>
       </c>
-      <c r="E75" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F75" s="8" t="s">
-        <v>611</v>
+        <v>607</v>
       </c>
       <c r="H75" s="2">
         <v>42370</v>
       </c>
       <c r="I75" s="2">
         <v>44561</v>
       </c>
       <c r="J75" s="2"/>
     </row>
-    <row r="76" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="76" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A76" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="B76" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="D76" s="3" t="s">
         <v>297</v>
       </c>
-      <c r="B76" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C76" s="1" t="s">
+      <c r="E76" s="1" t="s">
         <v>298</v>
       </c>
-      <c r="D76" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F76" s="11" t="s">
-        <v>665</v>
+        <v>660</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>551</v>
+        <v>547</v>
       </c>
       <c r="H76" s="2">
         <v>42370</v>
       </c>
       <c r="I76" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J76" s="2"/>
     </row>
-    <row r="77" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="77" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A77" s="1" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>404</v>
+        <v>400</v>
       </c>
       <c r="D77" s="3" t="s">
-        <v>405</v>
+        <v>401</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="F77" s="11"/>
       <c r="G77" s="1" t="s">
-        <v>492</v>
+        <v>488</v>
       </c>
       <c r="H77" s="2">
         <v>42370</v>
       </c>
       <c r="I77" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J77" s="2"/>
     </row>
-    <row r="78" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="78" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A78" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="B78" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="C78" s="1" t="s">
         <v>187</v>
       </c>
-      <c r="B78" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C78" s="1" t="s">
+      <c r="D78" s="3" t="s">
         <v>188</v>
       </c>
-      <c r="D78" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E78" s="1" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="F78" s="11" t="s">
-        <v>699</v>
+        <v>694</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>552</v>
+        <v>548</v>
       </c>
       <c r="H78" s="2">
         <v>42370</v>
       </c>
       <c r="I78" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J78" s="2"/>
     </row>
-    <row r="79" spans="1:10" s="15" customFormat="1" ht="12.75" hidden="1" x14ac:dyDescent="0.35">
+    <row r="79" spans="1:10" s="15" customFormat="1" ht="12.75" hidden="1" x14ac:dyDescent="0.2">
       <c r="A79" s="15" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="B79" s="16" t="s">
+        <v>311</v>
+      </c>
+      <c r="C79" s="15" t="s">
+        <v>313</v>
+      </c>
+      <c r="D79" s="16" t="s">
+        <v>314</v>
+      </c>
+      <c r="E79" s="15" t="s">
         <v>315</v>
       </c>
-      <c r="C79" s="15" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F79" s="17" t="s">
-        <v>669</v>
+        <v>664</v>
       </c>
       <c r="G79" s="15" t="s">
-        <v>550</v>
+        <v>546</v>
       </c>
       <c r="H79" s="18">
         <v>42370</v>
       </c>
       <c r="I79" s="18">
         <v>45728</v>
       </c>
       <c r="J79" s="2"/>
     </row>
-    <row r="80" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="80" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A80" s="1" t="s">
-        <v>436</v>
+        <v>432</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>435</v>
+        <v>431</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>437</v>
+        <v>433</v>
       </c>
       <c r="D80" s="3" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="E80" s="1" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="F80" s="11" t="s">
-        <v>666</v>
+        <v>661</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>553</v>
+        <v>549</v>
       </c>
       <c r="H80" s="2">
         <v>42370</v>
       </c>
       <c r="I80" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J80" s="2"/>
     </row>
-    <row r="81" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="81" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A81" s="1" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="B81" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="D81" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="E81" s="1" t="s">
         <v>370</v>
       </c>
-      <c r="C81" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F81" s="11" t="s">
-        <v>667</v>
+        <v>662</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>554</v>
+        <v>550</v>
       </c>
       <c r="H81" s="2">
         <v>42370</v>
       </c>
       <c r="I81" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J81" s="2"/>
     </row>
-    <row r="82" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="82" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A82" s="1" t="s">
         <v>29</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>30</v>
       </c>
       <c r="D82" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E82" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F82" s="11" t="s">
-        <v>668</v>
+        <v>663</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>555</v>
+        <v>551</v>
       </c>
       <c r="H82" s="2">
         <v>42370</v>
       </c>
       <c r="I82" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J82" s="2"/>
     </row>
-    <row r="83" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="83" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A83" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="B83" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="D83" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="E83" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="F83" s="11" t="s">
+        <v>665</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="H83" s="2">
+        <v>42370</v>
+      </c>
+      <c r="I83" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J83" s="2"/>
+    </row>
+    <row r="84" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A84" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="B84" s="3" t="s">
         <v>321</v>
       </c>
-      <c r="B83" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C83" s="1" t="s">
+      <c r="C84" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="D84" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="E84" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="F84" s="11" t="s">
+        <v>624</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="H84" s="2">
+        <v>42370</v>
+      </c>
+      <c r="I84" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J84" s="2"/>
+    </row>
+    <row r="85" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A85" s="1" t="s">
         <v>322</v>
       </c>
-      <c r="D83" s="3" t="s">
-[...52 lines deleted...]
-      </c>
       <c r="B85" s="3" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>558</v>
+        <v>554</v>
       </c>
       <c r="D85" s="3">
         <v>2000</v>
       </c>
       <c r="E85" s="1" t="s">
-        <v>559</v>
+        <v>555</v>
       </c>
       <c r="F85" s="11"/>
       <c r="G85" s="1" t="s">
-        <v>560</v>
+        <v>556</v>
       </c>
       <c r="H85" s="2">
         <v>42370</v>
       </c>
       <c r="I85" s="2"/>
       <c r="J85" s="2"/>
     </row>
-    <row r="86" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="86" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A86" s="1" t="s">
-        <v>326</v>
+        <v>322</v>
       </c>
       <c r="B86" s="3">
         <v>7601001992368</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>561</v>
+        <v>557</v>
       </c>
       <c r="D86" s="3">
         <v>1227</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>562</v>
+        <v>558</v>
       </c>
       <c r="F86" s="11"/>
       <c r="G86" s="1" t="s">
-        <v>563</v>
+        <v>559</v>
       </c>
       <c r="H86" s="2">
         <v>45214</v>
       </c>
       <c r="I86" s="2"/>
       <c r="J86" s="2"/>
     </row>
-    <row r="87" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="87" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A87" s="1" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
       <c r="B87" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="D87" s="3" t="s">
+        <v>421</v>
+      </c>
+      <c r="E87" s="1" t="s">
         <v>422</v>
       </c>
-      <c r="C87" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F87" s="11" t="s">
-        <v>671</v>
+        <v>666</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>564</v>
+        <v>560</v>
       </c>
       <c r="H87" s="2">
         <v>42370</v>
       </c>
       <c r="I87" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J87" s="2"/>
     </row>
-    <row r="88" spans="1:10" ht="12.75" hidden="1" x14ac:dyDescent="0.35">
+    <row r="88" spans="1:10" ht="12.75" hidden="1" x14ac:dyDescent="0.2">
       <c r="A88" s="1" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="D88" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="E88" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="E88" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F88" s="8" t="s">
-        <v>612</v>
+        <v>608</v>
       </c>
       <c r="H88" s="2">
         <v>42370</v>
       </c>
       <c r="I88" s="2">
         <v>44561</v>
       </c>
       <c r="J88" s="2"/>
     </row>
-    <row r="89" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="89" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A89" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B89" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="C89" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="B89" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C89" s="1" t="s">
+      <c r="D89" s="3" t="s">
         <v>80</v>
       </c>
-      <c r="D89" s="3" t="s">
+      <c r="E89" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="E89" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F89" s="11" t="s">
-        <v>672</v>
+        <v>667</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>565</v>
+        <v>561</v>
       </c>
       <c r="H89" s="2">
         <v>42370</v>
       </c>
       <c r="I89" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J89" s="2"/>
     </row>
-    <row r="90" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="90" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A90" s="1" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="D90" s="3" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="E90" s="1" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="F90" s="11" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
       <c r="H90" s="2">
         <v>42370</v>
       </c>
       <c r="I90" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J90" s="2"/>
     </row>
-    <row r="91" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="91" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A91" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>7</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D91" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E91" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F91" s="11" t="s">
-        <v>674</v>
+        <v>669</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>567</v>
+        <v>563</v>
       </c>
       <c r="H91" s="2">
         <v>42370</v>
       </c>
       <c r="I91" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J91" s="2"/>
     </row>
-    <row r="92" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="92" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A92" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>25</v>
       </c>
       <c r="D92" s="3" t="s">
         <v>26</v>
       </c>
       <c r="E92" s="1" t="s">
         <v>27</v>
       </c>
       <c r="F92" s="11" t="s">
-        <v>675</v>
+        <v>670</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>568</v>
+        <v>564</v>
       </c>
       <c r="H92" s="2">
         <v>42370</v>
       </c>
       <c r="I92" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J92" s="2"/>
     </row>
-    <row r="93" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="93" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A93" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="B93" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="C93" s="1" t="s">
         <v>84</v>
-      </c>
-[...4 lines deleted...]
-        <v>85</v>
       </c>
       <c r="D93" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E93" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F93" s="11" t="s">
-        <v>676</v>
+        <v>671</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>569</v>
+        <v>565</v>
       </c>
       <c r="H93" s="2">
         <v>42370</v>
       </c>
       <c r="I93" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J93" s="2"/>
     </row>
-    <row r="94" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="94" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A94" s="1" t="s">
         <v>39</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>40</v>
       </c>
       <c r="D94" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E94" s="1" t="s">
         <v>42</v>
       </c>
       <c r="F94" s="11" t="s">
-        <v>677</v>
+        <v>672</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>570</v>
+        <v>566</v>
       </c>
       <c r="H94" s="2">
         <v>42370</v>
       </c>
       <c r="I94" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J94" s="2"/>
     </row>
-    <row r="95" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="95" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A95" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="B95" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="C95" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="B95" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C95" s="1" t="s">
+      <c r="D95" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="D95" s="3" t="s">
+      <c r="E95" s="1" t="s">
         <v>89</v>
       </c>
-      <c r="E95" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F95" s="11" t="s">
-        <v>678</v>
+        <v>673</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>571</v>
+        <v>567</v>
       </c>
       <c r="H95" s="2">
         <v>42370</v>
       </c>
       <c r="I95" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J95" s="2"/>
     </row>
-    <row r="96" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="96" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A96" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="B96" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="D96" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="E96" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="F96" s="11" t="s">
+        <v>674</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="H96" s="2">
+        <v>42370</v>
+      </c>
+      <c r="I96" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J96" s="2"/>
+    </row>
+    <row r="97" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A97" s="1" t="s">
         <v>337</v>
       </c>
-      <c r="B96" s="3" t="s">
+      <c r="B97" s="3" t="s">
         <v>336</v>
       </c>
-      <c r="C96" s="1" t="s">
+      <c r="C97" s="1" t="s">
         <v>338</v>
-      </c>
-[...28 lines deleted...]
-        <v>342</v>
       </c>
       <c r="D97" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E97" s="1" t="s">
         <v>37</v>
       </c>
       <c r="F97" s="11" t="s">
-        <v>680</v>
+        <v>675</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>573</v>
+        <v>569</v>
       </c>
       <c r="H97" s="2">
         <v>42370</v>
       </c>
       <c r="I97" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J97" s="2"/>
     </row>
-    <row r="98" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="98" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A98" s="1" t="s">
-        <v>344</v>
+        <v>340</v>
       </c>
       <c r="B98" s="3" t="s">
+        <v>339</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="D98" s="3" t="s">
+        <v>342</v>
+      </c>
+      <c r="E98" s="1" t="s">
         <v>343</v>
       </c>
-      <c r="C98" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F98" s="11" t="s">
-        <v>681</v>
+        <v>676</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>574</v>
+        <v>570</v>
       </c>
       <c r="H98" s="2">
         <v>42370</v>
       </c>
       <c r="I98" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J98" s="2"/>
     </row>
-    <row r="99" spans="1:10" ht="12.75" hidden="1" x14ac:dyDescent="0.35">
+    <row r="99" spans="1:10" ht="12.75" hidden="1" x14ac:dyDescent="0.2">
       <c r="A99" s="1" t="s">
-        <v>428</v>
+        <v>424</v>
       </c>
       <c r="B99" s="3" t="s">
+        <v>423</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="D99" s="3" t="s">
+        <v>426</v>
+      </c>
+      <c r="E99" s="1" t="s">
         <v>427</v>
       </c>
-      <c r="C99" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F99" s="9" t="s">
-        <v>613</v>
+        <v>609</v>
       </c>
       <c r="H99" s="2">
         <v>42370</v>
       </c>
       <c r="I99" s="2">
         <v>44561</v>
       </c>
       <c r="J99" s="2"/>
     </row>
-    <row r="100" spans="1:10" ht="12.75" hidden="1" x14ac:dyDescent="0.35">
+    <row r="100" spans="1:10" ht="12.75" hidden="1" x14ac:dyDescent="0.2">
       <c r="A100" s="1" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="D100" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="E100" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="E100" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F100" s="7" t="s">
-        <v>614</v>
+        <v>610</v>
       </c>
       <c r="H100" s="2">
         <v>42370</v>
       </c>
       <c r="I100" s="2">
         <v>45230</v>
       </c>
       <c r="J100" s="2"/>
     </row>
-    <row r="101" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="101" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A101" s="1" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>703</v>
+        <v>698</v>
       </c>
       <c r="D101" s="3">
         <v>9220</v>
       </c>
       <c r="E101" s="1" t="s">
-        <v>704</v>
+        <v>699</v>
       </c>
       <c r="F101" s="11" t="s">
-        <v>659</v>
+        <v>655</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>575</v>
+        <v>571</v>
       </c>
       <c r="H101" s="2">
         <v>42370</v>
       </c>
       <c r="I101" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J101" s="2"/>
     </row>
-    <row r="102" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="102" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A102" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="B102" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="C102" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="B102" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C102" s="1" t="s">
+      <c r="D102" s="3" t="s">
         <v>93</v>
       </c>
-      <c r="D102" s="3" t="s">
+      <c r="E102" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="E102" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F102" s="11" t="s">
-        <v>682</v>
+        <v>677</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>576</v>
+        <v>572</v>
       </c>
       <c r="H102" s="2">
         <v>42370</v>
       </c>
       <c r="I102" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J102" s="2"/>
     </row>
-    <row r="103" spans="1:10" ht="12.75" hidden="1" x14ac:dyDescent="0.35">
+    <row r="103" spans="1:10" ht="12.75" hidden="1" x14ac:dyDescent="0.2">
       <c r="A103" s="1" t="s">
-        <v>460</v>
+        <v>456</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>459</v>
+        <v>455</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>461</v>
+        <v>457</v>
       </c>
       <c r="D103" s="3" t="s">
-        <v>462</v>
+        <v>458</v>
       </c>
       <c r="E103" s="1" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="F103" s="8" t="s">
-        <v>433</v>
+        <v>429</v>
       </c>
       <c r="H103" s="2">
         <v>42370</v>
       </c>
       <c r="I103" s="2">
         <v>44561</v>
       </c>
       <c r="J103" s="2"/>
     </row>
-    <row r="104" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="104" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A104" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="B104" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="C104" s="1" t="s">
         <v>201</v>
       </c>
-      <c r="B104" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C104" s="1" t="s">
+      <c r="D104" s="3" t="s">
         <v>202</v>
       </c>
-      <c r="D104" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E104" s="1" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="F104" s="11" t="s">
-        <v>683</v>
+        <v>678</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>577</v>
+        <v>573</v>
       </c>
       <c r="H104" s="2">
         <v>42370</v>
       </c>
       <c r="I104" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J104" s="2"/>
     </row>
-    <row r="105" spans="1:10" ht="12.75" hidden="1" x14ac:dyDescent="0.35">
+    <row r="105" spans="1:10" ht="12.75" hidden="1" x14ac:dyDescent="0.2">
       <c r="A105" s="1" t="s">
-        <v>354</v>
+        <v>350</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D105" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E105" s="1" t="s">
         <v>12</v>
       </c>
       <c r="F105" s="8" t="s">
-        <v>439</v>
+        <v>435</v>
       </c>
       <c r="H105" s="2">
         <v>42370</v>
       </c>
       <c r="I105" s="2">
         <v>44540</v>
       </c>
       <c r="J105" s="2"/>
     </row>
-    <row r="106" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="106" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A106" s="1" t="s">
-        <v>473</v>
+        <v>469</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>472</v>
+        <v>468</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>474</v>
+        <v>470</v>
       </c>
       <c r="D106" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="E106" s="1" t="s">
-        <v>475</v>
+        <v>471</v>
       </c>
       <c r="F106" s="11"/>
       <c r="G106" s="1" t="s">
-        <v>578</v>
+        <v>574</v>
       </c>
       <c r="H106" s="2">
         <v>42370</v>
       </c>
       <c r="I106" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J106" s="2"/>
     </row>
-    <row r="107" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="107" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A107" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="B107" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="D107" s="3" t="s">
+        <v>359</v>
+      </c>
+      <c r="E107" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="F107" s="11" t="s">
+        <v>679</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="H107" s="2">
+        <v>42370</v>
+      </c>
+      <c r="I107" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J107" s="2"/>
+    </row>
+    <row r="108" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A108" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="B108" s="3" t="s">
         <v>361</v>
       </c>
-      <c r="B107" s="3" t="s">
-[...5 lines deleted...]
-      <c r="D107" s="3" t="s">
+      <c r="C108" s="1" t="s">
         <v>363</v>
       </c>
-      <c r="E107" s="1" t="s">
+      <c r="D108" s="3" t="s">
         <v>364</v>
       </c>
-      <c r="F107" s="11" t="s">
-[...17 lines deleted...]
-      <c r="B108" s="3" t="s">
+      <c r="E108" s="1" t="s">
         <v>365</v>
       </c>
-      <c r="C108" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F108" s="11" t="s">
-        <v>685</v>
+        <v>680</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>580</v>
+        <v>576</v>
       </c>
       <c r="H108" s="2">
         <v>42370</v>
       </c>
       <c r="I108" s="2"/>
       <c r="J108" s="2"/>
     </row>
-    <row r="109" spans="1:10" ht="12.75" hidden="1" x14ac:dyDescent="0.35">
+    <row r="109" spans="1:10" ht="12.75" hidden="1" x14ac:dyDescent="0.2">
       <c r="A109" s="1" t="s">
-        <v>455</v>
+        <v>451</v>
       </c>
       <c r="B109" s="3" t="s">
+        <v>450</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="D109" s="3" t="s">
+        <v>453</v>
+      </c>
+      <c r="E109" s="1" t="s">
         <v>454</v>
-      </c>
-[...7 lines deleted...]
-        <v>458</v>
       </c>
       <c r="F109" s="8"/>
       <c r="H109" s="2">
         <v>42370</v>
       </c>
       <c r="I109" s="2">
         <v>44561</v>
       </c>
       <c r="J109" s="2"/>
     </row>
-    <row r="110" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="110" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A110" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="B110" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="D110" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="E110" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="F110" s="11" t="s">
+        <v>681</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="H110" s="2">
+        <v>42370</v>
+      </c>
+      <c r="I110" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J110" s="2"/>
+    </row>
+    <row r="111" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A111" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="B111" s="3" t="s">
         <v>376</v>
       </c>
-      <c r="B110" s="3" t="s">
-[...5 lines deleted...]
-      <c r="D110" s="3" t="s">
+      <c r="C111" s="1" t="s">
         <v>378</v>
       </c>
-      <c r="E110" s="1" t="s">
+      <c r="D111" s="3" t="s">
         <v>379</v>
       </c>
-      <c r="F110" s="11" t="s">
-[...2 lines deleted...]
-      <c r="G110" s="1" t="s">
+      <c r="E111" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="F111" s="11" t="s">
+        <v>682</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="H111" s="2">
+        <v>42370</v>
+      </c>
+      <c r="I111" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J111" s="2"/>
+    </row>
+    <row r="112" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A112" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="B112" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="D112" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="E112" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="F112" s="11" t="s">
+        <v>683</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="H112" s="2">
+        <v>42370</v>
+      </c>
+      <c r="I112" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J112" s="2"/>
+    </row>
+    <row r="113" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A113" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="B113" s="3" t="s">
+        <v>477</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="D113" s="3" t="s">
+        <v>331</v>
+      </c>
+      <c r="E113" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="F113" s="11" t="s">
+        <v>684</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="H113" s="2">
+        <v>42370</v>
+      </c>
+      <c r="I113" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J113" s="2"/>
+    </row>
+    <row r="114" spans="1:10" ht="12.75" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A114" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="B114" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="C114" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="D114" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="E114" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="F114" s="11" t="s">
+        <v>609</v>
+      </c>
+      <c r="G114" s="1" t="s">
         <v>581</v>
-      </c>
-[...118 lines deleted...]
-        <v>585</v>
       </c>
       <c r="H114" s="2">
         <v>42370</v>
       </c>
       <c r="I114" s="2">
         <v>45291</v>
       </c>
       <c r="J114" s="2"/>
     </row>
-    <row r="115" spans="1:10" ht="12.75" hidden="1" x14ac:dyDescent="0.35">
+    <row r="115" spans="1:10" ht="12.75" hidden="1" x14ac:dyDescent="0.2">
       <c r="A115" s="1" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="D115" s="3" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="E115" s="1" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="F115" s="11" t="s">
-        <v>614</v>
+        <v>610</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>586</v>
+        <v>582</v>
       </c>
       <c r="H115" s="2">
         <v>42370</v>
       </c>
       <c r="I115" s="2">
         <v>45727</v>
       </c>
       <c r="J115" s="2"/>
     </row>
-    <row r="116" spans="1:10" ht="12.75" hidden="1" x14ac:dyDescent="0.35">
+    <row r="116" spans="1:10" ht="12.75" hidden="1" x14ac:dyDescent="0.2">
       <c r="A116" s="1" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D116" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E116" s="1" t="s">
         <v>12</v>
       </c>
       <c r="F116" s="8"/>
       <c r="H116" s="2">
         <v>42370</v>
       </c>
       <c r="I116" s="2">
         <v>44540</v>
       </c>
       <c r="J116" s="2"/>
     </row>
-    <row r="117" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="117" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A117" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="B117" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="C117" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="B117" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C117" s="1" t="s">
+      <c r="D117" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="D117" s="3" t="s">
+      <c r="E117" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="E117" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F117" s="11" t="s">
-        <v>690</v>
+        <v>685</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>587</v>
+        <v>583</v>
       </c>
       <c r="H117" s="2">
         <v>42370</v>
       </c>
       <c r="I117" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J117" s="2"/>
     </row>
-    <row r="118" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="118" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A118" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="B118" s="3" t="s">
+        <v>405</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="D118" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="E118" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="F118" s="11" t="s">
+        <v>686</v>
+      </c>
+      <c r="G118" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="H118" s="2">
+        <v>42370</v>
+      </c>
+      <c r="I118" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J118" s="2"/>
+    </row>
+    <row r="119" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A119" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="B119" s="3" t="s">
+        <v>408</v>
+      </c>
+      <c r="C119" s="1" t="s">
         <v>410</v>
       </c>
-      <c r="B118" s="3" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="D119" s="3" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="F119" s="11" t="s">
-        <v>692</v>
+        <v>687</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>589</v>
+        <v>585</v>
       </c>
       <c r="H119" s="2">
         <v>42370</v>
       </c>
       <c r="I119" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J119" s="2"/>
     </row>
-    <row r="120" spans="1:10" s="19" customFormat="1" ht="12.75" hidden="1" x14ac:dyDescent="0.35">
+    <row r="120" spans="1:10" s="19" customFormat="1" ht="12.75" hidden="1" x14ac:dyDescent="0.2">
       <c r="A120" s="19" t="s">
-        <v>439</v>
+        <v>435</v>
       </c>
       <c r="B120" s="20" t="s">
-        <v>438</v>
+        <v>434</v>
       </c>
       <c r="C120" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D120" s="20" t="s">
-        <v>440</v>
+        <v>436</v>
       </c>
       <c r="E120" s="19" t="s">
-        <v>441</v>
+        <v>437</v>
       </c>
       <c r="F120" s="21" t="s">
-        <v>693</v>
+        <v>688</v>
       </c>
       <c r="G120" s="19" t="s">
-        <v>590</v>
+        <v>586</v>
       </c>
       <c r="H120" s="22">
         <v>42370</v>
       </c>
       <c r="I120" s="22">
         <v>45818</v>
       </c>
       <c r="J120" s="2"/>
     </row>
-    <row r="121" spans="1:10" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="121" spans="1:10" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A121" s="1" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="B121" s="3" t="s">
+        <v>351</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="D121" s="3" t="s">
+        <v>354</v>
+      </c>
+      <c r="E121" s="1" t="s">
         <v>355</v>
       </c>
-      <c r="C121" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F121" s="11" t="s">
-        <v>694</v>
+        <v>689</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>591</v>
+        <v>587</v>
       </c>
       <c r="H121" s="2">
         <v>42370</v>
       </c>
       <c r="I121" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J121" s="2"/>
     </row>
   </sheetData>
   <pageMargins left="0.39370078740157483" right="0.41249999999999998" top="0.82677165354330717" bottom="0.56874999999999998" header="0.31496062992125984" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" scale="79" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Arial,Fett"&amp;14&amp;U&amp;K000000Vertragslieferantenliste Handelswaren-Vereinbarung&amp;"Arial,Standard"&amp;11&amp;U
 Stand &amp;D</oddHeader>
     <oddFooter>&amp;R&amp;"Arial,Standard"&amp;10Seite &amp;P von &amp;N</oddFooter>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BA26F63F57CFC74187305AD06F0CB5DB" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="25e14e65583c24ee8279753df285c653">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f4e20c67-38ea-4320-a74f-d908b8ce3f78" xmlns:ns3="a985ee2e-431f-416d-8218-4cbed31e9ef4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fda615d2316d5e0297db220fdc20abc7" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100BA26F63F57CFC74187305AD06F0CB5DB" ma:contentTypeVersion="21" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="f18ef75ed7e9a58edf0f683ccca55550">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f4e20c67-38ea-4320-a74f-d908b8ce3f78" xmlns:ns3="a985ee2e-431f-416d-8218-4cbed31e9ef4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1c0df3e8f9c9dc4c9ab6abfb7c78a988" ns2:_="" ns3:_="">
     <xsd:import namespace="f4e20c67-38ea-4320-a74f-d908b8ce3f78"/>
     <xsd:import namespace="a985ee2e-431f-416d-8218-4cbed31e9ef4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:Bearbeitet" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:Pfad" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f4e20c67-38ea-4320-a74f-d908b8ce3f78" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Shared With" ma:description="" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Freigegeben für" ma:description="" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="9" nillable="true" ma:displayName="Shared With Details" ma:description="" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="9" nillable="true" ma:displayName="Freigegeben für - Details" ma:description="" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="TaxCatchAll" ma:index="23" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{6985bcee-3be8-4fe0-ba2d-b435984f3534}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="f4e20c67-38ea-4320-a74f-d908b8ce3f78">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a985ee2e-431f-416d-8218-4cbed31e9ef4" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="10" nillable="true" ma:displayName="MediaServiceMetadata" ma:description="" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
@@ -6563,94 +6563,94 @@
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="18" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceKeyPoints" ma:index="19" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="69fa0e13-b86e-4a86-99ce-aed171b0cd4a" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Bildmarkierungen" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="69fa0e13-b86e-4a86-99ce-aed171b0cd4a" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Bearbeitet" ma:index="25" nillable="true" ma:displayName="Bearbeitet" ma:default="0" ma:format="Dropdown" ma:internalName="Bearbeitet">
       <xsd:simpleType>
         <xsd:restriction base="dms:Boolean"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="26" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Pfad" ma:index="27" nillable="true" ma:displayName="Pfad" ma:format="Dropdown" ma:list="65f8c90d-0722-4786-a2f5-04f9b0849f50" ma:internalName="Pfad" ma:showField="Title">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceBillingMetadata" ma:index="28" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Inhaltstyp"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Titel"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -6717,80 +6717,65 @@
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Bearbeitet xmlns="a985ee2e-431f-416d-8218-4cbed31e9ef4">false</Bearbeitet>
     <TaxCatchAll xmlns="f4e20c67-38ea-4320-a74f-d908b8ce3f78" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a985ee2e-431f-416d-8218-4cbed31e9ef4">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <Pfad xmlns="a985ee2e-431f-416d-8218-4cbed31e9ef4" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AACEB3A7-BBA8-4391-B0BA-72313EAA1364}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4FAF4F67-82A6-4BEF-BA6D-004BE40D68E5}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EF18963B-84DB-4A8E-AD77-C582F5514B14}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{133E920C-4E9D-49DE-9C1B-B7623ED716E1}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a985ee2e-431f-416d-8218-4cbed31e9ef4"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="f4e20c67-38ea-4320-a74f-d908b8ce3f78"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Benannte Bereiche</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>