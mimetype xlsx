--- v0 (2026-02-03)
+++ v1 (2026-03-29)
@@ -5,3377 +5,3587 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://suvaprodcloud-my.sharepoint.com/personal/barbara_lueber_suva_ch/Documents/Documents/Speichern/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{4B8ADB51-39A7-4A4F-B79B-0B633047602F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{EAB2D5AD-9935-426A-8D14-BC095991C175}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2469" uniqueCount="1105">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2636" uniqueCount="1175">
   <si>
     <t>Tarif</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Verband</t>
   </si>
   <si>
     <t>Gesetz</t>
   </si>
   <si>
     <t>Letzter Update am</t>
   </si>
   <si>
     <t>Aktive Mitglieder</t>
   </si>
   <si>
     <t>Dokument</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>Psychotherapie-Tarif - In Weiterbildung</t>
   </si>
   <si>
-    <t>[Assoziation Schweizer Psychotherapeutinnen und Psychotherapeuten (ASP), Zentralstelle für Medizinaltarife, Föderation der Schweizer Psychologinnen und Psychologen (FSP), Schweizerischen Berufsverband für Angewandte Psychologie SBAP]</t>
+    <t>[Zentralstelle für Medizinaltarife, Schweizerischen Berufsverband für Angewandte Psychologie SBAP, Föderation der Schweizer Psychologinnen und Psychologen (FSP), Assoziation Schweizer Psychotherapeutinnen und Psychotherapeuten (ASP)]</t>
   </si>
   <si>
     <t>[MVG, IVG, UVG]</t>
   </si>
   <si>
+    <t>306</t>
+  </si>
+  <si>
+    <t>https://www.mtk-ctm.ch/de/tarife/psychotherapie/</t>
+  </si>
+  <si>
+    <t>Mitgliedschaft</t>
+  </si>
+  <si>
+    <t>GLN</t>
+  </si>
+  <si>
+    <t>Servicetyp</t>
+  </si>
+  <si>
+    <t>Adresse</t>
+  </si>
+  <si>
+    <t>PLZ</t>
+  </si>
+  <si>
+    <t>Ort</t>
+  </si>
+  <si>
+    <t>Aktiv</t>
+  </si>
+  <si>
+    <t>Mitglied seit</t>
+  </si>
+  <si>
+    <t>Mitglied bis</t>
+  </si>
+  <si>
+    <t>0</t>
+  </si>
+  <si>
+    <t>7601000246684</t>
+  </si>
+  <si>
+    <t>Semadeni Rudolf</t>
+  </si>
+  <si>
+    <t>[DoctMed]</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>Active</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>7601003131376</t>
+  </si>
+  <si>
+    <t>Schwab Emmanuel</t>
+  </si>
+  <si>
+    <t>[Psycho]</t>
+  </si>
+  <si>
+    <t>2300</t>
+  </si>
+  <si>
+    <t>La Chaux-de-Fonds</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>7601003455892</t>
+  </si>
+  <si>
+    <t>Gomes de Oliveira Alexandre</t>
+  </si>
+  <si>
+    <t>2000</t>
+  </si>
+  <si>
+    <t>Neuchâtel</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>7601003285369</t>
+  </si>
+  <si>
+    <t>Nanchen Djitik Patricia</t>
+  </si>
+  <si>
+    <t>[Psycho, NutrAdv]</t>
+  </si>
+  <si>
+    <t>1870</t>
+  </si>
+  <si>
+    <t>Monthey</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>7601007680467</t>
+  </si>
+  <si>
+    <t>Marcon Fabrice</t>
+  </si>
+  <si>
+    <t>1260</t>
+  </si>
+  <si>
+    <t>Nyon</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>7601003944792</t>
+  </si>
+  <si>
+    <t>Rupp Yvan</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>7601001709294</t>
+  </si>
+  <si>
+    <t>Csiko Kitti</t>
+  </si>
+  <si>
+    <t>8008</t>
+  </si>
+  <si>
+    <t>Zürich</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>7601009139789</t>
+  </si>
+  <si>
+    <t>Tintori Marialida</t>
+  </si>
+  <si>
+    <t>6828</t>
+  </si>
+  <si>
+    <t>Balerna</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>7601009075643</t>
+  </si>
+  <si>
+    <t>Boos-Schneider Sandra</t>
+  </si>
+  <si>
+    <t>5032</t>
+  </si>
+  <si>
+    <t>Aarau Rohr</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>7601001837256</t>
+  </si>
+  <si>
+    <t>Rahme Tatiana</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>7601001832176</t>
+  </si>
+  <si>
+    <t>Poretti Laura</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>7601009014123</t>
+  </si>
+  <si>
+    <t>Parrini-Kitic Ines</t>
+  </si>
+  <si>
+    <t>8001</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>7601009123177</t>
+  </si>
+  <si>
+    <t>Truninger Moritz</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>7601001482142</t>
+  </si>
+  <si>
+    <t>Kühner-Jucker Claudia</t>
+  </si>
+  <si>
+    <t>2900</t>
+  </si>
+  <si>
+    <t>Porrentruy</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>7601001479272</t>
+  </si>
+  <si>
+    <t>Bourquin Kevin</t>
+  </si>
+  <si>
+    <t>1005</t>
+  </si>
+  <si>
+    <t>Lausanne</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>7601003388510</t>
+  </si>
+  <si>
+    <t>Donnicola David</t>
+  </si>
+  <si>
+    <t>1207</t>
+  </si>
+  <si>
+    <t>Genève</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>7601001708068</t>
+  </si>
+  <si>
+    <t>Wood Sophie</t>
+  </si>
+  <si>
+    <t>1202</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>7601001662100</t>
+  </si>
+  <si>
+    <t>Pino Maeva</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>7601001696730</t>
+  </si>
+  <si>
+    <t>Munier Isaline</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>7601009059162</t>
+  </si>
+  <si>
+    <t>Pitara Evita</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>7601009104428</t>
+  </si>
+  <si>
+    <t>Apostolides Jeremy</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>7601001834262</t>
+  </si>
+  <si>
+    <t>Scherer Jeremy</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>7601009008825</t>
+  </si>
+  <si>
+    <t>Herdhuin Marion</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>7601001727083</t>
+  </si>
+  <si>
+    <t>Neves Andreia</t>
+  </si>
+  <si>
+    <t>1208</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>7601001727311</t>
+  </si>
+  <si>
+    <t>Dal Busco Christian</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>7601002963664</t>
+  </si>
+  <si>
+    <t>Gauthey Chloé</t>
+  </si>
+  <si>
+    <t>1225</t>
+  </si>
+  <si>
+    <t>Chêne Bourg</t>
+  </si>
+  <si>
+    <t>Past</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>7601009147548</t>
+  </si>
+  <si>
+    <t>Duranton Julie</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>7601007715237</t>
+  </si>
+  <si>
+    <t>Maglio Sara</t>
+  </si>
+  <si>
+    <t>1205</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>7601001827844</t>
+  </si>
+  <si>
+    <t>Roveda Oriana</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>7601001754386</t>
+  </si>
+  <si>
+    <t>Saïeb Taïs</t>
+  </si>
+  <si>
+    <t>1203</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>7601001834835</t>
+  </si>
+  <si>
+    <t>Ferrante Asha-Naima</t>
+  </si>
+  <si>
+    <t>3280</t>
+  </si>
+  <si>
+    <t>Murten</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>7601009238253</t>
+  </si>
+  <si>
+    <t>Carigiet Reinhard Tamara</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>7601007716623</t>
+  </si>
+  <si>
+    <t>Pittet Irène</t>
+  </si>
+  <si>
+    <t>1204</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>7601002881425</t>
+  </si>
+  <si>
+    <t>Pain Aurélie</t>
+  </si>
+  <si>
+    <t>1897</t>
+  </si>
+  <si>
+    <t>Bouveret</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>7601001750111</t>
+  </si>
+  <si>
+    <t>Pereira Guedes Sara</t>
+  </si>
+  <si>
+    <t>1950</t>
+  </si>
+  <si>
+    <t>Sion</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>7601009029455</t>
+  </si>
+  <si>
+    <t>Matossi Ophélie</t>
+  </si>
+  <si>
+    <t>1820</t>
+  </si>
+  <si>
+    <t>Territet</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>7601007710676</t>
+  </si>
+  <si>
+    <t>Glaser Bronwyn</t>
+  </si>
+  <si>
+    <t>6500</t>
+  </si>
+  <si>
+    <t>Bellinzona</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>7601001477605</t>
+  </si>
+  <si>
+    <t>Bignoli Vera</t>
+  </si>
+  <si>
+    <t>Montreux</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>7601007707508</t>
+  </si>
+  <si>
+    <t>Burckel Aude</t>
+  </si>
+  <si>
+    <t>1247</t>
+  </si>
+  <si>
+    <t>Anières</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>7601001656567</t>
+  </si>
+  <si>
+    <t>Aeby Laura</t>
+  </si>
+  <si>
+    <t>1752</t>
+  </si>
+  <si>
+    <t>Villars-sur-Glâne</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>7601009053771</t>
+  </si>
+  <si>
+    <t>Gonzalez Tamara</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>7601009108273</t>
+  </si>
+  <si>
+    <t>Cauzo Umberto</t>
+  </si>
+  <si>
+    <t>1607</t>
+  </si>
+  <si>
+    <t>Palézieux-Village</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>7601009288357</t>
+  </si>
+  <si>
+    <t>Topkiran Tahir</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>7601009228377</t>
+  </si>
+  <si>
+    <t>Savelli Romain</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>7601007897995</t>
+  </si>
+  <si>
+    <t>Fromant Florine</t>
+  </si>
+  <si>
+    <t>1442</t>
+  </si>
+  <si>
+    <t>Montagny-près-Yverdon</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>7601001909472</t>
+  </si>
+  <si>
+    <t>Peyraud Nathalie</t>
+  </si>
+  <si>
+    <t>1700</t>
+  </si>
+  <si>
+    <t>Fribourg</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>7601007764990</t>
+  </si>
+  <si>
+    <t>Gay Johanne-Saskia</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>7601001674660</t>
+  </si>
+  <si>
+    <t>Gatti Veronica</t>
+  </si>
+  <si>
+    <t>6900</t>
+  </si>
+  <si>
+    <t>Lugano</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>7601007719716</t>
+  </si>
+  <si>
+    <t>Usuelli Chiara</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>7601009047329</t>
+  </si>
+  <si>
+    <t>Cattaneo Lara</t>
+  </si>
+  <si>
+    <t>6600</t>
+  </si>
+  <si>
+    <t>Locarno</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>7601009330384</t>
+  </si>
+  <si>
+    <t>Baqaj Granit</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>7601009159602</t>
+  </si>
+  <si>
+    <t>Plattner Dinja</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>7601001829725</t>
+  </si>
+  <si>
+    <t>Viaud Mallaury</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>7601001769908</t>
+  </si>
+  <si>
+    <t>Roux Vanessa</t>
+  </si>
+  <si>
+    <t>1003</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>7601001833685</t>
+  </si>
+  <si>
+    <t>Kleinke Mascha</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>7601009022180</t>
+  </si>
+  <si>
+    <t>Lucibello Carola</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>7601001455603</t>
+  </si>
+  <si>
+    <t>Kerber Stefan</t>
+  </si>
+  <si>
+    <t>9444</t>
+  </si>
+  <si>
+    <t>Diepoldsau</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>7601009029448</t>
+  </si>
+  <si>
+    <t>Tavil Mor</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>7601001734005</t>
+  </si>
+  <si>
+    <t>Panzera Morata Marco</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>7601001524538</t>
+  </si>
+  <si>
+    <t>Remon-Ore Maria de los Angeles</t>
+  </si>
+  <si>
+    <t>1023</t>
+  </si>
+  <si>
+    <t>Crissier</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>7601001825949</t>
+  </si>
+  <si>
+    <t>Pasquale Daniela</t>
+  </si>
+  <si>
+    <t>6514</t>
+  </si>
+  <si>
+    <t>Sementina</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>7601009332357</t>
+  </si>
+  <si>
+    <t>Mahtani-Vicente Daisy</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>7601002980593</t>
+  </si>
+  <si>
+    <t>Poisat Yasmine</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>7601001833586</t>
+  </si>
+  <si>
+    <t>Papinutto Dana</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>7601001783843</t>
+  </si>
+  <si>
+    <t>Suter Honorine</t>
+  </si>
+  <si>
+    <t>2034</t>
+  </si>
+  <si>
+    <t>Peseux</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>7601009352249</t>
+  </si>
+  <si>
+    <t>Semadeni Dino</t>
+  </si>
+  <si>
+    <t>8032</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>7601001721319</t>
+  </si>
+  <si>
+    <t>Küttel Patricia</t>
+  </si>
+  <si>
+    <t>8408</t>
+  </si>
+  <si>
+    <t>Winterthur</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>7601001906105</t>
+  </si>
+  <si>
+    <t>Mariani Rosa</t>
+  </si>
+  <si>
+    <t>6512</t>
+  </si>
+  <si>
+    <t>Giubiasco</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>7601009339851</t>
+  </si>
+  <si>
+    <t>Guariento Jessica</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>7601009273018</t>
+  </si>
+  <si>
+    <t>Abadessa Martina</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>7601009312526</t>
+  </si>
+  <si>
+    <t>Cassani Alessia</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>7601001904477</t>
+  </si>
+  <si>
+    <t>Galante Camilla</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>7601009046315</t>
+  </si>
+  <si>
+    <t>Neuenschwander Josselin</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>7601007978144</t>
+  </si>
+  <si>
+    <t>Pocthier Caroline</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>7601009092954</t>
+  </si>
+  <si>
+    <t>Kapsaridi Afroditi</t>
+  </si>
+  <si>
+    <t>1860</t>
+  </si>
+  <si>
+    <t>Aigle</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>7601001723269</t>
+  </si>
+  <si>
+    <t>Di Chio Vincenzo</t>
+  </si>
+  <si>
+    <t>6850</t>
+  </si>
+  <si>
+    <t>Mendrisio</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>7601001498488</t>
+  </si>
+  <si>
+    <t>Pugliese Aurélie</t>
+  </si>
+  <si>
+    <t>Morat</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>7601001913165</t>
+  </si>
+  <si>
+    <t>Romet Michaël</t>
+  </si>
+  <si>
+    <t>1530</t>
+  </si>
+  <si>
+    <t>Payerne</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>7601001817005</t>
+  </si>
+  <si>
+    <t>Kauer Marianne</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>7601009224942</t>
+  </si>
+  <si>
+    <t>Holzer Seraina</t>
+  </si>
+  <si>
+    <t>6006</t>
+  </si>
+  <si>
+    <t>Luzern</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>7601001895522</t>
+  </si>
+  <si>
+    <t>Gilliéron Deborah</t>
+  </si>
+  <si>
+    <t>1410</t>
+  </si>
+  <si>
+    <t>Thierrens</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>7601009103612</t>
+  </si>
+  <si>
+    <t>Sadooghi-Alvandi Nelia</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>7601002958387</t>
+  </si>
+  <si>
+    <t>Caillard d'Aillières Philibert</t>
+  </si>
+  <si>
+    <t>1722</t>
+  </si>
+  <si>
+    <t>Bourguillon</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>7601001973398</t>
+  </si>
+  <si>
+    <t>Karakurt Ibrahim</t>
+  </si>
+  <si>
+    <t>1218</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>7601002944410</t>
+  </si>
+  <si>
+    <t>Lesaffre Lise</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>7601003515879</t>
+  </si>
+  <si>
+    <t>Osterwalder Silvia</t>
+  </si>
+  <si>
+    <t>[Psycho, Physio]</t>
+  </si>
+  <si>
+    <t>1800</t>
+  </si>
+  <si>
+    <t>Vevey</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>7601002874663</t>
+  </si>
+  <si>
+    <t>Dos Reis Bruno</t>
+  </si>
+  <si>
+    <t>lausanne</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>7601009261435</t>
+  </si>
+  <si>
+    <t>Toledo Hinarejos Marta</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>7601001804586</t>
+  </si>
+  <si>
+    <t>Retes Ziller Tatiana</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>7601002888868</t>
+  </si>
+  <si>
+    <t>Maspoli Silvia</t>
+  </si>
+  <si>
+    <t>[CompTherapist, Psycho]</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>7601001833036</t>
+  </si>
+  <si>
+    <t>Inan Nuriye</t>
+  </si>
+  <si>
+    <t>91</t>
+  </si>
+  <si>
+    <t>7601001828964</t>
+  </si>
+  <si>
+    <t>Pannatier Virginie</t>
+  </si>
+  <si>
+    <t>1008</t>
+  </si>
+  <si>
+    <t>Prilly</t>
+  </si>
+  <si>
+    <t>92</t>
+  </si>
+  <si>
+    <t>7601007954865</t>
+  </si>
+  <si>
+    <t>Dinten-Badel Valérie</t>
+  </si>
+  <si>
+    <t>93</t>
+  </si>
+  <si>
+    <t>7601001836501</t>
+  </si>
+  <si>
+    <t>Valentine Lisa</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>7601009325069</t>
+  </si>
+  <si>
+    <t>Hechler Angela</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>7601002917803</t>
+  </si>
+  <si>
+    <t>Baranova Youliana</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>7601001606319</t>
+  </si>
+  <si>
+    <t>Schmutz Natasha</t>
+  </si>
+  <si>
+    <t>1110</t>
+  </si>
+  <si>
+    <t>Morges</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>7601009103988</t>
+  </si>
+  <si>
+    <t>de Siebenthal Romane</t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>7601009127359</t>
+  </si>
+  <si>
+    <t>Mohamad Mah Abdurahman</t>
+  </si>
+  <si>
+    <t>99</t>
+  </si>
+  <si>
+    <t>7601009099380</t>
+  </si>
+  <si>
+    <t>Baldacchino Olivia</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>7601001836594</t>
+  </si>
+  <si>
+    <t>Nocco Luana</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>7601001855632</t>
+  </si>
+  <si>
+    <t>Kastner Christian</t>
+  </si>
+  <si>
+    <t>102</t>
+  </si>
+  <si>
+    <t>7601001910713</t>
+  </si>
+  <si>
+    <t>de la Vega Pilar</t>
+  </si>
+  <si>
+    <t>8003</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
+    <t>7601001907423</t>
+  </si>
+  <si>
+    <t>Foletta Amalia</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>7601009224935</t>
+  </si>
+  <si>
+    <t>Gonçalves Kelly</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t>7601009151392</t>
+  </si>
+  <si>
+    <t>Durox Lyna</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t>7601009222795</t>
+  </si>
+  <si>
+    <t>Marti Kilian</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>7601001766372</t>
+  </si>
+  <si>
+    <t>Colliard Jeanne</t>
+  </si>
+  <si>
+    <t>108</t>
+  </si>
+  <si>
+    <t>7601002934329</t>
+  </si>
+  <si>
+    <t>Sadiku Ariona</t>
+  </si>
+  <si>
+    <t>109</t>
+  </si>
+  <si>
+    <t>7601001832756</t>
+  </si>
+  <si>
+    <t>Bober Anita</t>
+  </si>
+  <si>
+    <t>110</t>
+  </si>
+  <si>
+    <t>7601009081828</t>
+  </si>
+  <si>
+    <t>Favre Manon</t>
+  </si>
+  <si>
+    <t>111</t>
+  </si>
+  <si>
+    <t>7601009022982</t>
+  </si>
+  <si>
+    <t>Nuñez Pia Florencia</t>
+  </si>
+  <si>
+    <t>112</t>
+  </si>
+  <si>
+    <t>7601001829268</t>
+  </si>
+  <si>
+    <t>Diaz Abril Maria Trinidad</t>
+  </si>
+  <si>
+    <t>113</t>
+  </si>
+  <si>
+    <t>7601009190650</t>
+  </si>
+  <si>
+    <t>Mauron Charlotte</t>
+  </si>
+  <si>
+    <t>1630</t>
+  </si>
+  <si>
+    <t>Bulle</t>
+  </si>
+  <si>
+    <t>114</t>
+  </si>
+  <si>
+    <t>7601009238390</t>
+  </si>
+  <si>
+    <t>Bergna Tiffany</t>
+  </si>
+  <si>
+    <t>115</t>
+  </si>
+  <si>
+    <t>7601001967311</t>
+  </si>
+  <si>
+    <t>Devaud Océane</t>
+  </si>
+  <si>
+    <t>116</t>
+  </si>
+  <si>
+    <t>7601001966529</t>
+  </si>
+  <si>
+    <t>Chirenti Deborah</t>
+  </si>
+  <si>
+    <t>117</t>
+  </si>
+  <si>
+    <t>7601001832749</t>
+  </si>
+  <si>
+    <t>Dupuis Floriane</t>
+  </si>
+  <si>
+    <t>1018</t>
+  </si>
+  <si>
+    <t>118</t>
+  </si>
+  <si>
+    <t>7601009215094</t>
+  </si>
+  <si>
+    <t>Locher Katharina</t>
+  </si>
+  <si>
+    <t>3250</t>
+  </si>
+  <si>
+    <t>Lyss</t>
+  </si>
+  <si>
+    <t>119</t>
+  </si>
+  <si>
+    <t>7601009339639</t>
+  </si>
+  <si>
+    <t>Hörig Kiara</t>
+  </si>
+  <si>
+    <t>6052</t>
+  </si>
+  <si>
+    <t>Hergiswil</t>
+  </si>
+  <si>
+    <t>120</t>
+  </si>
+  <si>
+    <t>7601009353635</t>
+  </si>
+  <si>
+    <t>Meystre Valentine</t>
+  </si>
+  <si>
+    <t>1510</t>
+  </si>
+  <si>
+    <t>Moudon</t>
+  </si>
+  <si>
+    <t>121</t>
+  </si>
+  <si>
+    <t>7601001691940</t>
+  </si>
+  <si>
+    <t>Werner Nora</t>
+  </si>
+  <si>
+    <t>122</t>
+  </si>
+  <si>
+    <t>7601009401503</t>
+  </si>
+  <si>
+    <t>Schorno Zoe</t>
+  </si>
+  <si>
+    <t>8044</t>
+  </si>
+  <si>
+    <t>123</t>
+  </si>
+  <si>
+    <t>7601001834682</t>
+  </si>
+  <si>
+    <t>Prete Francesca</t>
+  </si>
+  <si>
+    <t>124</t>
+  </si>
+  <si>
+    <t>7601009117244</t>
+  </si>
+  <si>
+    <t>Buvelot Amandine</t>
+  </si>
+  <si>
+    <t>125</t>
+  </si>
+  <si>
+    <t>7601001499157</t>
+  </si>
+  <si>
+    <t>Combey Joanny</t>
+  </si>
+  <si>
+    <t>126</t>
+  </si>
+  <si>
+    <t>7601009279935</t>
+  </si>
+  <si>
+    <t>Gourlaouen Louise</t>
+  </si>
+  <si>
+    <t>127</t>
+  </si>
+  <si>
+    <t>7601009055584</t>
+  </si>
+  <si>
+    <t>Desrues Laure</t>
+  </si>
+  <si>
+    <t>128</t>
+  </si>
+  <si>
+    <t>7601001495272</t>
+  </si>
+  <si>
+    <t>Rothenbühler Maëlle</t>
+  </si>
+  <si>
+    <t>129</t>
+  </si>
+  <si>
+    <t>7601001495609</t>
+  </si>
+  <si>
+    <t>Da Silva Marjolaine</t>
+  </si>
+  <si>
+    <t>130</t>
+  </si>
+  <si>
+    <t>7601001499782</t>
+  </si>
+  <si>
+    <t>Bois Amaury</t>
+  </si>
+  <si>
+    <t>131</t>
+  </si>
+  <si>
+    <t>7601001834590</t>
+  </si>
+  <si>
+    <t>Da Costa Gonçalves Lorène</t>
+  </si>
+  <si>
+    <t>132</t>
+  </si>
+  <si>
+    <t>7601009142291</t>
+  </si>
+  <si>
+    <t>Lauro Paola</t>
+  </si>
+  <si>
+    <t>133</t>
+  </si>
+  <si>
+    <t>7601001468849</t>
+  </si>
+  <si>
+    <t>Peier Ermenela</t>
+  </si>
+  <si>
+    <t>9053</t>
+  </si>
+  <si>
+    <t>Teufen AR</t>
+  </si>
+  <si>
+    <t>134</t>
+  </si>
+  <si>
+    <t>7601001508606</t>
+  </si>
+  <si>
+    <t>Casanova Laura</t>
+  </si>
+  <si>
+    <t>135</t>
+  </si>
+  <si>
+    <t>7601003313475</t>
+  </si>
+  <si>
+    <t>Lagoutte Brice</t>
+  </si>
+  <si>
+    <t>1212</t>
+  </si>
+  <si>
+    <t>Grand-Lancy</t>
+  </si>
+  <si>
+    <t>136</t>
+  </si>
+  <si>
+    <t>7601009028656</t>
+  </si>
+  <si>
+    <t>Kreuzer Nicole</t>
+  </si>
+  <si>
+    <t>3600</t>
+  </si>
+  <si>
+    <t>Thun</t>
+  </si>
+  <si>
+    <t>137</t>
+  </si>
+  <si>
+    <t>7601009349430</t>
+  </si>
+  <si>
+    <t>Prumatt Franziska</t>
+  </si>
+  <si>
+    <t>138</t>
+  </si>
+  <si>
+    <t>7601001824898</t>
+  </si>
+  <si>
+    <t>Droz Chanson Magali</t>
+  </si>
+  <si>
+    <t>139</t>
+  </si>
+  <si>
+    <t>7601009405860</t>
+  </si>
+  <si>
+    <t>Keller Christina</t>
+  </si>
+  <si>
+    <t>140</t>
+  </si>
+  <si>
+    <t>7601009141508</t>
+  </si>
+  <si>
+    <t>Ferrari Vanessa</t>
+  </si>
+  <si>
+    <t>141</t>
+  </si>
+  <si>
+    <t>7601001706330</t>
+  </si>
+  <si>
+    <t>Tasman Lieselotte</t>
+  </si>
+  <si>
+    <t>4031</t>
+  </si>
+  <si>
+    <t>Basel</t>
+  </si>
+  <si>
+    <t>142</t>
+  </si>
+  <si>
+    <t>7601009405891</t>
+  </si>
+  <si>
+    <t>Darejati Güler Elham</t>
+  </si>
+  <si>
+    <t>143</t>
+  </si>
+  <si>
+    <t>7601009356834</t>
+  </si>
+  <si>
+    <t>Caseri Giulia</t>
+  </si>
+  <si>
+    <t>144</t>
+  </si>
+  <si>
+    <t>7601009389375</t>
+  </si>
+  <si>
+    <t>Delaloye Julia</t>
+  </si>
+  <si>
+    <t>1610</t>
+  </si>
+  <si>
+    <t>Oron-la-Ville</t>
+  </si>
+  <si>
+    <t>145</t>
+  </si>
+  <si>
+    <t>7601007670871</t>
+  </si>
+  <si>
+    <t>Boissenot Tiffany</t>
+  </si>
+  <si>
+    <t>146</t>
+  </si>
+  <si>
+    <t>7601009120633</t>
+  </si>
+  <si>
+    <t>Longaron Gabriel</t>
+  </si>
+  <si>
+    <t>3005</t>
+  </si>
+  <si>
+    <t>Bern</t>
+  </si>
+  <si>
+    <t>147</t>
+  </si>
+  <si>
+    <t>7601002817837</t>
+  </si>
+  <si>
+    <t>De Sousa Almeida Viviana</t>
+  </si>
+  <si>
+    <t>1964</t>
+  </si>
+  <si>
+    <t>Conthey</t>
+  </si>
+  <si>
+    <t>148</t>
+  </si>
+  <si>
+    <t>7601009039980</t>
+  </si>
+  <si>
+    <t>Sathasivam Niveetha</t>
+  </si>
+  <si>
+    <t>149</t>
+  </si>
+  <si>
+    <t>7601003844924</t>
+  </si>
+  <si>
+    <t>Genoud Yannick</t>
+  </si>
+  <si>
+    <t>1963</t>
+  </si>
+  <si>
+    <t>Vétroz</t>
+  </si>
+  <si>
+    <t>150</t>
+  </si>
+  <si>
+    <t>7601001833289</t>
+  </si>
+  <si>
+    <t>Silva Araujo Filipe</t>
+  </si>
+  <si>
+    <t>151</t>
+  </si>
+  <si>
+    <t>7601009439704</t>
+  </si>
+  <si>
+    <t>Messina Victoria</t>
+  </si>
+  <si>
+    <t>152</t>
+  </si>
+  <si>
+    <t>7601009057595</t>
+  </si>
+  <si>
+    <t>Reber Elisa</t>
+  </si>
+  <si>
+    <t>153</t>
+  </si>
+  <si>
+    <t>7601009107832</t>
+  </si>
+  <si>
+    <t>Jenni Lilian</t>
+  </si>
+  <si>
+    <t>154</t>
+  </si>
+  <si>
+    <t>7601009106019</t>
+  </si>
+  <si>
+    <t>Debnar Caroline</t>
+  </si>
+  <si>
+    <t>155</t>
+  </si>
+  <si>
+    <t>7601009028816</t>
+  </si>
+  <si>
+    <t>Messina Ilenia</t>
+  </si>
+  <si>
+    <t>6110</t>
+  </si>
+  <si>
+    <t>Wolhusen</t>
+  </si>
+  <si>
+    <t>156</t>
+  </si>
+  <si>
+    <t>7601009321382</t>
+  </si>
+  <si>
+    <t>Egli Celine</t>
+  </si>
+  <si>
+    <t>157</t>
+  </si>
+  <si>
+    <t>7601001722378</t>
+  </si>
+  <si>
+    <t>Kniewallner Michaela</t>
+  </si>
+  <si>
+    <t>158</t>
+  </si>
+  <si>
+    <t>7601009439445</t>
+  </si>
+  <si>
+    <t>Schneider Leah</t>
+  </si>
+  <si>
+    <t>159</t>
+  </si>
+  <si>
+    <t>7601009375545</t>
+  </si>
+  <si>
+    <t>Kappeler Franziska</t>
+  </si>
+  <si>
+    <t>160</t>
+  </si>
+  <si>
+    <t>7601009401824</t>
+  </si>
+  <si>
+    <t>Eicher Valeria</t>
+  </si>
+  <si>
+    <t>161</t>
+  </si>
+  <si>
+    <t>7601009007491</t>
+  </si>
+  <si>
+    <t>Moulin Adeline</t>
+  </si>
+  <si>
+    <t>162</t>
+  </si>
+  <si>
+    <t>7601001913196</t>
+  </si>
+  <si>
+    <t>Jaccard Cécile</t>
+  </si>
+  <si>
+    <t>163</t>
+  </si>
+  <si>
+    <t>7601001912496</t>
+  </si>
+  <si>
+    <t>Favez Margaux</t>
+  </si>
+  <si>
+    <t>164</t>
+  </si>
+  <si>
+    <t>7601007856428</t>
+  </si>
+  <si>
+    <t>Vogel Mégan</t>
+  </si>
+  <si>
+    <t>1868</t>
+  </si>
+  <si>
+    <t>Collombey</t>
+  </si>
+  <si>
+    <t>165</t>
+  </si>
+  <si>
+    <t>7601009128059</t>
+  </si>
+  <si>
+    <t>Villa Gloria</t>
+  </si>
+  <si>
+    <t>166</t>
+  </si>
+  <si>
+    <t>7601009443893</t>
+  </si>
+  <si>
+    <t>Picazo Mora Maria</t>
+  </si>
+  <si>
+    <t>167</t>
+  </si>
+  <si>
+    <t>7601007562916</t>
+  </si>
+  <si>
+    <t>Schäppi Kathrin</t>
+  </si>
+  <si>
+    <t>4054</t>
+  </si>
+  <si>
+    <t>168</t>
+  </si>
+  <si>
+    <t>7601001907522</t>
+  </si>
+  <si>
+    <t>Knuchel Joachim</t>
+  </si>
+  <si>
+    <t>169</t>
+  </si>
+  <si>
+    <t>7601001834033</t>
+  </si>
+  <si>
+    <t>Rey Carlos</t>
+  </si>
+  <si>
+    <t>170</t>
+  </si>
+  <si>
+    <t>7601009405679</t>
+  </si>
+  <si>
+    <t>Trivella Nadia</t>
+  </si>
+  <si>
+    <t>171</t>
+  </si>
+  <si>
+    <t>7601009010422</t>
+  </si>
+  <si>
+    <t>Von Xylander Flavia</t>
+  </si>
+  <si>
+    <t>172</t>
+  </si>
+  <si>
+    <t>7601009438844</t>
+  </si>
+  <si>
+    <t>Isabella Valenzi Maria</t>
+  </si>
+  <si>
+    <t>173</t>
+  </si>
+  <si>
+    <t>7601009007392</t>
+  </si>
+  <si>
+    <t>Brigant Samson</t>
+  </si>
+  <si>
+    <t>1227</t>
+  </si>
+  <si>
+    <t>Carouge</t>
+  </si>
+  <si>
+    <t>174</t>
+  </si>
+  <si>
+    <t>7601001984080</t>
+  </si>
+  <si>
+    <t>Detoledo Lara</t>
+  </si>
+  <si>
+    <t>175</t>
+  </si>
+  <si>
+    <t>7601009007477</t>
+  </si>
+  <si>
+    <t>Dukes Daniel</t>
+  </si>
+  <si>
+    <t>1201</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t>7601009046841</t>
+  </si>
+  <si>
+    <t>Errico Lancelot</t>
+  </si>
+  <si>
+    <t>1217</t>
+  </si>
+  <si>
+    <t>Meyrin</t>
+  </si>
+  <si>
+    <t>177</t>
+  </si>
+  <si>
+    <t>7601001958616</t>
+  </si>
+  <si>
+    <t>Ferreira Inacio David</t>
+  </si>
+  <si>
+    <t>1219</t>
+  </si>
+  <si>
+    <t>Le Lignon</t>
+  </si>
+  <si>
+    <t>178</t>
+  </si>
+  <si>
+    <t>7601001833203</t>
+  </si>
+  <si>
+    <t>Maksimovic Jasmina</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>7601001727106</t>
+  </si>
+  <si>
+    <t>Pede Laura</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>7601009058004</t>
+  </si>
+  <si>
+    <t>Varriano Lorenzo</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>7601001831957</t>
+  </si>
+  <si>
+    <t>Laquale Valeria</t>
+  </si>
+  <si>
+    <t>6932</t>
+  </si>
+  <si>
+    <t>Breganzona</t>
+  </si>
+  <si>
+    <t>182</t>
+  </si>
+  <si>
+    <t>7601009058011</t>
+  </si>
+  <si>
+    <t>Annen Nathalie</t>
+  </si>
+  <si>
+    <t>183</t>
+  </si>
+  <si>
+    <t>7601009222672</t>
+  </si>
+  <si>
+    <t>Humbel Vanessa</t>
+  </si>
+  <si>
+    <t>184</t>
+  </si>
+  <si>
+    <t>7601009008801</t>
+  </si>
+  <si>
+    <t>Azaiz Narjisse</t>
+  </si>
+  <si>
+    <t>185</t>
+  </si>
+  <si>
+    <t>7601001726000</t>
+  </si>
+  <si>
+    <t>Christin Mathilde</t>
+  </si>
+  <si>
+    <t>1211</t>
+  </si>
+  <si>
+    <t>Genève 8</t>
+  </si>
+  <si>
+    <t>186</t>
+  </si>
+  <si>
+    <t>7601001467354</t>
+  </si>
+  <si>
+    <t>Kapanci Celia</t>
+  </si>
+  <si>
+    <t>187</t>
+  </si>
+  <si>
+    <t>7601009438738</t>
+  </si>
+  <si>
+    <t>Hautekeete Justine</t>
+  </si>
+  <si>
+    <t>188</t>
+  </si>
+  <si>
+    <t>7601009243165</t>
+  </si>
+  <si>
+    <t>Bonvin Agnès</t>
+  </si>
+  <si>
+    <t>189</t>
+  </si>
+  <si>
+    <t>7601009009440</t>
+  </si>
+  <si>
+    <t>Monnot Elie</t>
+  </si>
+  <si>
+    <t>190</t>
+  </si>
+  <si>
+    <t>7601009007590</t>
+  </si>
+  <si>
+    <t>Hoareau Anne</t>
+  </si>
+  <si>
+    <t>191</t>
+  </si>
+  <si>
+    <t>7601009007439</t>
+  </si>
+  <si>
+    <t>Ismaili Daulina</t>
+  </si>
+  <si>
+    <t>1206</t>
+  </si>
+  <si>
+    <t>192</t>
+  </si>
+  <si>
+    <t>7601009078545</t>
+  </si>
+  <si>
+    <t>Guesnet Naya</t>
+  </si>
+  <si>
+    <t>193</t>
+  </si>
+  <si>
+    <t>7601001939639</t>
+  </si>
+  <si>
+    <t>Normand Julia</t>
+  </si>
+  <si>
+    <t>194</t>
+  </si>
+  <si>
+    <t>7601009022784</t>
+  </si>
+  <si>
+    <t>D'Ermo Martina</t>
+  </si>
+  <si>
+    <t>195</t>
+  </si>
+  <si>
+    <t>7601001417687</t>
+  </si>
+  <si>
+    <t>Singh-Stocker Regula</t>
+  </si>
+  <si>
+    <t>196</t>
+  </si>
+  <si>
+    <t>7601001973381</t>
+  </si>
+  <si>
+    <t>Jaramillo Maria</t>
+  </si>
+  <si>
+    <t>197</t>
+  </si>
+  <si>
+    <t>7601001781016</t>
+  </si>
+  <si>
+    <t>Ressiga-Vacchini Eleonora</t>
+  </si>
+  <si>
+    <t>6710</t>
+  </si>
+  <si>
+    <t>Biasca</t>
+  </si>
+  <si>
+    <t>198</t>
+  </si>
+  <si>
+    <t>7601009352508</t>
+  </si>
+  <si>
+    <t>Christen Andrea</t>
+  </si>
+  <si>
+    <t>6214</t>
+  </si>
+  <si>
+    <t>Schenkon</t>
+  </si>
+  <si>
+    <t>199</t>
+  </si>
+  <si>
+    <t>7601001832183</t>
+  </si>
+  <si>
+    <t>Gachet Coraline</t>
+  </si>
+  <si>
+    <t>1890</t>
+  </si>
+  <si>
+    <t>St-Maurice</t>
+  </si>
+  <si>
+    <t>200</t>
+  </si>
+  <si>
+    <t>7601001907393</t>
+  </si>
+  <si>
+    <t>Bonjour Chloé</t>
+  </si>
+  <si>
+    <t>201</t>
+  </si>
+  <si>
+    <t>7601001726765</t>
+  </si>
+  <si>
+    <t>Bruttin Kilian</t>
+  </si>
+  <si>
+    <t>202</t>
+  </si>
+  <si>
+    <t>7601007710638</t>
+  </si>
+  <si>
+    <t>Girerd Christel</t>
+  </si>
+  <si>
+    <t>203</t>
+  </si>
+  <si>
+    <t>7601001922938</t>
+  </si>
+  <si>
+    <t>Hedhili Ali</t>
+  </si>
+  <si>
+    <t>204</t>
+  </si>
+  <si>
+    <t>7601001913400</t>
+  </si>
+  <si>
+    <t>Sutera Valeria</t>
+  </si>
+  <si>
+    <t>205</t>
+  </si>
+  <si>
+    <t>7601009238260</t>
+  </si>
+  <si>
+    <t>Perret Clara</t>
+  </si>
+  <si>
+    <t>206</t>
+  </si>
+  <si>
+    <t>7601001556256</t>
+  </si>
+  <si>
+    <t>Léon Jürgen</t>
+  </si>
+  <si>
+    <t>207</t>
+  </si>
+  <si>
+    <t>7601009413926</t>
+  </si>
+  <si>
+    <t>Combaz Morgane</t>
+  </si>
+  <si>
+    <t>[TempRecog]</t>
+  </si>
+  <si>
+    <t>208</t>
+  </si>
+  <si>
+    <t>7601009110573</t>
+  </si>
+  <si>
+    <t>Röthlisberger Helene</t>
+  </si>
+  <si>
+    <t>3011</t>
+  </si>
+  <si>
+    <t>209</t>
+  </si>
+  <si>
+    <t>7601002255790</t>
+  </si>
+  <si>
+    <t>Schmid Tobias Michael</t>
+  </si>
+  <si>
+    <t>[Psycho, Nurse]</t>
+  </si>
+  <si>
+    <t>210</t>
+  </si>
+  <si>
+    <t>7601001835504</t>
+  </si>
+  <si>
+    <t>Syguda Martyna</t>
+  </si>
+  <si>
+    <t>211</t>
+  </si>
+  <si>
+    <t>7601009226359</t>
+  </si>
+  <si>
+    <t>Weinreich Dorothee</t>
+  </si>
+  <si>
+    <t>212</t>
+  </si>
+  <si>
+    <t>7601009473043</t>
+  </si>
+  <si>
+    <t>Bührer Elisa</t>
+  </si>
+  <si>
+    <t>213</t>
+  </si>
+  <si>
+    <t>7601001828544</t>
+  </si>
+  <si>
+    <t>Bourqui Vanlisa</t>
+  </si>
+  <si>
+    <t>214</t>
+  </si>
+  <si>
+    <t>7601009349768</t>
+  </si>
+  <si>
+    <t>Oswald Nikolas</t>
+  </si>
+  <si>
+    <t>215</t>
+  </si>
+  <si>
+    <t>7601001922310</t>
+  </si>
+  <si>
+    <t>Herrmann Casimir</t>
+  </si>
+  <si>
+    <t>216</t>
+  </si>
+  <si>
+    <t>7601009007613</t>
+  </si>
+  <si>
+    <t>Pellaud Mallaury</t>
+  </si>
+  <si>
+    <t>217</t>
+  </si>
+  <si>
+    <t>7601001744448</t>
+  </si>
+  <si>
+    <t>Rey Sylvain</t>
+  </si>
+  <si>
+    <t>218</t>
+  </si>
+  <si>
+    <t>7601001921979</t>
+  </si>
+  <si>
+    <t>Vuilleumier Petra</t>
+  </si>
+  <si>
+    <t>219</t>
+  </si>
+  <si>
+    <t>7601009200397</t>
+  </si>
+  <si>
+    <t>Morin Jeanne</t>
+  </si>
+  <si>
+    <t>220</t>
+  </si>
+  <si>
+    <t>7601009343933</t>
+  </si>
+  <si>
+    <t>Razavi Boshra</t>
+  </si>
+  <si>
+    <t>1213</t>
+  </si>
+  <si>
+    <t>Onex</t>
+  </si>
+  <si>
+    <t>221</t>
+  </si>
+  <si>
+    <t>7601009139925</t>
+  </si>
+  <si>
+    <t>Vétois Matthieu</t>
+  </si>
+  <si>
+    <t>1090</t>
+  </si>
+  <si>
+    <t>La Croix</t>
+  </si>
+  <si>
+    <t>222</t>
+  </si>
+  <si>
+    <t>7601001832947</t>
+  </si>
+  <si>
+    <t>Spranger Sara</t>
+  </si>
+  <si>
+    <t>223</t>
+  </si>
+  <si>
+    <t>7601009095771</t>
+  </si>
+  <si>
+    <t>Louifi Mehdi</t>
+  </si>
+  <si>
+    <t>224</t>
+  </si>
+  <si>
+    <t>7601009275289</t>
+  </si>
+  <si>
+    <t>Kissling Levana</t>
+  </si>
+  <si>
+    <t>225</t>
+  </si>
+  <si>
+    <t>7601009092442</t>
+  </si>
+  <si>
+    <t>Chevallier Matteo</t>
+  </si>
+  <si>
+    <t>226</t>
+  </si>
+  <si>
+    <t>7601001934719</t>
+  </si>
+  <si>
+    <t>Holzer Raphaël</t>
+  </si>
+  <si>
+    <t>227</t>
+  </si>
+  <si>
+    <t>7601009039584</t>
+  </si>
+  <si>
+    <t>Gassmann Melvin</t>
+  </si>
+  <si>
+    <t>228</t>
+  </si>
+  <si>
+    <t>7601009345340</t>
+  </si>
+  <si>
+    <t>Sprich Sarah</t>
+  </si>
+  <si>
+    <t>8820</t>
+  </si>
+  <si>
+    <t>Wädenswil</t>
+  </si>
+  <si>
+    <t>229</t>
+  </si>
+  <si>
+    <t>7601001827615</t>
+  </si>
+  <si>
+    <t>Oury Florine</t>
+  </si>
+  <si>
+    <t>230</t>
+  </si>
+  <si>
+    <t>7601002723794</t>
+  </si>
+  <si>
+    <t>Leuba Anaëlle</t>
+  </si>
+  <si>
+    <t>231</t>
+  </si>
+  <si>
+    <t>7601009039911</t>
+  </si>
+  <si>
+    <t>Glassier Sofia</t>
+  </si>
+  <si>
+    <t>232</t>
+  </si>
+  <si>
+    <t>7601001835108</t>
+  </si>
+  <si>
+    <t>Klemp Jonathan</t>
+  </si>
+  <si>
+    <t>233</t>
+  </si>
+  <si>
+    <t>7601009205125</t>
+  </si>
+  <si>
+    <t>Rapin Charlotte</t>
+  </si>
+  <si>
+    <t>234</t>
+  </si>
+  <si>
+    <t>7601001863323</t>
+  </si>
+  <si>
+    <t>Pedetti Endrit</t>
+  </si>
+  <si>
+    <t>235</t>
+  </si>
+  <si>
+    <t>7601001832619</t>
+  </si>
+  <si>
+    <t>Fischer Nigel</t>
+  </si>
+  <si>
+    <t>236</t>
+  </si>
+  <si>
+    <t>7601001959774</t>
+  </si>
+  <si>
+    <t>Di Benedetto Julia</t>
+  </si>
+  <si>
+    <t>237</t>
+  </si>
+  <si>
+    <t>7601001912502</t>
+  </si>
+  <si>
+    <t>Grosjean Rebecca</t>
+  </si>
+  <si>
+    <t>238</t>
+  </si>
+  <si>
+    <t>7601009017155</t>
+  </si>
+  <si>
+    <t>Dubuis Mallaury</t>
+  </si>
+  <si>
+    <t>1196</t>
+  </si>
+  <si>
+    <t>Gland</t>
+  </si>
+  <si>
+    <t>239</t>
+  </si>
+  <si>
+    <t>7601001306790</t>
+  </si>
+  <si>
+    <t>Mostaza Rebecca</t>
+  </si>
+  <si>
+    <t>[CompTherapist, Psycho, Nurse]</t>
+  </si>
+  <si>
+    <t>240</t>
+  </si>
+  <si>
+    <t>7601009317491</t>
+  </si>
+  <si>
+    <t>Weber Sarah Jil</t>
+  </si>
+  <si>
+    <t>8004</t>
+  </si>
+  <si>
+    <t>241</t>
+  </si>
+  <si>
+    <t>7601009107801</t>
+  </si>
+  <si>
+    <t>Gorla Flavia</t>
+  </si>
+  <si>
+    <t>242</t>
+  </si>
+  <si>
+    <t>7601009106248</t>
+  </si>
+  <si>
+    <t>König Noëlle</t>
+  </si>
+  <si>
+    <t>243</t>
+  </si>
+  <si>
+    <t>7601001831049</t>
+  </si>
+  <si>
+    <t>Emini-Estoppey Julie</t>
+  </si>
+  <si>
+    <t>244</t>
+  </si>
+  <si>
+    <t>7601009215285</t>
+  </si>
+  <si>
+    <t>Saraga David</t>
+  </si>
+  <si>
+    <t>245</t>
+  </si>
+  <si>
+    <t>7601009202995</t>
+  </si>
+  <si>
+    <t>Echeandia Venero Ines</t>
+  </si>
+  <si>
+    <t>246</t>
+  </si>
+  <si>
+    <t>7601007706600</t>
+  </si>
+  <si>
+    <t>Bastos Alexandra</t>
+  </si>
+  <si>
+    <t>247</t>
+  </si>
+  <si>
+    <t>7601009439179</t>
+  </si>
+  <si>
+    <t>Libal Nina</t>
+  </si>
+  <si>
+    <t>248</t>
+  </si>
+  <si>
+    <t>7601002889636</t>
+  </si>
+  <si>
+    <t>Rolim Rodrigues Shaqiri Roberta</t>
+  </si>
+  <si>
+    <t>[Psycho, AuxPers]</t>
+  </si>
+  <si>
+    <t>249</t>
+  </si>
+  <si>
+    <t>7601009405662</t>
+  </si>
+  <si>
+    <t>Maillard Emmanuelle</t>
+  </si>
+  <si>
+    <t>Petit-Lancy</t>
+  </si>
+  <si>
+    <t>250</t>
+  </si>
+  <si>
+    <t>7601009401176</t>
+  </si>
+  <si>
+    <t>Triomphe Chloé</t>
+  </si>
+  <si>
+    <t>1814</t>
+  </si>
+  <si>
+    <t>La Tour-de-Peilz</t>
+  </si>
+  <si>
+    <t>251</t>
+  </si>
+  <si>
+    <t>7601009212390</t>
+  </si>
+  <si>
+    <t>Boubaker Alia</t>
+  </si>
+  <si>
+    <t>252</t>
+  </si>
+  <si>
+    <t>7601001566415</t>
+  </si>
+  <si>
+    <t>Bettoni Brian</t>
+  </si>
+  <si>
+    <t>253</t>
+  </si>
+  <si>
+    <t>7601001726994</t>
+  </si>
+  <si>
+    <t>Dell’Ambrogio Gianna</t>
+  </si>
+  <si>
+    <t>254</t>
+  </si>
+  <si>
+    <t>7601009462221</t>
+  </si>
+  <si>
+    <t>Monnier Lionel</t>
+  </si>
+  <si>
+    <t>255</t>
+  </si>
+  <si>
+    <t>7601001835054</t>
+  </si>
+  <si>
+    <t>Beretta Laura</t>
+  </si>
+  <si>
+    <t>256</t>
+  </si>
+  <si>
+    <t>7601001490567</t>
+  </si>
+  <si>
+    <t>Raccuia Martina</t>
+  </si>
+  <si>
+    <t>257</t>
+  </si>
+  <si>
+    <t>7601001714441</t>
+  </si>
+  <si>
+    <t>Di Salvatore Sara</t>
+  </si>
+  <si>
+    <t>6962</t>
+  </si>
+  <si>
+    <t>Viganello</t>
+  </si>
+  <si>
+    <t>258</t>
+  </si>
+  <si>
+    <t>7601001842229</t>
+  </si>
+  <si>
+    <t>Foglia Carolina</t>
+  </si>
+  <si>
+    <t>259</t>
+  </si>
+  <si>
+    <t>7601001697331</t>
+  </si>
+  <si>
+    <t>Hostettler Leila</t>
+  </si>
+  <si>
+    <t>3012</t>
+  </si>
+  <si>
+    <t>260</t>
+  </si>
+  <si>
+    <t>7601001714212</t>
+  </si>
+  <si>
+    <t>Markert Julia</t>
+  </si>
+  <si>
+    <t>261</t>
+  </si>
+  <si>
+    <t>7601009401718</t>
+  </si>
+  <si>
+    <t>Menath Daniela</t>
+  </si>
+  <si>
+    <t>Freiburg</t>
+  </si>
+  <si>
+    <t>262</t>
+  </si>
+  <si>
+    <t>7601009480652</t>
+  </si>
+  <si>
+    <t>Dos Santos Mendo Dora</t>
+  </si>
+  <si>
+    <t>263</t>
+  </si>
+  <si>
+    <t>7601009008788</t>
+  </si>
+  <si>
+    <t>Roth Lisa</t>
+  </si>
+  <si>
+    <t>264</t>
+  </si>
+  <si>
+    <t>7601009007385</t>
+  </si>
+  <si>
+    <t>Tiphticoglou Niki</t>
+  </si>
+  <si>
+    <t>265</t>
+  </si>
+  <si>
+    <t>7601009444241</t>
+  </si>
+  <si>
+    <t>Malis Camille</t>
+  </si>
+  <si>
+    <t>266</t>
+  </si>
+  <si>
+    <t>7601001966956</t>
+  </si>
+  <si>
+    <t>Etienne Mauranne</t>
+  </si>
+  <si>
+    <t>267</t>
+  </si>
+  <si>
+    <t>7601001777569</t>
+  </si>
+  <si>
+    <t>Mülli Tobias</t>
+  </si>
+  <si>
+    <t>268</t>
+  </si>
+  <si>
+    <t>7601009028823</t>
+  </si>
+  <si>
+    <t>Muscatello Giulio</t>
+  </si>
+  <si>
+    <t>269</t>
+  </si>
+  <si>
+    <t>7601009291876</t>
+  </si>
+  <si>
+    <t>Kanakis Daliana</t>
+  </si>
+  <si>
+    <t>8400</t>
+  </si>
+  <si>
+    <t>270</t>
+  </si>
+  <si>
+    <t>7601009343964</t>
+  </si>
+  <si>
+    <t>Widmer Mascha</t>
+  </si>
+  <si>
+    <t>271</t>
+  </si>
+  <si>
+    <t>7601001747753</t>
+  </si>
+  <si>
+    <t>Nacevski Simona</t>
+  </si>
+  <si>
+    <t>6648</t>
+  </si>
+  <si>
+    <t>Minusio</t>
+  </si>
+  <si>
+    <t>272</t>
+  </si>
+  <si>
+    <t>7601009264375</t>
+  </si>
+  <si>
+    <t>Poma Naomi</t>
+  </si>
+  <si>
+    <t>273</t>
+  </si>
+  <si>
+    <t>7601001975040</t>
+  </si>
+  <si>
+    <t>Pusterla Silva</t>
+  </si>
+  <si>
+    <t>274</t>
+  </si>
+  <si>
+    <t>7601001837676</t>
+  </si>
+  <si>
+    <t>De Marco Alice</t>
+  </si>
+  <si>
+    <t>275</t>
+  </si>
+  <si>
+    <t>7601009463204</t>
+  </si>
+  <si>
+    <t>Saladin Brisa</t>
+  </si>
+  <si>
+    <t>4500</t>
+  </si>
+  <si>
+    <t>Solothurn</t>
+  </si>
+  <si>
+    <t>276</t>
+  </si>
+  <si>
+    <t>7601009475085</t>
+  </si>
+  <si>
+    <t>Schreier Annette</t>
+  </si>
+  <si>
+    <t>277</t>
+  </si>
+  <si>
+    <t>7601001696037</t>
+  </si>
+  <si>
+    <t>Regozini Marcella</t>
+  </si>
+  <si>
+    <t>278</t>
+  </si>
+  <si>
+    <t>7601001663312</t>
+  </si>
+  <si>
+    <t>Farina Ramona</t>
+  </si>
+  <si>
+    <t>279</t>
+  </si>
+  <si>
+    <t>7601001831797</t>
+  </si>
+  <si>
+    <t>Duroux Mathilde</t>
+  </si>
+  <si>
+    <t>280</t>
+  </si>
+  <si>
+    <t>7601001896000</t>
+  </si>
+  <si>
+    <t>Hornstein Lena</t>
+  </si>
+  <si>
+    <t>4055</t>
+  </si>
+  <si>
+    <t>281</t>
+  </si>
+  <si>
+    <t>7601007707768</t>
+  </si>
+  <si>
+    <t>Da Costa Fernandes Ana</t>
+  </si>
+  <si>
+    <t>282</t>
+  </si>
+  <si>
+    <t>7601009516511</t>
+  </si>
+  <si>
+    <t>Gjici Adelina</t>
+  </si>
+  <si>
+    <t>283</t>
+  </si>
+  <si>
+    <t>7601001829060</t>
+  </si>
+  <si>
+    <t>Radoslavova Blagovesta</t>
+  </si>
+  <si>
+    <t>284</t>
+  </si>
+  <si>
+    <t>7601009516559</t>
+  </si>
+  <si>
+    <t>Delfieu Marielle</t>
+  </si>
+  <si>
+    <t>285</t>
+  </si>
+  <si>
+    <t>7601009384325</t>
+  </si>
+  <si>
+    <t>Boillat Romane</t>
+  </si>
+  <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://www.mtk-ctm.ch/de/tarife/psychotherapie/</t>
-[...3122 lines deleted...]
-    <t>Boillat Romane</t>
+    <t>7601009516580</t>
+  </si>
+  <si>
+    <t>Kotalova Tereza</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>7601009516580</t>
-[...2 lines deleted...]
-    <t>Kotalova Tereza</t>
+    <t>7601009516528</t>
+  </si>
+  <si>
+    <t>Sperandeo Carlotta</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>7601009516528</t>
-[...2 lines deleted...]
-    <t>Sperandeo Carlotta</t>
+    <t>7601009374623</t>
+  </si>
+  <si>
+    <t>Audergon Nikita</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>7601009374623</t>
-[...2 lines deleted...]
-    <t>Audergon Nikita</t>
+    <t>7601001835313</t>
+  </si>
+  <si>
+    <t>Bertini-Morini Alissa</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>7601001835313</t>
-[...2 lines deleted...]
-    <t>Bertini-Morini Alissa</t>
+    <t>7601001515154</t>
+  </si>
+  <si>
+    <t>Bizzari Lara</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>7601001515154</t>
-[...2 lines deleted...]
-    <t>Bizzari Lara</t>
+    <t>7601001674936</t>
+  </si>
+  <si>
+    <t>Bonassoli Erika</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>7601001674936</t>
-[...2 lines deleted...]
-    <t>Bonassoli Erika</t>
+    <t>7601009508806</t>
+  </si>
+  <si>
+    <t>Ballerini Valentina</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>7601009508806</t>
-[...2 lines deleted...]
-    <t>Ballerini Valentina</t>
+    <t>7601009480300</t>
+  </si>
+  <si>
+    <t>Gonzalez Santos Valeria</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>7601009480300</t>
-[...2 lines deleted...]
-    <t>Gonzalez Santos Valeria</t>
+    <t>7601009512223</t>
+  </si>
+  <si>
+    <t>Pigozzo Linda</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>7601009512223</t>
-[...2 lines deleted...]
-    <t>Pigozzo Linda</t>
+    <t>7601009509810</t>
+  </si>
+  <si>
+    <t>Travella Carlotta</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>7601009509810</t>
-[...2 lines deleted...]
-    <t>Travella Carlotta</t>
+    <t>7601001573482</t>
+  </si>
+  <si>
+    <t>Robinson Sarah</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>7601001573482</t>
-[...2 lines deleted...]
-    <t>Robinson Sarah</t>
+    <t>7601009122545</t>
+  </si>
+  <si>
+    <t>Heinzmann Cindy</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>7601009122545</t>
-[...2 lines deleted...]
-    <t>Heinzmann Cindy</t>
+    <t>7601009122514</t>
+  </si>
+  <si>
+    <t>Rauen Anna</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>7601009122514</t>
-[...2 lines deleted...]
-    <t>Rauen Anna</t>
+    <t>7601007706662</t>
+  </si>
+  <si>
+    <t>Antonietti Evelyne</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>7601007706662</t>
-[...2 lines deleted...]
-    <t>Antonietti Evelyne</t>
+    <t>7601001889491</t>
+  </si>
+  <si>
+    <t>Moutou Alice</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>7601001889491</t>
-[...2 lines deleted...]
-    <t>Moutou Alice</t>
+    <t>7601009224195</t>
+  </si>
+  <si>
+    <t>Bertoletti Eva</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>7601009224195</t>
-[...2 lines deleted...]
-    <t>Bertoletti Eva</t>
+    <t>7601001766822</t>
+  </si>
+  <si>
+    <t>Détraz Julie</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>7601001766822</t>
-[...2 lines deleted...]
-    <t>Détraz Julie</t>
+    <t>7601001833913</t>
+  </si>
+  <si>
+    <t>Abi Kheir Marion</t>
+  </si>
+  <si>
+    <t>304</t>
+  </si>
+  <si>
+    <t>7601009529030</t>
+  </si>
+  <si>
+    <t>Belge Miriam</t>
+  </si>
+  <si>
+    <t>305</t>
+  </si>
+  <si>
+    <t>7601009528958</t>
+  </si>
+  <si>
+    <t>Piazza Gloria</t>
+  </si>
+  <si>
+    <t>7601001835719</t>
+  </si>
+  <si>
+    <t>Petitmermet Manon Y.J.</t>
+  </si>
+  <si>
+    <t>307</t>
+  </si>
+  <si>
+    <t>7601001856769</t>
+  </si>
+  <si>
+    <t>Mentasti Maria</t>
+  </si>
+  <si>
+    <t>308</t>
+  </si>
+  <si>
+    <t>7601001760783</t>
+  </si>
+  <si>
+    <t>Karzoun Sarah</t>
+  </si>
+  <si>
+    <t>309</t>
+  </si>
+  <si>
+    <t>7601001836389</t>
+  </si>
+  <si>
+    <t>Pizzinato Elsa</t>
+  </si>
+  <si>
+    <t>310</t>
+  </si>
+  <si>
+    <t>7601009212697</t>
+  </si>
+  <si>
+    <t>Alves Salvador Hugo</t>
+  </si>
+  <si>
+    <t>311</t>
+  </si>
+  <si>
+    <t>7601001566491</t>
+  </si>
+  <si>
+    <t>Leitenberg Naomi</t>
+  </si>
+  <si>
+    <t>312</t>
+  </si>
+  <si>
+    <t>7601002906951</t>
+  </si>
+  <si>
+    <t>Gendre Victoria</t>
+  </si>
+  <si>
+    <t>1400</t>
+  </si>
+  <si>
+    <t>Yverdon</t>
+  </si>
+  <si>
+    <t>313</t>
+  </si>
+  <si>
+    <t>7601009320729</t>
+  </si>
+  <si>
+    <t>Defrancesco Lola</t>
+  </si>
+  <si>
+    <t>314</t>
+  </si>
+  <si>
+    <t>7601009376207</t>
+  </si>
+  <si>
+    <t>Antoniou Maria-Paraskevi</t>
+  </si>
+  <si>
+    <t>1009</t>
+  </si>
+  <si>
+    <t>Pully</t>
+  </si>
+  <si>
+    <t>315</t>
+  </si>
+  <si>
+    <t>7601001551169</t>
+  </si>
+  <si>
+    <t>Budry-Beroud Marie</t>
+  </si>
+  <si>
+    <t>316</t>
+  </si>
+  <si>
+    <t>7601001766853</t>
+  </si>
+  <si>
+    <t>Darmal Ariane</t>
+  </si>
+  <si>
+    <t>317</t>
+  </si>
+  <si>
+    <t>7601009302312</t>
+  </si>
+  <si>
+    <t>Beccarini Francesca</t>
+  </si>
+  <si>
+    <t>318</t>
+  </si>
+  <si>
+    <t>7601009532061</t>
+  </si>
+  <si>
+    <t>Della Torre Claudia</t>
+  </si>
+  <si>
+    <t>6854</t>
+  </si>
+  <si>
+    <t>San Pietro di Stabio</t>
+  </si>
+  <si>
+    <t>319</t>
+  </si>
+  <si>
+    <t>7601001832718</t>
+  </si>
+  <si>
+    <t>Mota Villar Tania</t>
+  </si>
+  <si>
+    <t>320</t>
+  </si>
+  <si>
+    <t>7601001959569</t>
+  </si>
+  <si>
+    <t>Pedro Fernando Nolan</t>
+  </si>
+  <si>
+    <t>321</t>
+  </si>
+  <si>
+    <t>7601009312489</t>
+  </si>
+  <si>
+    <t>Pittet Fidelia</t>
+  </si>
+  <si>
+    <t>322</t>
+  </si>
+  <si>
+    <t>7601009352324</t>
+  </si>
+  <si>
+    <t>Silva Teixeira Claudia</t>
+  </si>
+  <si>
+    <t>323</t>
+  </si>
+  <si>
+    <t>7601009064562</t>
+  </si>
+  <si>
+    <t>Giannoni Elisa</t>
+  </si>
+  <si>
+    <t>324</t>
+  </si>
+  <si>
+    <t>7601009528705</t>
+  </si>
+  <si>
+    <t>Galfetti Roberta</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="165" formatCode="dd\.mm\.yyyy"/>
   </numFmts>
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="9"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
@@ -3722,9872 +3932,10544 @@
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:J308"/>
+  <dimension ref="A1:J329"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="13.88671875" customWidth="1"/>
+    <col min="1" max="1" width="14" customWidth="1"/>
     <col min="2" max="2" width="37" customWidth="1"/>
-    <col min="3" max="3" width="225.44140625" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="6" max="6" width="16.5546875" customWidth="1"/>
+    <col min="3" max="3" width="225.42578125" customWidth="1"/>
+    <col min="4" max="4" width="30.5703125" customWidth="1"/>
+    <col min="5" max="5" width="18.140625" customWidth="1"/>
+    <col min="6" max="6" width="16.5703125" customWidth="1"/>
     <col min="7" max="7" width="47" customWidth="1"/>
-    <col min="8" max="8" width="6.77734375" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="10" max="10" width="11.5546875" customWidth="1"/>
+    <col min="8" max="8" width="6.7109375" customWidth="1"/>
+    <col min="9" max="9" width="12.28515625" customWidth="1"/>
+    <col min="10" max="10" width="11.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="2" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="2">
-        <v>46052.506736574076</v>
+        <v>46078.286368067129</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="4" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A4" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H4" s="1" t="s">
         <v>19</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>20</v>
       </c>
       <c r="J4" s="1" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="5" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>22</v>
       </c>
       <c r="B5" t="s">
         <v>23</v>
       </c>
       <c r="C5" t="s">
         <v>24</v>
       </c>
       <c r="D5" t="s">
         <v>25</v>
       </c>
       <c r="E5" t="s">
         <v>26</v>
       </c>
       <c r="F5" t="s">
         <v>26</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5" t="s">
         <v>27</v>
       </c>
       <c r="I5" s="2">
         <v>45860</v>
       </c>
       <c r="J5" s="2">
         <v>46590</v>
       </c>
     </row>
-    <row r="6" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
         <v>28</v>
       </c>
       <c r="B6" t="s">
         <v>29</v>
       </c>
       <c r="C6" t="s">
         <v>30</v>
       </c>
       <c r="D6" t="s">
         <v>31</v>
       </c>
       <c r="E6" t="s">
         <v>26</v>
       </c>
       <c r="F6" t="s">
         <v>32</v>
       </c>
       <c r="G6" t="s">
         <v>33</v>
       </c>
       <c r="H6" t="s">
         <v>27</v>
       </c>
       <c r="I6" s="2">
         <v>45748</v>
       </c>
       <c r="J6" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="7" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
         <v>34</v>
       </c>
       <c r="B7" t="s">
         <v>35</v>
       </c>
       <c r="C7" t="s">
         <v>36</v>
       </c>
       <c r="D7" t="s">
         <v>31</v>
       </c>
       <c r="E7" t="s">
         <v>26</v>
       </c>
       <c r="F7" t="s">
         <v>37</v>
       </c>
       <c r="G7" t="s">
         <v>38</v>
       </c>
       <c r="H7" t="s">
         <v>27</v>
       </c>
       <c r="I7" s="2">
         <v>45748</v>
       </c>
       <c r="J7" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="8" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
         <v>39</v>
       </c>
       <c r="B8" t="s">
         <v>40</v>
       </c>
       <c r="C8" t="s">
         <v>41</v>
       </c>
       <c r="D8" t="s">
         <v>42</v>
       </c>
       <c r="E8" t="s">
         <v>26</v>
       </c>
       <c r="F8" t="s">
         <v>43</v>
       </c>
       <c r="G8" t="s">
         <v>44</v>
       </c>
       <c r="H8" t="s">
         <v>27</v>
       </c>
       <c r="I8" s="2">
         <v>45981</v>
       </c>
       <c r="J8" s="2">
         <v>46081</v>
       </c>
     </row>
-    <row r="9" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
         <v>45</v>
       </c>
       <c r="B9" t="s">
         <v>46</v>
       </c>
       <c r="C9" t="s">
         <v>47</v>
       </c>
       <c r="D9" t="s">
         <v>31</v>
       </c>
       <c r="E9" t="s">
         <v>26</v>
       </c>
       <c r="F9" t="s">
         <v>48</v>
       </c>
       <c r="G9" t="s">
         <v>49</v>
       </c>
       <c r="H9" t="s">
         <v>27</v>
       </c>
       <c r="I9" s="2">
         <v>45944</v>
       </c>
       <c r="J9" s="2">
         <v>46203</v>
       </c>
     </row>
-    <row r="10" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
         <v>50</v>
       </c>
       <c r="B10" t="s">
         <v>51</v>
       </c>
       <c r="C10" t="s">
         <v>52</v>
       </c>
       <c r="D10" t="s">
         <v>31</v>
       </c>
       <c r="E10" t="s">
         <v>26</v>
       </c>
       <c r="F10" t="s">
         <v>37</v>
       </c>
       <c r="G10" t="s">
         <v>38</v>
       </c>
       <c r="H10" t="s">
         <v>27</v>
       </c>
       <c r="I10" s="2">
         <v>45748</v>
       </c>
       <c r="J10" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="11" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
         <v>53</v>
       </c>
       <c r="B11" t="s">
         <v>54</v>
       </c>
       <c r="C11" t="s">
         <v>55</v>
       </c>
       <c r="D11" t="s">
         <v>31</v>
       </c>
       <c r="E11" t="s">
         <v>26</v>
       </c>
       <c r="F11" t="s">
         <v>56</v>
       </c>
       <c r="G11" t="s">
         <v>57</v>
       </c>
       <c r="H11" t="s">
         <v>27</v>
       </c>
       <c r="I11" s="2">
         <v>45748</v>
       </c>
       <c r="J11" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="12" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
         <v>58</v>
       </c>
       <c r="B12" t="s">
         <v>59</v>
       </c>
       <c r="C12" t="s">
         <v>60</v>
       </c>
       <c r="D12" t="s">
         <v>31</v>
       </c>
       <c r="E12" t="s">
         <v>26</v>
       </c>
       <c r="F12" t="s">
         <v>61</v>
       </c>
       <c r="G12" t="s">
         <v>62</v>
       </c>
       <c r="H12" t="s">
         <v>27</v>
       </c>
       <c r="I12" s="2">
         <v>45798</v>
       </c>
       <c r="J12" s="2">
         <v>47633</v>
       </c>
     </row>
-    <row r="13" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
         <v>63</v>
       </c>
       <c r="B13" t="s">
         <v>64</v>
       </c>
       <c r="C13" t="s">
         <v>65</v>
       </c>
       <c r="D13" t="s">
         <v>31</v>
       </c>
       <c r="E13" t="s">
         <v>26</v>
       </c>
       <c r="F13" t="s">
         <v>66</v>
       </c>
       <c r="G13" t="s">
         <v>67</v>
       </c>
       <c r="H13" t="s">
         <v>27</v>
       </c>
       <c r="I13" s="2">
         <v>46014</v>
       </c>
       <c r="J13" s="2">
         <v>46387</v>
       </c>
     </row>
-    <row r="14" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
         <v>68</v>
       </c>
       <c r="B14" t="s">
         <v>69</v>
       </c>
       <c r="C14" t="s">
         <v>70</v>
       </c>
       <c r="D14" t="s">
         <v>31</v>
       </c>
       <c r="E14" t="s">
         <v>26</v>
       </c>
       <c r="F14" t="s">
         <v>26</v>
       </c>
       <c r="G14" t="s">
         <v>26</v>
       </c>
       <c r="H14" t="s">
         <v>27</v>
       </c>
       <c r="I14" s="2">
         <v>45805</v>
       </c>
       <c r="J14" s="2">
         <v>46904</v>
       </c>
     </row>
-    <row r="15" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
         <v>71</v>
       </c>
       <c r="B15" t="s">
         <v>72</v>
       </c>
       <c r="C15" t="s">
         <v>73</v>
       </c>
       <c r="D15" t="s">
         <v>31</v>
       </c>
       <c r="E15" t="s">
         <v>26</v>
       </c>
       <c r="F15" t="s">
         <v>26</v>
       </c>
       <c r="G15" t="s">
         <v>26</v>
       </c>
       <c r="H15" t="s">
         <v>27</v>
       </c>
       <c r="I15" s="2">
         <v>45805</v>
       </c>
       <c r="J15" s="2">
         <v>46905</v>
       </c>
     </row>
-    <row r="16" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
         <v>74</v>
       </c>
       <c r="B16" t="s">
         <v>75</v>
       </c>
       <c r="C16" t="s">
         <v>76</v>
       </c>
       <c r="D16" t="s">
         <v>31</v>
       </c>
       <c r="E16" t="s">
         <v>26</v>
       </c>
       <c r="F16" t="s">
         <v>77</v>
       </c>
       <c r="G16" t="s">
         <v>57</v>
       </c>
       <c r="H16" t="s">
         <v>27</v>
       </c>
       <c r="I16" s="2">
         <v>45826</v>
       </c>
       <c r="J16" s="2">
         <v>46387</v>
       </c>
     </row>
-    <row r="17" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
         <v>78</v>
       </c>
       <c r="B17" t="s">
         <v>79</v>
       </c>
       <c r="C17" t="s">
         <v>80</v>
       </c>
       <c r="D17" t="s">
         <v>31</v>
       </c>
       <c r="E17" t="s">
         <v>26</v>
       </c>
       <c r="F17" t="s">
         <v>77</v>
       </c>
       <c r="G17" t="s">
         <v>57</v>
       </c>
       <c r="H17" t="s">
         <v>27</v>
       </c>
       <c r="I17" s="2">
         <v>45826</v>
       </c>
       <c r="J17" s="2">
         <v>46234</v>
       </c>
     </row>
-    <row r="18" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
         <v>81</v>
       </c>
       <c r="B18" t="s">
         <v>82</v>
       </c>
       <c r="C18" t="s">
         <v>83</v>
       </c>
       <c r="D18" t="s">
         <v>31</v>
       </c>
       <c r="E18" t="s">
         <v>26</v>
       </c>
       <c r="F18" t="s">
         <v>84</v>
       </c>
       <c r="G18" t="s">
         <v>85</v>
       </c>
       <c r="H18" t="s">
         <v>27</v>
       </c>
       <c r="I18" s="2">
         <v>45827</v>
       </c>
       <c r="J18" s="2">
         <v>46387</v>
       </c>
     </row>
-    <row r="19" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
         <v>86</v>
       </c>
       <c r="B19" t="s">
         <v>87</v>
       </c>
       <c r="C19" t="s">
         <v>88</v>
       </c>
       <c r="D19" t="s">
         <v>31</v>
       </c>
       <c r="E19" t="s">
         <v>26</v>
       </c>
       <c r="F19" t="s">
         <v>89</v>
       </c>
       <c r="G19" t="s">
         <v>90</v>
       </c>
       <c r="H19" t="s">
         <v>27</v>
       </c>
       <c r="I19" s="2">
         <v>45827</v>
       </c>
       <c r="J19" s="2">
         <v>46387</v>
       </c>
     </row>
-    <row r="20" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
         <v>91</v>
       </c>
       <c r="B20" t="s">
         <v>92</v>
       </c>
       <c r="C20" t="s">
         <v>93</v>
       </c>
       <c r="D20" t="s">
         <v>31</v>
       </c>
       <c r="E20" t="s">
         <v>26</v>
       </c>
       <c r="F20" t="s">
         <v>94</v>
       </c>
       <c r="G20" t="s">
         <v>95</v>
       </c>
       <c r="H20" t="s">
         <v>27</v>
       </c>
       <c r="I20" s="2">
         <v>45827</v>
       </c>
       <c r="J20" s="2">
         <v>46387</v>
       </c>
     </row>
-    <row r="21" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
         <v>96</v>
       </c>
       <c r="B21" t="s">
         <v>97</v>
       </c>
       <c r="C21" t="s">
         <v>98</v>
       </c>
       <c r="D21" t="s">
         <v>31</v>
       </c>
       <c r="E21" t="s">
         <v>26</v>
       </c>
       <c r="F21" t="s">
         <v>99</v>
       </c>
       <c r="G21" t="s">
         <v>95</v>
       </c>
       <c r="H21" t="s">
         <v>27</v>
       </c>
       <c r="I21" s="2">
         <v>45811</v>
       </c>
       <c r="J21" s="2">
         <v>47391</v>
       </c>
     </row>
-    <row r="22" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
         <v>100</v>
       </c>
       <c r="B22" t="s">
         <v>101</v>
       </c>
       <c r="C22" t="s">
         <v>102</v>
       </c>
       <c r="D22" t="s">
         <v>31</v>
       </c>
       <c r="E22" t="s">
         <v>26</v>
       </c>
       <c r="F22" t="s">
         <v>99</v>
       </c>
       <c r="G22" t="s">
         <v>95</v>
       </c>
       <c r="H22" t="s">
         <v>27</v>
       </c>
       <c r="I22" s="2">
         <v>45838</v>
       </c>
       <c r="J22" s="2">
         <v>46295</v>
       </c>
     </row>
-    <row r="23" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
         <v>103</v>
       </c>
       <c r="B23" t="s">
         <v>104</v>
       </c>
       <c r="C23" t="s">
         <v>105</v>
       </c>
       <c r="D23" t="s">
         <v>31</v>
       </c>
       <c r="E23" t="s">
         <v>26</v>
       </c>
       <c r="F23" t="s">
         <v>99</v>
       </c>
       <c r="G23" t="s">
         <v>95</v>
       </c>
       <c r="H23" t="s">
         <v>27</v>
       </c>
       <c r="I23" s="2">
         <v>45811</v>
       </c>
       <c r="J23" s="2">
         <v>46934</v>
       </c>
     </row>
-    <row r="24" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
         <v>106</v>
       </c>
       <c r="B24" t="s">
         <v>107</v>
       </c>
       <c r="C24" t="s">
         <v>108</v>
       </c>
       <c r="D24" t="s">
         <v>31</v>
       </c>
       <c r="E24" t="s">
         <v>26</v>
       </c>
       <c r="F24" t="s">
         <v>99</v>
       </c>
       <c r="G24" t="s">
         <v>95</v>
       </c>
       <c r="H24" t="s">
         <v>27</v>
       </c>
       <c r="I24" s="2">
         <v>45811</v>
       </c>
       <c r="J24" s="2">
         <v>47452</v>
       </c>
     </row>
-    <row r="25" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
         <v>109</v>
       </c>
       <c r="B25" t="s">
         <v>110</v>
       </c>
       <c r="C25" t="s">
         <v>111</v>
       </c>
       <c r="D25" t="s">
         <v>31</v>
       </c>
       <c r="E25" t="s">
         <v>26</v>
       </c>
       <c r="F25" t="s">
         <v>99</v>
       </c>
       <c r="G25" t="s">
         <v>95</v>
       </c>
       <c r="H25" t="s">
         <v>27</v>
       </c>
       <c r="I25" s="2">
         <v>45811</v>
       </c>
       <c r="J25" s="2">
         <v>47452</v>
       </c>
     </row>
-    <row r="26" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
         <v>112</v>
       </c>
       <c r="B26" t="s">
         <v>113</v>
       </c>
       <c r="C26" t="s">
         <v>114</v>
       </c>
       <c r="D26" t="s">
         <v>31</v>
       </c>
       <c r="E26" t="s">
         <v>26</v>
       </c>
       <c r="F26" t="s">
         <v>26</v>
       </c>
       <c r="G26" t="s">
         <v>26</v>
       </c>
       <c r="H26" t="s">
         <v>27</v>
       </c>
       <c r="I26" s="2">
         <v>45811</v>
       </c>
       <c r="J26" s="2">
         <v>47483</v>
       </c>
     </row>
-    <row r="27" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
         <v>115</v>
       </c>
       <c r="B27" t="s">
         <v>116</v>
       </c>
       <c r="C27" t="s">
         <v>117</v>
       </c>
       <c r="D27" t="s">
         <v>31</v>
       </c>
       <c r="E27" t="s">
         <v>26</v>
       </c>
       <c r="F27" t="s">
         <v>26</v>
       </c>
       <c r="G27" t="s">
         <v>26</v>
       </c>
       <c r="H27" t="s">
         <v>27</v>
       </c>
       <c r="I27" s="2">
         <v>45832</v>
       </c>
       <c r="J27" s="2">
         <v>47299</v>
       </c>
     </row>
-    <row r="28" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
         <v>118</v>
       </c>
       <c r="B28" t="s">
         <v>119</v>
       </c>
       <c r="C28" t="s">
         <v>120</v>
       </c>
       <c r="D28" t="s">
         <v>31</v>
       </c>
       <c r="E28" t="s">
         <v>26</v>
       </c>
       <c r="F28" t="s">
         <v>121</v>
       </c>
       <c r="G28" t="s">
         <v>95</v>
       </c>
       <c r="H28" t="s">
         <v>27</v>
       </c>
       <c r="I28" s="2">
         <v>45832</v>
       </c>
       <c r="J28" s="2">
         <v>46538</v>
       </c>
     </row>
-    <row r="29" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
         <v>122</v>
       </c>
       <c r="B29" t="s">
         <v>123</v>
       </c>
       <c r="C29" t="s">
         <v>124</v>
       </c>
       <c r="D29" t="s">
         <v>31</v>
       </c>
       <c r="E29" t="s">
         <v>26</v>
       </c>
       <c r="F29" t="s">
         <v>121</v>
       </c>
       <c r="G29" t="s">
         <v>95</v>
       </c>
       <c r="H29" t="s">
         <v>27</v>
       </c>
       <c r="I29" s="2">
         <v>45832</v>
       </c>
       <c r="J29" s="2">
         <v>46538</v>
       </c>
     </row>
-    <row r="30" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
         <v>125</v>
       </c>
       <c r="B30" t="s">
         <v>126</v>
       </c>
       <c r="C30" t="s">
         <v>127</v>
       </c>
       <c r="D30" t="s">
         <v>31</v>
       </c>
       <c r="E30" t="s">
         <v>26</v>
       </c>
       <c r="F30" t="s">
         <v>128</v>
       </c>
       <c r="G30" t="s">
         <v>129</v>
       </c>
       <c r="H30" t="s">
         <v>130</v>
       </c>
       <c r="I30" s="2">
         <v>45832</v>
       </c>
       <c r="J30" s="2">
         <v>46022</v>
       </c>
     </row>
-    <row r="31" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
         <v>131</v>
       </c>
       <c r="B31" t="s">
         <v>132</v>
       </c>
       <c r="C31" t="s">
         <v>133</v>
       </c>
       <c r="D31" t="s">
         <v>31</v>
       </c>
       <c r="E31" t="s">
         <v>26</v>
       </c>
       <c r="F31" t="s">
         <v>121</v>
       </c>
       <c r="G31" t="s">
         <v>95</v>
       </c>
       <c r="H31" t="s">
         <v>27</v>
       </c>
       <c r="I31" s="2">
         <v>45832</v>
       </c>
       <c r="J31" s="2">
         <v>46996</v>
       </c>
     </row>
-    <row r="32" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
         <v>134</v>
       </c>
       <c r="B32" t="s">
         <v>135</v>
       </c>
       <c r="C32" t="s">
         <v>136</v>
       </c>
       <c r="D32" t="s">
         <v>31</v>
       </c>
       <c r="E32" t="s">
         <v>26</v>
       </c>
       <c r="F32" t="s">
         <v>137</v>
       </c>
       <c r="G32" t="s">
         <v>95</v>
       </c>
       <c r="H32" t="s">
         <v>27</v>
       </c>
       <c r="I32" s="2">
         <v>45832</v>
       </c>
       <c r="J32" s="2">
         <v>46538</v>
       </c>
     </row>
-    <row r="33" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
         <v>138</v>
       </c>
       <c r="B33" t="s">
         <v>139</v>
       </c>
       <c r="C33" t="s">
         <v>140</v>
       </c>
       <c r="D33" t="s">
         <v>31</v>
       </c>
       <c r="E33" t="s">
         <v>26</v>
       </c>
       <c r="F33" t="s">
         <v>121</v>
       </c>
       <c r="G33" t="s">
         <v>95</v>
       </c>
       <c r="H33" t="s">
         <v>130</v>
       </c>
       <c r="I33" s="2">
         <v>45832</v>
       </c>
       <c r="J33" s="2">
         <v>46022</v>
       </c>
     </row>
-    <row r="34" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
         <v>141</v>
       </c>
       <c r="B34" t="s">
         <v>142</v>
       </c>
       <c r="C34" t="s">
         <v>143</v>
       </c>
       <c r="D34" t="s">
         <v>31</v>
       </c>
       <c r="E34" t="s">
         <v>26</v>
       </c>
       <c r="F34" t="s">
         <v>144</v>
       </c>
       <c r="G34" t="s">
         <v>95</v>
       </c>
       <c r="H34" t="s">
         <v>27</v>
       </c>
       <c r="I34" s="2">
         <v>45832</v>
       </c>
       <c r="J34" s="2">
         <v>46752</v>
       </c>
     </row>
-    <row r="35" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
         <v>145</v>
       </c>
       <c r="B35" t="s">
         <v>146</v>
       </c>
       <c r="C35" t="s">
         <v>147</v>
       </c>
       <c r="D35" t="s">
         <v>31</v>
       </c>
       <c r="E35" t="s">
         <v>26</v>
       </c>
       <c r="F35" t="s">
         <v>148</v>
       </c>
       <c r="G35" t="s">
         <v>149</v>
       </c>
       <c r="H35" t="s">
         <v>27</v>
       </c>
       <c r="I35" s="2">
         <v>45834</v>
       </c>
       <c r="J35" s="2">
         <v>46767</v>
       </c>
     </row>
-    <row r="36" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
         <v>150</v>
       </c>
       <c r="B36" t="s">
         <v>151</v>
       </c>
       <c r="C36" t="s">
         <v>152</v>
       </c>
       <c r="D36" t="s">
         <v>31</v>
       </c>
       <c r="E36" t="s">
         <v>26</v>
       </c>
       <c r="F36" t="s">
         <v>148</v>
       </c>
       <c r="G36" t="s">
         <v>149</v>
       </c>
       <c r="H36" t="s">
         <v>27</v>
       </c>
       <c r="I36" s="2">
         <v>45834</v>
       </c>
       <c r="J36" s="2">
         <v>46767</v>
       </c>
     </row>
-    <row r="37" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
         <v>153</v>
       </c>
       <c r="B37" t="s">
         <v>154</v>
       </c>
       <c r="C37" t="s">
         <v>155</v>
       </c>
       <c r="D37" t="s">
         <v>31</v>
       </c>
       <c r="E37" t="s">
         <v>26</v>
       </c>
       <c r="F37" t="s">
         <v>156</v>
       </c>
       <c r="G37" t="s">
-        <v>157</v>
+        <v>95</v>
       </c>
       <c r="H37" t="s">
         <v>27</v>
       </c>
       <c r="I37" s="2">
         <v>45834</v>
       </c>
-      <c r="J37" t="s">
-[...3 lines deleted...]
-    <row r="38" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="J37" s="2">
+        <v>47299</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
+        <v>157</v>
+      </c>
+      <c r="B38" t="s">
         <v>158</v>
       </c>
-      <c r="B38" t="s">
+      <c r="C38" t="s">
         <v>159</v>
       </c>
-      <c r="C38" t="s">
+      <c r="D38" t="s">
+        <v>31</v>
+      </c>
+      <c r="E38" t="s">
+        <v>26</v>
+      </c>
+      <c r="F38" t="s">
         <v>160</v>
       </c>
-      <c r="D38" t="s">
-[...5 lines deleted...]
-      <c r="F38" t="s">
+      <c r="G38" t="s">
         <v>161</v>
       </c>
-      <c r="G38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H38" t="s">
-        <v>27</v>
+        <v>130</v>
       </c>
       <c r="I38" s="2">
-        <v>45834</v>
+        <v>45835</v>
       </c>
       <c r="J38" s="2">
-        <v>47299</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:10" x14ac:dyDescent="0.3">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
         <v>162</v>
       </c>
       <c r="B39" t="s">
         <v>163</v>
       </c>
       <c r="C39" t="s">
         <v>164</v>
       </c>
       <c r="D39" t="s">
         <v>31</v>
       </c>
       <c r="E39" t="s">
         <v>26</v>
       </c>
       <c r="F39" t="s">
         <v>165</v>
       </c>
       <c r="G39" t="s">
         <v>166</v>
       </c>
       <c r="H39" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="I39" s="2">
         <v>45835</v>
       </c>
       <c r="J39" s="2">
-        <v>45838</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46387</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
         <v>167</v>
       </c>
       <c r="B40" t="s">
         <v>168</v>
       </c>
       <c r="C40" t="s">
         <v>169</v>
       </c>
       <c r="D40" t="s">
         <v>31</v>
       </c>
       <c r="E40" t="s">
         <v>26</v>
       </c>
       <c r="F40" t="s">
         <v>170</v>
       </c>
       <c r="G40" t="s">
         <v>171</v>
       </c>
       <c r="H40" t="s">
         <v>27</v>
       </c>
       <c r="I40" s="2">
         <v>45835</v>
       </c>
       <c r="J40" s="2">
-        <v>46387</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47361</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A41" t="s">
         <v>172</v>
       </c>
       <c r="B41" t="s">
         <v>173</v>
       </c>
       <c r="C41" t="s">
         <v>174</v>
       </c>
       <c r="D41" t="s">
         <v>31</v>
       </c>
       <c r="E41" t="s">
         <v>26</v>
       </c>
       <c r="F41" t="s">
         <v>175</v>
       </c>
       <c r="G41" t="s">
         <v>176</v>
       </c>
       <c r="H41" t="s">
-        <v>27</v>
+        <v>130</v>
       </c>
       <c r="I41" s="2">
-        <v>45835</v>
+        <v>45838</v>
       </c>
       <c r="J41" s="2">
-        <v>47361</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:10" x14ac:dyDescent="0.3">
+        <v>45869</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
         <v>177</v>
       </c>
       <c r="B42" t="s">
         <v>178</v>
       </c>
       <c r="C42" t="s">
         <v>179</v>
       </c>
       <c r="D42" t="s">
         <v>31</v>
       </c>
       <c r="E42" t="s">
         <v>26</v>
       </c>
       <c r="F42" t="s">
+        <v>170</v>
+      </c>
+      <c r="G42" t="s">
         <v>180</v>
       </c>
-      <c r="G42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H42" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="I42" s="2">
         <v>45838</v>
       </c>
       <c r="J42" s="2">
-        <v>45869</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46322</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
+        <v>181</v>
+      </c>
+      <c r="B43" t="s">
         <v>182</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>183</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
+        <v>31</v>
+      </c>
+      <c r="E43" t="s">
+        <v>26</v>
+      </c>
+      <c r="F43" t="s">
         <v>184</v>
       </c>
-      <c r="D43" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G43" t="s">
-        <v>176</v>
+        <v>185</v>
       </c>
       <c r="H43" t="s">
         <v>27</v>
       </c>
       <c r="I43" s="2">
         <v>45838</v>
       </c>
       <c r="J43" s="2">
-        <v>46322</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47088</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B44" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C44" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D44" t="s">
         <v>31</v>
       </c>
       <c r="E44" t="s">
         <v>26</v>
       </c>
       <c r="F44" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="G44" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="H44" t="s">
         <v>27</v>
       </c>
       <c r="I44" s="2">
         <v>45838</v>
       </c>
       <c r="J44" s="2">
-        <v>47088</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46741</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B45" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C45" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D45" t="s">
         <v>31</v>
       </c>
       <c r="E45" t="s">
         <v>26</v>
       </c>
       <c r="F45" t="s">
-        <v>193</v>
+        <v>26</v>
       </c>
       <c r="G45" t="s">
-        <v>194</v>
+        <v>26</v>
       </c>
       <c r="H45" t="s">
         <v>27</v>
       </c>
       <c r="I45" s="2">
         <v>45838</v>
       </c>
       <c r="J45" s="2">
-        <v>46741</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46447</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A46" t="s">
+        <v>194</v>
+      </c>
+      <c r="B46" t="s">
         <v>195</v>
       </c>
-      <c r="B46" t="s">
+      <c r="C46" t="s">
         <v>196</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
+        <v>31</v>
+      </c>
+      <c r="E46" t="s">
+        <v>26</v>
+      </c>
+      <c r="F46" t="s">
         <v>197</v>
       </c>
-      <c r="D46" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G46" t="s">
-        <v>26</v>
+        <v>198</v>
       </c>
       <c r="H46" t="s">
         <v>27</v>
       </c>
       <c r="I46" s="2">
-        <v>45838</v>
+        <v>45839</v>
       </c>
       <c r="J46" s="2">
-        <v>46447</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47787</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
+        <v>199</v>
+      </c>
+      <c r="B47" t="s">
+        <v>200</v>
+      </c>
+      <c r="C47" t="s">
+        <v>201</v>
+      </c>
+      <c r="D47" t="s">
+        <v>31</v>
+      </c>
+      <c r="E47" t="s">
+        <v>26</v>
+      </c>
+      <c r="F47" t="s">
+        <v>197</v>
+      </c>
+      <c r="G47" t="s">
         <v>198</v>
-      </c>
-[...16 lines deleted...]
-        <v>202</v>
       </c>
       <c r="H47" t="s">
         <v>27</v>
       </c>
       <c r="I47" s="2">
         <v>45839</v>
       </c>
       <c r="J47" s="2">
-        <v>47787</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46996</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A48" t="s">
+        <v>202</v>
+      </c>
+      <c r="B48" t="s">
         <v>203</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s">
         <v>204</v>
       </c>
-      <c r="C48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D48" t="s">
         <v>31</v>
       </c>
       <c r="E48" t="s">
         <v>26</v>
       </c>
       <c r="F48" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="G48" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="H48" t="s">
         <v>27</v>
       </c>
       <c r="I48" s="2">
         <v>45839</v>
       </c>
       <c r="J48" s="2">
-        <v>46996</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47848</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A49" t="s">
+        <v>205</v>
+      </c>
+      <c r="B49" t="s">
         <v>206</v>
       </c>
-      <c r="B49" t="s">
+      <c r="C49" t="s">
         <v>207</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
+        <v>31</v>
+      </c>
+      <c r="E49" t="s">
+        <v>26</v>
+      </c>
+      <c r="F49" t="s">
         <v>208</v>
       </c>
-      <c r="D49" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G49" t="s">
-        <v>202</v>
+        <v>209</v>
       </c>
       <c r="H49" t="s">
         <v>27</v>
       </c>
       <c r="I49" s="2">
         <v>45839</v>
       </c>
       <c r="J49" s="2">
-        <v>47848</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46934</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A50" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B50" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C50" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D50" t="s">
         <v>31</v>
       </c>
       <c r="E50" t="s">
         <v>26</v>
       </c>
       <c r="F50" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="G50" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="H50" t="s">
         <v>27</v>
       </c>
       <c r="I50" s="2">
         <v>45839</v>
       </c>
       <c r="J50" s="2">
-        <v>46934</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47299</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A51" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B51" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C51" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D51" t="s">
         <v>31</v>
       </c>
       <c r="E51" t="s">
         <v>26</v>
       </c>
       <c r="F51" t="s">
-        <v>217</v>
+        <v>170</v>
       </c>
       <c r="G51" t="s">
+        <v>180</v>
+      </c>
+      <c r="H51" t="s">
+        <v>27</v>
+      </c>
+      <c r="I51" s="2">
+        <v>45842</v>
+      </c>
+      <c r="J51" s="2">
+        <v>46296</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A52" t="s">
         <v>218</v>
       </c>
-      <c r="H51" t="s">
-[...10 lines deleted...]
-      <c r="A52" t="s">
+      <c r="B52" t="s">
         <v>219</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
         <v>220</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
+        <v>31</v>
+      </c>
+      <c r="E52" t="s">
+        <v>26</v>
+      </c>
+      <c r="F52" t="s">
         <v>221</v>
       </c>
-      <c r="D52" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G52" t="s">
-        <v>176</v>
+        <v>222</v>
       </c>
       <c r="H52" t="s">
         <v>27</v>
       </c>
       <c r="I52" s="2">
         <v>45842</v>
       </c>
       <c r="J52" s="2">
-        <v>46296</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46387</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A53" t="s">
+        <v>223</v>
+      </c>
+      <c r="B53" t="s">
+        <v>224</v>
+      </c>
+      <c r="C53" t="s">
+        <v>225</v>
+      </c>
+      <c r="D53" t="s">
+        <v>31</v>
+      </c>
+      <c r="E53" t="s">
+        <v>26</v>
+      </c>
+      <c r="F53" t="s">
+        <v>221</v>
+      </c>
+      <c r="G53" t="s">
         <v>222</v>
-      </c>
-[...16 lines deleted...]
-        <v>226</v>
       </c>
       <c r="H53" t="s">
         <v>27</v>
       </c>
       <c r="I53" s="2">
         <v>45842</v>
       </c>
       <c r="J53" s="2">
-        <v>46387</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46112</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A54" t="s">
+        <v>226</v>
+      </c>
+      <c r="B54" t="s">
         <v>227</v>
       </c>
-      <c r="B54" t="s">
+      <c r="C54" t="s">
         <v>228</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
+        <v>31</v>
+      </c>
+      <c r="E54" t="s">
+        <v>26</v>
+      </c>
+      <c r="F54" t="s">
         <v>229</v>
       </c>
-      <c r="D54" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G54" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="H54" t="s">
         <v>27</v>
       </c>
       <c r="I54" s="2">
         <v>45842</v>
       </c>
       <c r="J54" s="2">
-        <v>46112</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47118</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A55" t="s">
+        <v>231</v>
+      </c>
+      <c r="B55" t="s">
+        <v>232</v>
+      </c>
+      <c r="C55" t="s">
+        <v>233</v>
+      </c>
+      <c r="D55" t="s">
+        <v>31</v>
+      </c>
+      <c r="E55" t="s">
+        <v>26</v>
+      </c>
+      <c r="F55" t="s">
+        <v>229</v>
+      </c>
+      <c r="G55" t="s">
         <v>230</v>
-      </c>
-[...16 lines deleted...]
-        <v>234</v>
       </c>
       <c r="H55" t="s">
         <v>27</v>
       </c>
       <c r="I55" s="2">
         <v>45842</v>
       </c>
       <c r="J55" s="2">
         <v>47118</v>
       </c>
     </row>
-    <row r="56" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="56" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A56" t="s">
+        <v>234</v>
+      </c>
+      <c r="B56" t="s">
         <v>235</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" t="s">
         <v>236</v>
       </c>
-      <c r="C56" t="s">
+      <c r="D56" t="s">
+        <v>31</v>
+      </c>
+      <c r="E56" t="s">
+        <v>26</v>
+      </c>
+      <c r="F56" t="s">
+        <v>26</v>
+      </c>
+      <c r="G56" t="s">
+        <v>26</v>
+      </c>
+      <c r="H56" t="s">
+        <v>27</v>
+      </c>
+      <c r="I56" s="2">
+        <v>45845</v>
+      </c>
+      <c r="J56" s="2">
+        <v>46266</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A57" t="s">
         <v>237</v>
       </c>
-      <c r="D56" t="s">
-[...22 lines deleted...]
-      <c r="A57" t="s">
+      <c r="B57" t="s">
         <v>238</v>
       </c>
-      <c r="B57" t="s">
+      <c r="C57" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
       <c r="D57" t="s">
         <v>31</v>
       </c>
       <c r="E57" t="s">
         <v>26</v>
       </c>
       <c r="F57" t="s">
         <v>26</v>
       </c>
       <c r="G57" t="s">
         <v>26</v>
       </c>
       <c r="H57" t="s">
         <v>27</v>
       </c>
       <c r="I57" s="2">
         <v>45845</v>
       </c>
       <c r="J57" s="2">
-        <v>46266</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46916</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A58" t="s">
+        <v>240</v>
+      </c>
+      <c r="B58" t="s">
         <v>241</v>
       </c>
-      <c r="B58" t="s">
+      <c r="C58" t="s">
         <v>242</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
+        <v>31</v>
+      </c>
+      <c r="E58" t="s">
+        <v>26</v>
+      </c>
+      <c r="F58" t="s">
         <v>243</v>
       </c>
-      <c r="D58" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G58" t="s">
-        <v>26</v>
+        <v>90</v>
       </c>
       <c r="H58" t="s">
         <v>27</v>
       </c>
       <c r="I58" s="2">
         <v>45845</v>
       </c>
       <c r="J58" s="2">
-        <v>46916</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47118</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A59" t="s">
         <v>244</v>
       </c>
       <c r="B59" t="s">
         <v>245</v>
       </c>
       <c r="C59" t="s">
         <v>246</v>
       </c>
       <c r="D59" t="s">
         <v>31</v>
       </c>
       <c r="E59" t="s">
         <v>26</v>
       </c>
       <c r="F59" t="s">
-        <v>247</v>
+        <v>26</v>
       </c>
       <c r="G59" t="s">
-        <v>90</v>
+        <v>26</v>
       </c>
       <c r="H59" t="s">
         <v>27</v>
       </c>
       <c r="I59" s="2">
         <v>45845</v>
       </c>
       <c r="J59" s="2">
-        <v>47118</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46387</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A60" t="s">
+        <v>247</v>
+      </c>
+      <c r="B60" t="s">
         <v>248</v>
       </c>
-      <c r="B60" t="s">
+      <c r="C60" t="s">
         <v>249</v>
       </c>
-      <c r="C60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D60" t="s">
         <v>31</v>
       </c>
       <c r="E60" t="s">
         <v>26</v>
       </c>
       <c r="F60" t="s">
-        <v>26</v>
+        <v>221</v>
       </c>
       <c r="G60" t="s">
-        <v>26</v>
+        <v>222</v>
       </c>
       <c r="H60" t="s">
         <v>27</v>
       </c>
       <c r="I60" s="2">
         <v>45845</v>
       </c>
       <c r="J60" s="2">
-        <v>46387</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46691</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A61" t="s">
+        <v>250</v>
+      </c>
+      <c r="B61" t="s">
         <v>251</v>
       </c>
-      <c r="B61" t="s">
+      <c r="C61" t="s">
         <v>252</v>
       </c>
-      <c r="C61" t="s">
+      <c r="D61" t="s">
+        <v>31</v>
+      </c>
+      <c r="E61" t="s">
+        <v>26</v>
+      </c>
+      <c r="F61" t="s">
         <v>253</v>
       </c>
-      <c r="D61" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G61" t="s">
-        <v>226</v>
+        <v>254</v>
       </c>
       <c r="H61" t="s">
         <v>27</v>
       </c>
       <c r="I61" s="2">
-        <v>45845</v>
-[...5 lines deleted...]
-    <row r="62" spans="1:10" x14ac:dyDescent="0.3">
+        <v>45846</v>
+      </c>
+      <c r="J61" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="62" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A62" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B62" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C62" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D62" t="s">
         <v>31</v>
       </c>
       <c r="E62" t="s">
         <v>26</v>
       </c>
       <c r="F62" t="s">
-        <v>257</v>
+        <v>243</v>
       </c>
       <c r="G62" t="s">
-        <v>258</v>
+        <v>90</v>
       </c>
       <c r="H62" t="s">
         <v>27</v>
       </c>
       <c r="I62" s="2">
         <v>45846</v>
       </c>
-      <c r="J62" t="s">
-[...3 lines deleted...]
-    <row r="63" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="J62" s="2">
+        <v>47011</v>
+      </c>
+    </row>
+    <row r="63" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A63" t="s">
+        <v>258</v>
+      </c>
+      <c r="B63" t="s">
         <v>259</v>
       </c>
-      <c r="B63" t="s">
+      <c r="C63" t="s">
         <v>260</v>
       </c>
-      <c r="C63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D63" t="s">
         <v>31</v>
       </c>
       <c r="E63" t="s">
         <v>26</v>
       </c>
       <c r="F63" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="G63" t="s">
         <v>90</v>
       </c>
       <c r="H63" t="s">
         <v>27</v>
       </c>
       <c r="I63" s="2">
         <v>45846</v>
       </c>
       <c r="J63" s="2">
-        <v>47011</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46934</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A64" t="s">
+        <v>261</v>
+      </c>
+      <c r="B64" t="s">
         <v>262</v>
       </c>
-      <c r="B64" t="s">
+      <c r="C64" t="s">
         <v>263</v>
       </c>
-      <c r="C64" t="s">
+      <c r="D64" t="s">
+        <v>31</v>
+      </c>
+      <c r="E64" t="s">
+        <v>26</v>
+      </c>
+      <c r="F64" t="s">
         <v>264</v>
       </c>
-      <c r="D64" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G64" t="s">
-        <v>90</v>
+        <v>265</v>
       </c>
       <c r="H64" t="s">
         <v>27</v>
       </c>
       <c r="I64" s="2">
         <v>45846</v>
       </c>
       <c r="J64" s="2">
-        <v>46934</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47058</v>
+      </c>
+    </row>
+    <row r="65" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A65" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B65" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C65" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D65" t="s">
         <v>31</v>
       </c>
       <c r="E65" t="s">
         <v>26</v>
       </c>
       <c r="F65" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="G65" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="H65" t="s">
         <v>27</v>
       </c>
       <c r="I65" s="2">
-        <v>45846</v>
+        <v>45994</v>
       </c>
       <c r="J65" s="2">
-        <v>47058</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46741</v>
+      </c>
+    </row>
+    <row r="66" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A66" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B66" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C66" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D66" t="s">
         <v>31</v>
       </c>
       <c r="E66" t="s">
         <v>26</v>
       </c>
       <c r="F66" t="s">
-        <v>273</v>
+        <v>243</v>
       </c>
       <c r="G66" t="s">
+        <v>90</v>
+      </c>
+      <c r="H66" t="s">
+        <v>27</v>
+      </c>
+      <c r="I66" s="2">
+        <v>45847</v>
+      </c>
+      <c r="J66" s="2">
+        <v>47462</v>
+      </c>
+    </row>
+    <row r="67" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A67" t="s">
         <v>274</v>
       </c>
-      <c r="H66" t="s">
-[...10 lines deleted...]
-      <c r="A67" t="s">
+      <c r="B67" t="s">
         <v>275</v>
       </c>
-      <c r="B67" t="s">
+      <c r="C67" t="s">
         <v>276</v>
       </c>
-      <c r="C67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D67" t="s">
         <v>31</v>
       </c>
       <c r="E67" t="s">
         <v>26</v>
       </c>
       <c r="F67" t="s">
-        <v>247</v>
+        <v>208</v>
       </c>
       <c r="G67" t="s">
-        <v>90</v>
+        <v>209</v>
       </c>
       <c r="H67" t="s">
         <v>27</v>
       </c>
       <c r="I67" s="2">
         <v>45847</v>
       </c>
       <c r="J67" s="2">
         <v>47462</v>
       </c>
     </row>
-    <row r="68" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="68" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A68" t="s">
+        <v>277</v>
+      </c>
+      <c r="B68" t="s">
         <v>278</v>
       </c>
-      <c r="B68" t="s">
+      <c r="C68" t="s">
         <v>279</v>
       </c>
-      <c r="C68" t="s">
+      <c r="D68" t="s">
+        <v>31</v>
+      </c>
+      <c r="E68" t="s">
+        <v>26</v>
+      </c>
+      <c r="F68" t="s">
+        <v>26</v>
+      </c>
+      <c r="G68" t="s">
+        <v>26</v>
+      </c>
+      <c r="H68" t="s">
+        <v>27</v>
+      </c>
+      <c r="I68" s="2">
+        <v>45854</v>
+      </c>
+      <c r="J68" s="2">
+        <v>47300</v>
+      </c>
+    </row>
+    <row r="69" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A69" t="s">
         <v>280</v>
       </c>
-      <c r="D68" t="s">
-[...22 lines deleted...]
-      <c r="A69" t="s">
+      <c r="B69" t="s">
         <v>281</v>
       </c>
-      <c r="B69" t="s">
+      <c r="C69" t="s">
         <v>282</v>
       </c>
-      <c r="C69" t="s">
+      <c r="D69" t="s">
+        <v>31</v>
+      </c>
+      <c r="E69" t="s">
+        <v>26</v>
+      </c>
+      <c r="F69" t="s">
         <v>283</v>
       </c>
-      <c r="D69" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G69" t="s">
-        <v>26</v>
+        <v>284</v>
       </c>
       <c r="H69" t="s">
         <v>27</v>
       </c>
       <c r="I69" s="2">
-        <v>45854</v>
+        <v>45855</v>
       </c>
       <c r="J69" s="2">
-        <v>47300</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46997</v>
+      </c>
+    </row>
+    <row r="70" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A70" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B70" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C70" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D70" t="s">
         <v>31</v>
       </c>
       <c r="E70" t="s">
         <v>26</v>
       </c>
       <c r="F70" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="G70" t="s">
-        <v>288</v>
+        <v>57</v>
       </c>
       <c r="H70" t="s">
         <v>27</v>
       </c>
       <c r="I70" s="2">
-        <v>45855</v>
-[...5 lines deleted...]
-    <row r="71" spans="1:10" x14ac:dyDescent="0.3">
+        <v>45860</v>
+      </c>
+      <c r="J70" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="71" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A71" t="s">
         <v>289</v>
       </c>
       <c r="B71" t="s">
         <v>290</v>
       </c>
       <c r="C71" t="s">
         <v>291</v>
       </c>
       <c r="D71" t="s">
         <v>31</v>
       </c>
       <c r="E71" t="s">
         <v>26</v>
       </c>
       <c r="F71" t="s">
         <v>292</v>
       </c>
       <c r="G71" t="s">
-        <v>57</v>
+        <v>293</v>
       </c>
       <c r="H71" t="s">
         <v>27</v>
       </c>
       <c r="I71" s="2">
         <v>45860</v>
       </c>
       <c r="J71" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="72" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="72" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A72" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B72" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C72" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="D72" t="s">
         <v>31</v>
       </c>
       <c r="E72" t="s">
         <v>26</v>
       </c>
       <c r="F72" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="G72" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="H72" t="s">
         <v>27</v>
       </c>
       <c r="I72" s="2">
         <v>45860</v>
       </c>
-      <c r="J72" t="s">
-[...3 lines deleted...]
-    <row r="73" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="J72" s="2">
+        <v>46539</v>
+      </c>
+    </row>
+    <row r="73" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A73" t="s">
+        <v>299</v>
+      </c>
+      <c r="B73" t="s">
+        <v>300</v>
+      </c>
+      <c r="C73" t="s">
+        <v>301</v>
+      </c>
+      <c r="D73" t="s">
+        <v>31</v>
+      </c>
+      <c r="E73" t="s">
+        <v>26</v>
+      </c>
+      <c r="F73" t="s">
+        <v>297</v>
+      </c>
+      <c r="G73" t="s">
         <v>298</v>
-      </c>
-[...16 lines deleted...]
-        <v>302</v>
       </c>
       <c r="H73" t="s">
         <v>27</v>
       </c>
       <c r="I73" s="2">
         <v>45860</v>
       </c>
       <c r="J73" s="2">
         <v>46539</v>
       </c>
     </row>
-    <row r="74" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="74" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A74" t="s">
+        <v>302</v>
+      </c>
+      <c r="B74" t="s">
         <v>303</v>
       </c>
-      <c r="B74" t="s">
+      <c r="C74" t="s">
         <v>304</v>
       </c>
-      <c r="C74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D74" t="s">
         <v>31</v>
       </c>
       <c r="E74" t="s">
         <v>26</v>
       </c>
       <c r="F74" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="G74" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="H74" t="s">
         <v>27</v>
       </c>
       <c r="I74" s="2">
         <v>45860</v>
       </c>
       <c r="J74" s="2">
-        <v>46539</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46174</v>
+      </c>
+    </row>
+    <row r="75" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A75" t="s">
+        <v>305</v>
+      </c>
+      <c r="B75" t="s">
         <v>306</v>
       </c>
-      <c r="B75" t="s">
+      <c r="C75" t="s">
         <v>307</v>
       </c>
-      <c r="C75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D75" t="s">
         <v>31</v>
       </c>
       <c r="E75" t="s">
         <v>26</v>
       </c>
       <c r="F75" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="G75" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="H75" t="s">
         <v>27</v>
       </c>
       <c r="I75" s="2">
         <v>45860</v>
       </c>
       <c r="J75" s="2">
-        <v>46174</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46265</v>
+      </c>
+    </row>
+    <row r="76" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A76" t="s">
+        <v>308</v>
+      </c>
+      <c r="B76" t="s">
         <v>309</v>
       </c>
-      <c r="B76" t="s">
+      <c r="C76" t="s">
         <v>310</v>
       </c>
-      <c r="C76" t="s">
+      <c r="D76" t="s">
+        <v>31</v>
+      </c>
+      <c r="E76" t="s">
+        <v>26</v>
+      </c>
+      <c r="F76" t="s">
+        <v>264</v>
+      </c>
+      <c r="G76" t="s">
+        <v>265</v>
+      </c>
+      <c r="H76" t="s">
+        <v>27</v>
+      </c>
+      <c r="I76" s="2">
+        <v>45868</v>
+      </c>
+      <c r="J76" s="2">
+        <v>46997</v>
+      </c>
+    </row>
+    <row r="77" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A77" t="s">
         <v>311</v>
       </c>
-      <c r="D76" t="s">
-[...22 lines deleted...]
-      <c r="A77" t="s">
+      <c r="B77" t="s">
         <v>312</v>
       </c>
-      <c r="B77" t="s">
+      <c r="C77" t="s">
         <v>313</v>
       </c>
-      <c r="C77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D77" t="s">
         <v>31</v>
       </c>
       <c r="E77" t="s">
         <v>26</v>
       </c>
       <c r="F77" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="G77" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="H77" t="s">
         <v>27</v>
       </c>
       <c r="I77" s="2">
         <v>45868</v>
       </c>
       <c r="J77" s="2">
-        <v>46997</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47026</v>
+      </c>
+    </row>
+    <row r="78" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A78" t="s">
+        <v>314</v>
+      </c>
+      <c r="B78" t="s">
         <v>315</v>
       </c>
-      <c r="B78" t="s">
+      <c r="C78" t="s">
         <v>316</v>
       </c>
-      <c r="C78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D78" t="s">
         <v>31</v>
       </c>
       <c r="E78" t="s">
         <v>26</v>
       </c>
       <c r="F78" t="s">
-        <v>268</v>
+        <v>170</v>
       </c>
       <c r="G78" t="s">
-        <v>269</v>
+        <v>180</v>
       </c>
       <c r="H78" t="s">
-        <v>27</v>
+        <v>130</v>
       </c>
       <c r="I78" s="2">
         <v>45868</v>
       </c>
       <c r="J78" s="2">
-        <v>47026</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:10" x14ac:dyDescent="0.3">
+        <v>45962</v>
+      </c>
+    </row>
+    <row r="79" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A79" t="s">
+        <v>317</v>
+      </c>
+      <c r="B79" t="s">
         <v>318</v>
       </c>
-      <c r="B79" t="s">
+      <c r="C79" t="s">
         <v>319</v>
       </c>
-      <c r="C79" t="s">
+      <c r="D79" t="s">
+        <v>31</v>
+      </c>
+      <c r="E79" t="s">
+        <v>26</v>
+      </c>
+      <c r="F79" t="s">
         <v>320</v>
       </c>
-      <c r="D79" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G79" t="s">
-        <v>176</v>
+        <v>321</v>
       </c>
       <c r="H79" t="s">
+        <v>27</v>
+      </c>
+      <c r="I79" s="2">
+        <v>45865</v>
+      </c>
+      <c r="J79" s="2">
+        <v>47391</v>
+      </c>
+    </row>
+    <row r="80" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A80" t="s">
+        <v>322</v>
+      </c>
+      <c r="B80" t="s">
+        <v>323</v>
+      </c>
+      <c r="C80" t="s">
+        <v>324</v>
+      </c>
+      <c r="D80" t="s">
+        <v>31</v>
+      </c>
+      <c r="E80" t="s">
+        <v>26</v>
+      </c>
+      <c r="F80" t="s">
+        <v>325</v>
+      </c>
+      <c r="G80" t="s">
+        <v>326</v>
+      </c>
+      <c r="H80" t="s">
         <v>130</v>
       </c>
-      <c r="I79" s="2">
-[...30 lines deleted...]
-      </c>
       <c r="I80" s="2">
-        <v>45865</v>
+        <v>45867</v>
       </c>
       <c r="J80" s="2">
-        <v>47391</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46022</v>
+      </c>
+    </row>
+    <row r="81" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A81" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="B81" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C81" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="D81" t="s">
         <v>31</v>
       </c>
       <c r="E81" t="s">
         <v>26</v>
       </c>
       <c r="F81" t="s">
-        <v>329</v>
+        <v>148</v>
       </c>
       <c r="G81" t="s">
         <v>330</v>
       </c>
       <c r="H81" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="I81" s="2">
-        <v>45867</v>
+        <v>45865</v>
       </c>
       <c r="J81" s="2">
-        <v>46022</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47452</v>
+      </c>
+    </row>
+    <row r="82" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A82" t="s">
         <v>331</v>
       </c>
       <c r="B82" t="s">
         <v>332</v>
       </c>
       <c r="C82" t="s">
         <v>333</v>
       </c>
       <c r="D82" t="s">
         <v>31</v>
       </c>
       <c r="E82" t="s">
         <v>26</v>
       </c>
       <c r="F82" t="s">
-        <v>148</v>
+        <v>334</v>
       </c>
       <c r="G82" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="H82" t="s">
         <v>27</v>
       </c>
       <c r="I82" s="2">
-        <v>45865</v>
+        <v>45868</v>
       </c>
       <c r="J82" s="2">
-        <v>47452</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46934</v>
+      </c>
+    </row>
+    <row r="83" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A83" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B83" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C83" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D83" t="s">
         <v>31</v>
       </c>
       <c r="E83" t="s">
         <v>26</v>
       </c>
       <c r="F83" t="s">
-        <v>338</v>
+        <v>26</v>
       </c>
       <c r="G83" t="s">
+        <v>26</v>
+      </c>
+      <c r="H83" t="s">
+        <v>27</v>
+      </c>
+      <c r="I83" s="2">
+        <v>45872</v>
+      </c>
+      <c r="J83" s="2">
+        <v>46752</v>
+      </c>
+    </row>
+    <row r="84" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A84" t="s">
         <v>339</v>
       </c>
-      <c r="H83" t="s">
-[...2 lines deleted...]
-      <c r="I83" s="2">
+      <c r="B84" t="s">
+        <v>340</v>
+      </c>
+      <c r="C84" t="s">
+        <v>341</v>
+      </c>
+      <c r="D84" t="s">
+        <v>31</v>
+      </c>
+      <c r="E84" t="s">
+        <v>26</v>
+      </c>
+      <c r="F84" t="s">
+        <v>342</v>
+      </c>
+      <c r="G84" t="s">
+        <v>343</v>
+      </c>
+      <c r="H84" t="s">
+        <v>27</v>
+      </c>
+      <c r="I84" s="2">
+        <v>45869</v>
+      </c>
+      <c r="J84" s="2">
+        <v>47118</v>
+      </c>
+    </row>
+    <row r="85" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A85" t="s">
+        <v>344</v>
+      </c>
+      <c r="B85" t="s">
+        <v>345</v>
+      </c>
+      <c r="C85" t="s">
+        <v>346</v>
+      </c>
+      <c r="D85" t="s">
+        <v>31</v>
+      </c>
+      <c r="E85" t="s">
+        <v>26</v>
+      </c>
+      <c r="F85" t="s">
+        <v>347</v>
+      </c>
+      <c r="G85" t="s">
+        <v>348</v>
+      </c>
+      <c r="H85" t="s">
+        <v>27</v>
+      </c>
+      <c r="I85" s="2">
         <v>45868</v>
       </c>
-      <c r="J83" s="2">
-[...62 lines deleted...]
-      </c>
       <c r="J85" s="2">
-        <v>47118</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47483</v>
+      </c>
+    </row>
+    <row r="86" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A86" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="B86" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="C86" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="D86" t="s">
         <v>31</v>
       </c>
       <c r="E86" t="s">
         <v>26</v>
       </c>
       <c r="F86" t="s">
-        <v>351</v>
+        <v>26</v>
       </c>
       <c r="G86" t="s">
-        <v>352</v>
+        <v>26</v>
       </c>
       <c r="H86" t="s">
         <v>27</v>
       </c>
       <c r="I86" s="2">
         <v>45868</v>
       </c>
       <c r="J86" s="2">
-        <v>47483</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46904</v>
+      </c>
+    </row>
+    <row r="87" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A87" t="s">
+        <v>352</v>
+      </c>
+      <c r="B87" t="s">
         <v>353</v>
       </c>
-      <c r="B87" t="s">
+      <c r="C87" t="s">
         <v>354</v>
       </c>
-      <c r="C87" t="s">
+      <c r="D87" t="s">
+        <v>31</v>
+      </c>
+      <c r="E87" t="s">
+        <v>26</v>
+      </c>
+      <c r="F87" t="s">
         <v>355</v>
       </c>
-      <c r="D87" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G87" t="s">
-        <v>26</v>
+        <v>356</v>
       </c>
       <c r="H87" t="s">
         <v>27</v>
       </c>
       <c r="I87" s="2">
-        <v>45868</v>
+        <v>45880</v>
       </c>
       <c r="J87" s="2">
-        <v>46904</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46997</v>
+      </c>
+    </row>
+    <row r="88" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A88" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="B88" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C88" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="D88" t="s">
         <v>31</v>
       </c>
       <c r="E88" t="s">
         <v>26</v>
       </c>
       <c r="F88" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="G88" t="s">
-        <v>360</v>
+        <v>95</v>
       </c>
       <c r="H88" t="s">
         <v>27</v>
       </c>
       <c r="I88" s="2">
-        <v>45880</v>
+        <v>45883</v>
       </c>
       <c r="J88" s="2">
-        <v>46997</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47331</v>
+      </c>
+    </row>
+    <row r="89" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A89" t="s">
         <v>361</v>
       </c>
       <c r="B89" t="s">
         <v>362</v>
       </c>
       <c r="C89" t="s">
         <v>363</v>
       </c>
       <c r="D89" t="s">
         <v>31</v>
       </c>
       <c r="E89" t="s">
         <v>26</v>
       </c>
       <c r="F89" t="s">
-        <v>121</v>
+        <v>89</v>
       </c>
       <c r="G89" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="H89" t="s">
         <v>27</v>
       </c>
       <c r="I89" s="2">
-        <v>45883</v>
+        <v>45882</v>
       </c>
       <c r="J89" s="2">
-        <v>47331</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46722</v>
+      </c>
+    </row>
+    <row r="90" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A90" t="s">
         <v>364</v>
       </c>
       <c r="B90" t="s">
         <v>365</v>
       </c>
       <c r="C90" t="s">
         <v>366</v>
       </c>
       <c r="D90" t="s">
-        <v>31</v>
+        <v>367</v>
       </c>
       <c r="E90" t="s">
         <v>26</v>
       </c>
       <c r="F90" t="s">
-        <v>89</v>
+        <v>368</v>
       </c>
       <c r="G90" t="s">
-        <v>90</v>
+        <v>369</v>
       </c>
       <c r="H90" t="s">
         <v>27</v>
       </c>
       <c r="I90" s="2">
         <v>45882</v>
       </c>
       <c r="J90" s="2">
-        <v>46722</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46327</v>
+      </c>
+    </row>
+    <row r="91" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A91" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="B91" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="C91" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="D91" t="s">
-        <v>370</v>
+        <v>31</v>
       </c>
       <c r="E91" t="s">
         <v>26</v>
       </c>
       <c r="F91" t="s">
-        <v>371</v>
+        <v>243</v>
       </c>
       <c r="G91" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="H91" t="s">
-        <v>27</v>
+        <v>130</v>
       </c>
       <c r="I91" s="2">
         <v>45882</v>
       </c>
       <c r="J91" s="2">
-        <v>46327</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:10" x14ac:dyDescent="0.3">
+        <v>45962</v>
+      </c>
+    </row>
+    <row r="92" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A92" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="B92" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C92" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D92" t="s">
         <v>31</v>
       </c>
       <c r="E92" t="s">
         <v>26</v>
       </c>
       <c r="F92" t="s">
-        <v>247</v>
+        <v>156</v>
       </c>
       <c r="G92" t="s">
-        <v>376</v>
+        <v>95</v>
       </c>
       <c r="H92" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="I92" s="2">
         <v>45882</v>
       </c>
       <c r="J92" s="2">
-        <v>45962</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:10" x14ac:dyDescent="0.3">
+        <v>48102</v>
+      </c>
+    </row>
+    <row r="93" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A93" t="s">
         <v>377</v>
       </c>
       <c r="B93" t="s">
         <v>378</v>
       </c>
       <c r="C93" t="s">
         <v>379</v>
       </c>
       <c r="D93" t="s">
         <v>31</v>
       </c>
       <c r="E93" t="s">
         <v>26</v>
       </c>
       <c r="F93" t="s">
-        <v>161</v>
+        <v>221</v>
       </c>
       <c r="G93" t="s">
-        <v>95</v>
+        <v>222</v>
       </c>
       <c r="H93" t="s">
         <v>27</v>
       </c>
       <c r="I93" s="2">
-        <v>45882</v>
+        <v>45890</v>
       </c>
       <c r="J93" s="2">
-        <v>48102</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46387</v>
+      </c>
+    </row>
+    <row r="94" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A94" t="s">
         <v>380</v>
       </c>
       <c r="B94" t="s">
         <v>381</v>
       </c>
       <c r="C94" t="s">
         <v>382</v>
       </c>
       <c r="D94" t="s">
-        <v>31</v>
+        <v>383</v>
       </c>
       <c r="E94" t="s">
         <v>26</v>
       </c>
       <c r="F94" t="s">
-        <v>225</v>
+        <v>26</v>
       </c>
       <c r="G94" t="s">
-        <v>226</v>
+        <v>26</v>
       </c>
       <c r="H94" t="s">
         <v>27</v>
       </c>
       <c r="I94" s="2">
         <v>45890</v>
       </c>
       <c r="J94" s="2">
-        <v>46387</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46357</v>
+      </c>
+    </row>
+    <row r="95" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A95" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B95" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C95" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="D95" t="s">
-        <v>386</v>
+        <v>31</v>
       </c>
       <c r="E95" t="s">
         <v>26</v>
       </c>
       <c r="F95" t="s">
         <v>26</v>
       </c>
       <c r="G95" t="s">
         <v>26</v>
       </c>
       <c r="H95" t="s">
         <v>27</v>
       </c>
       <c r="I95" s="2">
         <v>45890</v>
       </c>
       <c r="J95" s="2">
-        <v>46357</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47331</v>
+      </c>
+    </row>
+    <row r="96" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A96" t="s">
         <v>387</v>
       </c>
       <c r="B96" t="s">
         <v>388</v>
       </c>
       <c r="C96" t="s">
         <v>389</v>
       </c>
       <c r="D96" t="s">
         <v>31</v>
       </c>
       <c r="E96" t="s">
         <v>26</v>
       </c>
       <c r="F96" t="s">
-        <v>26</v>
+        <v>390</v>
       </c>
       <c r="G96" t="s">
-        <v>26</v>
+        <v>391</v>
       </c>
       <c r="H96" t="s">
         <v>27</v>
       </c>
       <c r="I96" s="2">
         <v>45890</v>
       </c>
       <c r="J96" s="2">
-        <v>47331</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46722</v>
+      </c>
+    </row>
+    <row r="97" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A97" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="B97" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="C97" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="D97" t="s">
         <v>31</v>
       </c>
       <c r="E97" t="s">
         <v>26</v>
       </c>
       <c r="F97" t="s">
-        <v>393</v>
+        <v>264</v>
       </c>
       <c r="G97" t="s">
-        <v>394</v>
+        <v>265</v>
       </c>
       <c r="H97" t="s">
         <v>27</v>
       </c>
       <c r="I97" s="2">
         <v>45890</v>
       </c>
       <c r="J97" s="2">
-        <v>46722</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46266</v>
+      </c>
+    </row>
+    <row r="98" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A98" t="s">
         <v>395</v>
       </c>
       <c r="B98" t="s">
         <v>396</v>
       </c>
       <c r="C98" t="s">
         <v>397</v>
       </c>
       <c r="D98" t="s">
         <v>31</v>
       </c>
       <c r="E98" t="s">
         <v>26</v>
       </c>
       <c r="F98" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="G98" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="H98" t="s">
         <v>27</v>
       </c>
       <c r="I98" s="2">
         <v>45890</v>
       </c>
       <c r="J98" s="2">
         <v>46266</v>
       </c>
     </row>
-    <row r="99" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="99" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A99" t="s">
         <v>398</v>
       </c>
       <c r="B99" t="s">
         <v>399</v>
       </c>
       <c r="C99" t="s">
         <v>400</v>
       </c>
       <c r="D99" t="s">
         <v>31</v>
       </c>
       <c r="E99" t="s">
         <v>26</v>
       </c>
       <c r="F99" t="s">
-        <v>268</v>
+        <v>77</v>
       </c>
       <c r="G99" t="s">
-        <v>269</v>
+        <v>57</v>
       </c>
       <c r="H99" t="s">
         <v>27</v>
       </c>
       <c r="I99" s="2">
-        <v>45890</v>
+        <v>45889</v>
       </c>
       <c r="J99" s="2">
-        <v>46266</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46752</v>
+      </c>
+    </row>
+    <row r="100" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A100" t="s">
         <v>401</v>
       </c>
       <c r="B100" t="s">
         <v>402</v>
       </c>
       <c r="C100" t="s">
         <v>403</v>
       </c>
       <c r="D100" t="s">
         <v>31</v>
       </c>
       <c r="E100" t="s">
         <v>26</v>
       </c>
       <c r="F100" t="s">
-        <v>77</v>
+        <v>26</v>
       </c>
       <c r="G100" t="s">
-        <v>57</v>
+        <v>26</v>
       </c>
       <c r="H100" t="s">
         <v>27</v>
       </c>
       <c r="I100" s="2">
-        <v>45889</v>
+        <v>45883</v>
       </c>
       <c r="J100" s="2">
-        <v>46752</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46204</v>
+      </c>
+    </row>
+    <row r="101" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A101" t="s">
         <v>404</v>
       </c>
       <c r="B101" t="s">
         <v>405</v>
       </c>
       <c r="C101" t="s">
         <v>406</v>
       </c>
       <c r="D101" t="s">
         <v>31</v>
       </c>
       <c r="E101" t="s">
         <v>26</v>
       </c>
       <c r="F101" t="s">
-        <v>26</v>
+        <v>407</v>
       </c>
       <c r="G101" t="s">
-        <v>26</v>
+        <v>408</v>
       </c>
       <c r="H101" t="s">
         <v>27</v>
       </c>
       <c r="I101" s="2">
         <v>45883</v>
       </c>
       <c r="J101" s="2">
-        <v>46204</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46266</v>
+      </c>
+    </row>
+    <row r="102" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A102" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="B102" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="C102" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="D102" t="s">
         <v>31</v>
       </c>
       <c r="E102" t="s">
         <v>26</v>
       </c>
       <c r="F102" t="s">
-        <v>410</v>
+        <v>121</v>
       </c>
       <c r="G102" t="s">
-        <v>411</v>
+        <v>95</v>
       </c>
       <c r="H102" t="s">
         <v>27</v>
       </c>
       <c r="I102" s="2">
         <v>45883</v>
       </c>
       <c r="J102" s="2">
-        <v>46266</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46997</v>
+      </c>
+    </row>
+    <row r="103" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A103" t="s">
         <v>412</v>
       </c>
       <c r="B103" t="s">
         <v>413</v>
       </c>
       <c r="C103" t="s">
         <v>414</v>
       </c>
       <c r="D103" t="s">
         <v>31</v>
       </c>
       <c r="E103" t="s">
         <v>26</v>
       </c>
       <c r="F103" t="s">
-        <v>121</v>
+        <v>264</v>
       </c>
       <c r="G103" t="s">
-        <v>95</v>
+        <v>265</v>
       </c>
       <c r="H103" t="s">
         <v>27</v>
       </c>
       <c r="I103" s="2">
         <v>45883</v>
       </c>
       <c r="J103" s="2">
-        <v>46997</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47331</v>
+      </c>
+    </row>
+    <row r="104" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A104" t="s">
         <v>415</v>
       </c>
       <c r="B104" t="s">
         <v>416</v>
       </c>
       <c r="C104" t="s">
         <v>417</v>
       </c>
       <c r="D104" t="s">
         <v>31</v>
       </c>
       <c r="E104" t="s">
         <v>26</v>
       </c>
       <c r="F104" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="G104" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="H104" t="s">
         <v>27</v>
       </c>
       <c r="I104" s="2">
         <v>45883</v>
       </c>
       <c r="J104" s="2">
-        <v>47331</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47300</v>
+      </c>
+    </row>
+    <row r="105" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A105" t="s">
         <v>418</v>
       </c>
       <c r="B105" t="s">
         <v>419</v>
       </c>
       <c r="C105" t="s">
         <v>420</v>
       </c>
       <c r="D105" t="s">
         <v>31</v>
       </c>
       <c r="E105" t="s">
         <v>26</v>
       </c>
       <c r="F105" t="s">
-        <v>268</v>
+        <v>26</v>
       </c>
       <c r="G105" t="s">
-        <v>269</v>
+        <v>26</v>
       </c>
       <c r="H105" t="s">
         <v>27</v>
       </c>
       <c r="I105" s="2">
-        <v>45883</v>
+        <v>45889</v>
       </c>
       <c r="J105" s="2">
-        <v>47300</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46599</v>
+      </c>
+    </row>
+    <row r="106" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A106" t="s">
         <v>421</v>
       </c>
       <c r="B106" t="s">
         <v>422</v>
       </c>
       <c r="C106" t="s">
         <v>423</v>
       </c>
       <c r="D106" t="s">
         <v>31</v>
       </c>
       <c r="E106" t="s">
         <v>26</v>
       </c>
       <c r="F106" t="s">
-        <v>26</v>
+        <v>288</v>
       </c>
       <c r="G106" t="s">
-        <v>26</v>
+        <v>57</v>
       </c>
       <c r="H106" t="s">
         <v>27</v>
       </c>
       <c r="I106" s="2">
         <v>45889</v>
       </c>
       <c r="J106" s="2">
-        <v>46599</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46461</v>
+      </c>
+    </row>
+    <row r="107" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A107" t="s">
         <v>424</v>
       </c>
       <c r="B107" t="s">
         <v>425</v>
       </c>
       <c r="C107" t="s">
         <v>426</v>
       </c>
       <c r="D107" t="s">
         <v>31</v>
       </c>
       <c r="E107" t="s">
         <v>26</v>
       </c>
       <c r="F107" t="s">
-        <v>292</v>
+        <v>427</v>
       </c>
       <c r="G107" t="s">
         <v>57</v>
       </c>
       <c r="H107" t="s">
-        <v>27</v>
+        <v>130</v>
       </c>
       <c r="I107" s="2">
-        <v>45889</v>
+        <v>45894</v>
       </c>
       <c r="J107" s="2">
-        <v>46461</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:10" x14ac:dyDescent="0.3">
+        <v>45961</v>
+      </c>
+    </row>
+    <row r="108" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A108" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B108" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="C108" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="D108" t="s">
         <v>31</v>
       </c>
       <c r="E108" t="s">
         <v>26</v>
       </c>
       <c r="F108" t="s">
-        <v>430</v>
+        <v>368</v>
       </c>
       <c r="G108" t="s">
-        <v>57</v>
+        <v>369</v>
       </c>
       <c r="H108" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="I108" s="2">
         <v>45894</v>
       </c>
       <c r="J108" s="2">
-        <v>45961</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47483</v>
+      </c>
+    </row>
+    <row r="109" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A109" t="s">
         <v>431</v>
       </c>
       <c r="B109" t="s">
         <v>432</v>
       </c>
       <c r="C109" t="s">
         <v>433</v>
       </c>
       <c r="D109" t="s">
         <v>31</v>
       </c>
       <c r="E109" t="s">
         <v>26</v>
       </c>
       <c r="F109" t="s">
-        <v>371</v>
+        <v>264</v>
       </c>
       <c r="G109" t="s">
-        <v>372</v>
+        <v>265</v>
       </c>
       <c r="H109" t="s">
         <v>27</v>
       </c>
       <c r="I109" s="2">
-        <v>45894</v>
+        <v>45883</v>
       </c>
       <c r="J109" s="2">
-        <v>47483</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47423</v>
+      </c>
+    </row>
+    <row r="110" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A110" t="s">
         <v>434</v>
       </c>
       <c r="B110" t="s">
         <v>435</v>
       </c>
       <c r="C110" t="s">
         <v>436</v>
       </c>
       <c r="D110" t="s">
         <v>31</v>
       </c>
       <c r="E110" t="s">
         <v>26</v>
       </c>
       <c r="F110" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="G110" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="H110" t="s">
         <v>27</v>
       </c>
       <c r="I110" s="2">
         <v>45883</v>
       </c>
       <c r="J110" s="2">
-        <v>47423</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47331</v>
+      </c>
+    </row>
+    <row r="111" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A111" t="s">
         <v>437</v>
       </c>
       <c r="B111" t="s">
         <v>438</v>
       </c>
       <c r="C111" t="s">
         <v>439</v>
       </c>
       <c r="D111" t="s">
         <v>31</v>
       </c>
       <c r="E111" t="s">
         <v>26</v>
       </c>
       <c r="F111" t="s">
-        <v>268</v>
+        <v>156</v>
       </c>
       <c r="G111" t="s">
-        <v>269</v>
+        <v>95</v>
       </c>
       <c r="H111" t="s">
         <v>27</v>
       </c>
       <c r="I111" s="2">
         <v>45883</v>
       </c>
       <c r="J111" s="2">
-        <v>47331</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47696</v>
+      </c>
+    </row>
+    <row r="112" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A112" t="s">
         <v>440</v>
       </c>
       <c r="B112" t="s">
         <v>441</v>
       </c>
       <c r="C112" t="s">
         <v>442</v>
       </c>
       <c r="D112" t="s">
         <v>31</v>
       </c>
       <c r="E112" t="s">
         <v>26</v>
       </c>
       <c r="F112" t="s">
-        <v>161</v>
+        <v>89</v>
       </c>
       <c r="G112" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="H112" t="s">
         <v>27</v>
       </c>
       <c r="I112" s="2">
-        <v>45883</v>
+        <v>45902</v>
       </c>
       <c r="J112" s="2">
-        <v>47696</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46265</v>
+      </c>
+    </row>
+    <row r="113" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A113" t="s">
         <v>443</v>
       </c>
       <c r="B113" t="s">
         <v>444</v>
       </c>
       <c r="C113" t="s">
         <v>445</v>
       </c>
       <c r="D113" t="s">
         <v>31</v>
       </c>
       <c r="E113" t="s">
         <v>26</v>
       </c>
       <c r="F113" t="s">
-        <v>89</v>
+        <v>121</v>
       </c>
       <c r="G113" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="H113" t="s">
         <v>27</v>
       </c>
       <c r="I113" s="2">
-        <v>45902</v>
+        <v>45883</v>
       </c>
       <c r="J113" s="2">
-        <v>46265</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46327</v>
+      </c>
+    </row>
+    <row r="114" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A114" t="s">
         <v>446</v>
       </c>
       <c r="B114" t="s">
         <v>447</v>
       </c>
       <c r="C114" t="s">
         <v>448</v>
       </c>
       <c r="D114" t="s">
         <v>31</v>
       </c>
       <c r="E114" t="s">
         <v>26</v>
       </c>
       <c r="F114" t="s">
-        <v>121</v>
+        <v>26</v>
       </c>
       <c r="G114" t="s">
-        <v>95</v>
+        <v>26</v>
       </c>
       <c r="H114" t="s">
         <v>27</v>
       </c>
       <c r="I114" s="2">
         <v>45883</v>
       </c>
       <c r="J114" s="2">
-        <v>46327</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46265</v>
+      </c>
+    </row>
+    <row r="115" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A115" t="s">
         <v>449</v>
       </c>
       <c r="B115" t="s">
         <v>450</v>
       </c>
       <c r="C115" t="s">
         <v>451</v>
       </c>
       <c r="D115" t="s">
         <v>31</v>
       </c>
       <c r="E115" t="s">
         <v>26</v>
       </c>
       <c r="F115" t="s">
-        <v>26</v>
+        <v>264</v>
       </c>
       <c r="G115" t="s">
-        <v>26</v>
+        <v>265</v>
       </c>
       <c r="H115" t="s">
         <v>27</v>
       </c>
       <c r="I115" s="2">
         <v>45883</v>
       </c>
       <c r="J115" s="2">
-        <v>46265</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47392</v>
+      </c>
+    </row>
+    <row r="116" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A116" t="s">
         <v>452</v>
       </c>
       <c r="B116" t="s">
         <v>453</v>
       </c>
       <c r="C116" t="s">
         <v>454</v>
       </c>
       <c r="D116" t="s">
         <v>31</v>
       </c>
       <c r="E116" t="s">
         <v>26</v>
       </c>
       <c r="F116" t="s">
-        <v>268</v>
+        <v>26</v>
       </c>
       <c r="G116" t="s">
-        <v>269</v>
+        <v>26</v>
       </c>
       <c r="H116" t="s">
         <v>27</v>
       </c>
       <c r="I116" s="2">
         <v>45883</v>
       </c>
       <c r="J116" s="2">
-        <v>47392</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47484</v>
+      </c>
+    </row>
+    <row r="117" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A117" t="s">
         <v>455</v>
       </c>
       <c r="B117" t="s">
         <v>456</v>
       </c>
       <c r="C117" t="s">
         <v>457</v>
       </c>
       <c r="D117" t="s">
         <v>31</v>
       </c>
       <c r="E117" t="s">
         <v>26</v>
       </c>
       <c r="F117" t="s">
         <v>26</v>
       </c>
       <c r="G117" t="s">
         <v>26</v>
       </c>
       <c r="H117" t="s">
         <v>27</v>
       </c>
       <c r="I117" s="2">
         <v>45883</v>
       </c>
       <c r="J117" s="2">
-        <v>47484</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46631</v>
+      </c>
+    </row>
+    <row r="118" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A118" t="s">
         <v>458</v>
       </c>
       <c r="B118" t="s">
         <v>459</v>
       </c>
       <c r="C118" t="s">
         <v>460</v>
       </c>
       <c r="D118" t="s">
         <v>31</v>
       </c>
       <c r="E118" t="s">
         <v>26</v>
       </c>
       <c r="F118" t="s">
-        <v>26</v>
+        <v>461</v>
       </c>
       <c r="G118" t="s">
-        <v>26</v>
+        <v>462</v>
       </c>
       <c r="H118" t="s">
         <v>27</v>
       </c>
       <c r="I118" s="2">
-        <v>45883</v>
+        <v>45890</v>
       </c>
       <c r="J118" s="2">
-        <v>46631</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46722</v>
+      </c>
+    </row>
+    <row r="119" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A119" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B119" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="C119" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="D119" t="s">
         <v>31</v>
       </c>
       <c r="E119" t="s">
         <v>26</v>
       </c>
       <c r="F119" t="s">
-        <v>464</v>
+        <v>26</v>
       </c>
       <c r="G119" t="s">
-        <v>465</v>
+        <v>26</v>
       </c>
       <c r="H119" t="s">
         <v>27</v>
       </c>
       <c r="I119" s="2">
         <v>45890</v>
       </c>
       <c r="J119" s="2">
-        <v>46722</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="120" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A120" t="s">
         <v>466</v>
       </c>
       <c r="B120" t="s">
         <v>467</v>
       </c>
       <c r="C120" t="s">
         <v>468</v>
       </c>
       <c r="D120" t="s">
         <v>31</v>
       </c>
       <c r="E120" t="s">
         <v>26</v>
       </c>
       <c r="F120" t="s">
-        <v>26</v>
+        <v>264</v>
       </c>
       <c r="G120" t="s">
-        <v>26</v>
+        <v>265</v>
       </c>
       <c r="H120" t="s">
         <v>27</v>
       </c>
       <c r="I120" s="2">
-        <v>45890</v>
+        <v>45883</v>
       </c>
       <c r="J120" s="2">
-        <v>46203</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46997</v>
+      </c>
+    </row>
+    <row r="121" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A121" t="s">
         <v>469</v>
       </c>
       <c r="B121" t="s">
         <v>470</v>
       </c>
       <c r="C121" t="s">
         <v>471</v>
       </c>
       <c r="D121" t="s">
         <v>31</v>
       </c>
       <c r="E121" t="s">
         <v>26</v>
       </c>
       <c r="F121" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="G121" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="H121" t="s">
         <v>27</v>
       </c>
       <c r="I121" s="2">
         <v>45883</v>
       </c>
       <c r="J121" s="2">
-        <v>46997</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46905</v>
+      </c>
+    </row>
+    <row r="122" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A122" t="s">
         <v>472</v>
       </c>
       <c r="B122" t="s">
         <v>473</v>
       </c>
       <c r="C122" t="s">
         <v>474</v>
       </c>
       <c r="D122" t="s">
         <v>31</v>
       </c>
       <c r="E122" t="s">
         <v>26</v>
       </c>
       <c r="F122" t="s">
-        <v>268</v>
+        <v>475</v>
       </c>
       <c r="G122" t="s">
-        <v>269</v>
+        <v>90</v>
       </c>
       <c r="H122" t="s">
         <v>27</v>
       </c>
       <c r="I122" s="2">
         <v>45883</v>
       </c>
       <c r="J122" s="2">
         <v>46905</v>
       </c>
     </row>
-    <row r="123" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="123" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A123" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="B123" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="C123" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="D123" t="s">
         <v>31</v>
       </c>
       <c r="E123" t="s">
         <v>26</v>
       </c>
       <c r="F123" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="G123" t="s">
-        <v>90</v>
+        <v>480</v>
       </c>
       <c r="H123" t="s">
         <v>27</v>
       </c>
       <c r="I123" s="2">
-        <v>45883</v>
+        <v>45897</v>
       </c>
       <c r="J123" s="2">
-        <v>46905</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46265</v>
+      </c>
+    </row>
+    <row r="124" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A124" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B124" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="C124" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="D124" t="s">
         <v>31</v>
       </c>
       <c r="E124" t="s">
         <v>26</v>
       </c>
       <c r="F124" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="G124" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="H124" t="s">
         <v>27</v>
       </c>
       <c r="I124" s="2">
-        <v>45897</v>
+        <v>45894</v>
       </c>
       <c r="J124" s="2">
-        <v>46265</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47330</v>
+      </c>
+    </row>
+    <row r="125" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A125" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B125" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="C125" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="D125" t="s">
         <v>31</v>
       </c>
       <c r="E125" t="s">
         <v>26</v>
       </c>
       <c r="F125" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="G125" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="H125" t="s">
         <v>27</v>
       </c>
       <c r="I125" s="2">
-        <v>45894</v>
+        <v>45967</v>
       </c>
       <c r="J125" s="2">
-        <v>47330</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:10" x14ac:dyDescent="0.3">
+        <v>48030</v>
+      </c>
+    </row>
+    <row r="126" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A126" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B126" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="C126" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="D126" t="s">
         <v>31</v>
       </c>
       <c r="E126" t="s">
         <v>26</v>
       </c>
       <c r="F126" t="s">
-        <v>492</v>
+        <v>56</v>
       </c>
       <c r="G126" t="s">
-        <v>493</v>
+        <v>57</v>
       </c>
       <c r="H126" t="s">
         <v>27</v>
       </c>
       <c r="I126" s="2">
-        <v>45967</v>
+        <v>45906</v>
       </c>
       <c r="J126" s="2">
-        <v>48030</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46477</v>
+      </c>
+    </row>
+    <row r="127" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A127" t="s">
         <v>494</v>
       </c>
       <c r="B127" t="s">
         <v>495</v>
       </c>
       <c r="C127" t="s">
         <v>496</v>
       </c>
       <c r="D127" t="s">
         <v>31</v>
       </c>
       <c r="E127" t="s">
         <v>26</v>
       </c>
       <c r="F127" t="s">
-        <v>56</v>
+        <v>497</v>
       </c>
       <c r="G127" t="s">
         <v>57</v>
       </c>
       <c r="H127" t="s">
         <v>27</v>
       </c>
       <c r="I127" s="2">
-        <v>45906</v>
-[...5 lines deleted...]
-    <row r="128" spans="1:10" x14ac:dyDescent="0.3">
+        <v>45917</v>
+      </c>
+      <c r="J127" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="128" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A128" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="B128" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="C128" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="D128" t="s">
         <v>31</v>
       </c>
       <c r="E128" t="s">
         <v>26</v>
       </c>
       <c r="F128" t="s">
-        <v>500</v>
+        <v>26</v>
       </c>
       <c r="G128" t="s">
-        <v>57</v>
+        <v>26</v>
       </c>
       <c r="H128" t="s">
         <v>27</v>
       </c>
       <c r="I128" s="2">
-        <v>45917</v>
-[...5 lines deleted...]
-    <row r="129" spans="1:10" x14ac:dyDescent="0.3">
+        <v>45884</v>
+      </c>
+      <c r="J128" s="2">
+        <v>46722</v>
+      </c>
+    </row>
+    <row r="129" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A129" t="s">
         <v>501</v>
       </c>
       <c r="B129" t="s">
         <v>502</v>
       </c>
       <c r="C129" t="s">
         <v>503</v>
       </c>
       <c r="D129" t="s">
         <v>31</v>
       </c>
       <c r="E129" t="s">
         <v>26</v>
       </c>
       <c r="F129" t="s">
-        <v>26</v>
+        <v>264</v>
       </c>
       <c r="G129" t="s">
-        <v>26</v>
+        <v>265</v>
       </c>
       <c r="H129" t="s">
         <v>27</v>
       </c>
       <c r="I129" s="2">
         <v>45884</v>
       </c>
       <c r="J129" s="2">
-        <v>46722</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47300</v>
+      </c>
+    </row>
+    <row r="130" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A130" t="s">
         <v>504</v>
       </c>
       <c r="B130" t="s">
         <v>505</v>
       </c>
       <c r="C130" t="s">
         <v>506</v>
       </c>
       <c r="D130" t="s">
         <v>31</v>
       </c>
       <c r="E130" t="s">
         <v>26</v>
       </c>
       <c r="F130" t="s">
-        <v>268</v>
+        <v>94</v>
       </c>
       <c r="G130" t="s">
-        <v>269</v>
+        <v>95</v>
       </c>
       <c r="H130" t="s">
         <v>27</v>
       </c>
       <c r="I130" s="2">
-        <v>45884</v>
+        <v>45902</v>
       </c>
       <c r="J130" s="2">
-        <v>47300</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46266</v>
+      </c>
+    </row>
+    <row r="131" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A131" t="s">
         <v>507</v>
       </c>
       <c r="B131" t="s">
         <v>508</v>
       </c>
       <c r="C131" t="s">
         <v>509</v>
       </c>
       <c r="D131" t="s">
         <v>31</v>
       </c>
       <c r="E131" t="s">
         <v>26</v>
       </c>
       <c r="F131" t="s">
         <v>94</v>
       </c>
       <c r="G131" t="s">
         <v>95</v>
       </c>
       <c r="H131" t="s">
         <v>27</v>
       </c>
       <c r="I131" s="2">
         <v>45902</v>
       </c>
       <c r="J131" s="2">
-        <v>46266</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:10" x14ac:dyDescent="0.3">
+        <v>48092</v>
+      </c>
+    </row>
+    <row r="132" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A132" t="s">
         <v>510</v>
       </c>
       <c r="B132" t="s">
         <v>511</v>
       </c>
       <c r="C132" t="s">
         <v>512</v>
       </c>
       <c r="D132" t="s">
         <v>31</v>
       </c>
       <c r="E132" t="s">
         <v>26</v>
       </c>
       <c r="F132" t="s">
         <v>94</v>
       </c>
       <c r="G132" t="s">
         <v>95</v>
       </c>
       <c r="H132" t="s">
         <v>27</v>
       </c>
       <c r="I132" s="2">
         <v>45902</v>
       </c>
       <c r="J132" s="2">
-        <v>48092</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47363</v>
+      </c>
+    </row>
+    <row r="133" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A133" t="s">
         <v>513</v>
       </c>
       <c r="B133" t="s">
         <v>514</v>
       </c>
       <c r="C133" t="s">
         <v>515</v>
       </c>
       <c r="D133" t="s">
         <v>31</v>
       </c>
       <c r="E133" t="s">
         <v>26</v>
       </c>
       <c r="F133" t="s">
         <v>94</v>
       </c>
       <c r="G133" t="s">
         <v>95</v>
       </c>
       <c r="H133" t="s">
         <v>27</v>
       </c>
       <c r="I133" s="2">
         <v>45902</v>
       </c>
       <c r="J133" s="2">
-        <v>47363</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46266</v>
+      </c>
+    </row>
+    <row r="134" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A134" t="s">
         <v>516</v>
       </c>
       <c r="B134" t="s">
         <v>517</v>
       </c>
       <c r="C134" t="s">
         <v>518</v>
       </c>
       <c r="D134" t="s">
         <v>31</v>
       </c>
       <c r="E134" t="s">
         <v>26</v>
       </c>
       <c r="F134" t="s">
         <v>94</v>
       </c>
       <c r="G134" t="s">
         <v>95</v>
       </c>
       <c r="H134" t="s">
         <v>27</v>
       </c>
       <c r="I134" s="2">
         <v>45902</v>
       </c>
       <c r="J134" s="2">
-        <v>46266</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47362</v>
+      </c>
+    </row>
+    <row r="135" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A135" t="s">
         <v>519</v>
       </c>
       <c r="B135" t="s">
         <v>520</v>
       </c>
       <c r="C135" t="s">
         <v>521</v>
       </c>
       <c r="D135" t="s">
         <v>31</v>
       </c>
       <c r="E135" t="s">
         <v>26</v>
       </c>
       <c r="F135" t="s">
         <v>94</v>
       </c>
       <c r="G135" t="s">
         <v>95</v>
       </c>
       <c r="H135" t="s">
         <v>27</v>
       </c>
       <c r="I135" s="2">
         <v>45902</v>
       </c>
       <c r="J135" s="2">
         <v>47362</v>
       </c>
     </row>
-    <row r="136" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="136" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A136" t="s">
         <v>522</v>
       </c>
       <c r="B136" t="s">
         <v>523</v>
       </c>
       <c r="C136" t="s">
         <v>524</v>
       </c>
       <c r="D136" t="s">
         <v>31</v>
       </c>
       <c r="E136" t="s">
         <v>26</v>
       </c>
       <c r="F136" t="s">
-        <v>94</v>
+        <v>26</v>
       </c>
       <c r="G136" t="s">
-        <v>95</v>
+        <v>26</v>
       </c>
       <c r="H136" t="s">
         <v>27</v>
       </c>
       <c r="I136" s="2">
         <v>45902</v>
       </c>
       <c r="J136" s="2">
         <v>47362</v>
       </c>
     </row>
-    <row r="137" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="137" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A137" t="s">
         <v>525</v>
       </c>
       <c r="B137" t="s">
         <v>526</v>
       </c>
       <c r="C137" t="s">
         <v>527</v>
       </c>
       <c r="D137" t="s">
         <v>31</v>
       </c>
       <c r="E137" t="s">
         <v>26</v>
       </c>
       <c r="F137" t="s">
-        <v>26</v>
+        <v>94</v>
       </c>
       <c r="G137" t="s">
-        <v>26</v>
+        <v>95</v>
       </c>
       <c r="H137" t="s">
         <v>27</v>
       </c>
       <c r="I137" s="2">
         <v>45902</v>
       </c>
       <c r="J137" s="2">
-        <v>47362</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47727</v>
+      </c>
+    </row>
+    <row r="138" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A138" t="s">
         <v>528</v>
       </c>
       <c r="B138" t="s">
         <v>529</v>
       </c>
       <c r="C138" t="s">
         <v>530</v>
       </c>
       <c r="D138" t="s">
         <v>31</v>
       </c>
       <c r="E138" t="s">
         <v>26</v>
       </c>
       <c r="F138" t="s">
-        <v>94</v>
+        <v>531</v>
       </c>
       <c r="G138" t="s">
-        <v>95</v>
+        <v>532</v>
       </c>
       <c r="H138" t="s">
         <v>27</v>
       </c>
       <c r="I138" s="2">
-        <v>45902</v>
+        <v>45918</v>
       </c>
       <c r="J138" s="2">
-        <v>47727</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46266</v>
+      </c>
+    </row>
+    <row r="139" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A139" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="B139" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="C139" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="D139" t="s">
         <v>31</v>
       </c>
       <c r="E139" t="s">
         <v>26</v>
       </c>
       <c r="F139" t="s">
-        <v>534</v>
+        <v>221</v>
       </c>
       <c r="G139" t="s">
-        <v>535</v>
+        <v>222</v>
       </c>
       <c r="H139" t="s">
         <v>27</v>
       </c>
       <c r="I139" s="2">
-        <v>45918</v>
+        <v>45919</v>
       </c>
       <c r="J139" s="2">
-        <v>46266</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46174</v>
+      </c>
+    </row>
+    <row r="140" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A140" t="s">
         <v>536</v>
       </c>
       <c r="B140" t="s">
         <v>537</v>
       </c>
       <c r="C140" t="s">
         <v>538</v>
       </c>
       <c r="D140" t="s">
         <v>31</v>
       </c>
       <c r="E140" t="s">
         <v>26</v>
       </c>
       <c r="F140" t="s">
-        <v>225</v>
+        <v>539</v>
       </c>
       <c r="G140" t="s">
-        <v>226</v>
+        <v>540</v>
       </c>
       <c r="H140" t="s">
         <v>27</v>
       </c>
       <c r="I140" s="2">
-        <v>45919</v>
+        <v>45917</v>
       </c>
       <c r="J140" s="2">
-        <v>46174</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46661</v>
+      </c>
+    </row>
+    <row r="141" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A141" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="B141" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="C141" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="D141" t="s">
         <v>31</v>
       </c>
       <c r="E141" t="s">
         <v>26</v>
       </c>
       <c r="F141" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="G141" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="H141" t="s">
         <v>27</v>
       </c>
       <c r="I141" s="2">
-        <v>45917</v>
+        <v>45924</v>
       </c>
       <c r="J141" s="2">
-        <v>46661</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46386</v>
+      </c>
+    </row>
+    <row r="142" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A142" t="s">
+        <v>546</v>
+      </c>
+      <c r="B142" t="s">
+        <v>547</v>
+      </c>
+      <c r="C142" t="s">
+        <v>548</v>
+      </c>
+      <c r="D142" t="s">
+        <v>31</v>
+      </c>
+      <c r="E142" t="s">
+        <v>26</v>
+      </c>
+      <c r="F142" t="s">
         <v>544</v>
       </c>
-      <c r="B142" t="s">
+      <c r="G142" t="s">
         <v>545</v>
-      </c>
-[...13 lines deleted...]
-        <v>548</v>
       </c>
       <c r="H142" t="s">
         <v>27</v>
       </c>
       <c r="I142" s="2">
         <v>45924</v>
       </c>
       <c r="J142" s="2">
-        <v>46386</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46629</v>
+      </c>
+    </row>
+    <row r="143" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A143" t="s">
         <v>549</v>
       </c>
       <c r="B143" t="s">
         <v>550</v>
       </c>
       <c r="C143" t="s">
         <v>551</v>
       </c>
       <c r="D143" t="s">
         <v>31</v>
       </c>
       <c r="E143" t="s">
         <v>26</v>
       </c>
       <c r="F143" t="s">
-        <v>547</v>
+        <v>94</v>
       </c>
       <c r="G143" t="s">
-        <v>548</v>
+        <v>95</v>
       </c>
       <c r="H143" t="s">
         <v>27</v>
       </c>
       <c r="I143" s="2">
-        <v>45924</v>
+        <v>45902</v>
       </c>
       <c r="J143" s="2">
-        <v>46629</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46997</v>
+      </c>
+    </row>
+    <row r="144" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A144" t="s">
         <v>552</v>
       </c>
       <c r="B144" t="s">
         <v>553</v>
       </c>
       <c r="C144" t="s">
         <v>554</v>
       </c>
       <c r="D144" t="s">
         <v>31</v>
       </c>
       <c r="E144" t="s">
         <v>26</v>
       </c>
       <c r="F144" t="s">
-        <v>94</v>
+        <v>497</v>
       </c>
       <c r="G144" t="s">
-        <v>95</v>
+        <v>57</v>
       </c>
       <c r="H144" t="s">
         <v>27</v>
       </c>
       <c r="I144" s="2">
-        <v>45902</v>
-[...5 lines deleted...]
-    <row r="145" spans="1:10" x14ac:dyDescent="0.3">
+        <v>45932</v>
+      </c>
+      <c r="J144" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="145" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A145" t="s">
         <v>555</v>
       </c>
       <c r="B145" t="s">
         <v>556</v>
       </c>
       <c r="C145" t="s">
         <v>557</v>
       </c>
       <c r="D145" t="s">
         <v>31</v>
       </c>
       <c r="E145" t="s">
         <v>26</v>
       </c>
       <c r="F145" t="s">
-        <v>500</v>
+        <v>221</v>
       </c>
       <c r="G145" t="s">
-        <v>57</v>
+        <v>222</v>
       </c>
       <c r="H145" t="s">
         <v>27</v>
       </c>
       <c r="I145" s="2">
-        <v>45932</v>
-[...5 lines deleted...]
-    <row r="146" spans="1:10" x14ac:dyDescent="0.3">
+        <v>45925</v>
+      </c>
+      <c r="J145" s="2">
+        <v>46934</v>
+      </c>
+    </row>
+    <row r="146" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A146" t="s">
         <v>558</v>
       </c>
       <c r="B146" t="s">
         <v>559</v>
       </c>
       <c r="C146" t="s">
         <v>560</v>
       </c>
       <c r="D146" t="s">
         <v>31</v>
       </c>
       <c r="E146" t="s">
         <v>26</v>
       </c>
       <c r="F146" t="s">
-        <v>225</v>
+        <v>561</v>
       </c>
       <c r="G146" t="s">
-        <v>226</v>
+        <v>562</v>
       </c>
       <c r="H146" t="s">
         <v>27</v>
       </c>
       <c r="I146" s="2">
-        <v>45925</v>
+        <v>45915</v>
       </c>
       <c r="J146" s="2">
-        <v>46934</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46753</v>
+      </c>
+    </row>
+    <row r="147" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A147" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="B147" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="C147" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="D147" t="s">
         <v>31</v>
       </c>
       <c r="E147" t="s">
         <v>26</v>
       </c>
       <c r="F147" t="s">
-        <v>564</v>
+        <v>497</v>
       </c>
       <c r="G147" t="s">
-        <v>565</v>
+        <v>57</v>
       </c>
       <c r="H147" t="s">
         <v>27</v>
       </c>
       <c r="I147" s="2">
-        <v>45915</v>
+        <v>45931</v>
       </c>
       <c r="J147" s="2">
-        <v>46753</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46966</v>
+      </c>
+    </row>
+    <row r="148" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A148" t="s">
         <v>566</v>
       </c>
       <c r="B148" t="s">
         <v>567</v>
       </c>
       <c r="C148" t="s">
         <v>568</v>
       </c>
       <c r="D148" t="s">
         <v>31</v>
       </c>
       <c r="E148" t="s">
         <v>26</v>
       </c>
       <c r="F148" t="s">
-        <v>500</v>
+        <v>221</v>
       </c>
       <c r="G148" t="s">
-        <v>57</v>
+        <v>222</v>
       </c>
       <c r="H148" t="s">
         <v>27</v>
       </c>
       <c r="I148" s="2">
-        <v>45931</v>
+        <v>45930</v>
       </c>
       <c r="J148" s="2">
-        <v>46966</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46387</v>
+      </c>
+    </row>
+    <row r="149" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A149" t="s">
         <v>569</v>
       </c>
       <c r="B149" t="s">
         <v>570</v>
       </c>
       <c r="C149" t="s">
         <v>571</v>
       </c>
       <c r="D149" t="s">
         <v>31</v>
       </c>
       <c r="E149" t="s">
         <v>26</v>
       </c>
       <c r="F149" t="s">
-        <v>225</v>
+        <v>572</v>
       </c>
       <c r="G149" t="s">
-        <v>226</v>
+        <v>573</v>
       </c>
       <c r="H149" t="s">
         <v>27</v>
       </c>
       <c r="I149" s="2">
-        <v>45930</v>
+        <v>45915</v>
       </c>
       <c r="J149" s="2">
-        <v>46387</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47269</v>
+      </c>
+    </row>
+    <row r="150" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A150" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="B150" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="C150" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="D150" t="s">
         <v>31</v>
       </c>
       <c r="E150" t="s">
         <v>26</v>
       </c>
       <c r="F150" t="s">
-        <v>575</v>
+        <v>89</v>
       </c>
       <c r="G150" t="s">
-        <v>576</v>
+        <v>90</v>
       </c>
       <c r="H150" t="s">
-        <v>27</v>
+        <v>130</v>
       </c>
       <c r="I150" s="2">
-        <v>45915</v>
+        <v>45936</v>
       </c>
       <c r="J150" s="2">
-        <v>47269</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46000</v>
+      </c>
+    </row>
+    <row r="151" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A151" t="s">
         <v>577</v>
       </c>
       <c r="B151" t="s">
         <v>578</v>
       </c>
       <c r="C151" t="s">
         <v>579</v>
       </c>
       <c r="D151" t="s">
         <v>31</v>
       </c>
       <c r="E151" t="s">
         <v>26</v>
       </c>
       <c r="F151" t="s">
-        <v>89</v>
+        <v>580</v>
       </c>
       <c r="G151" t="s">
-        <v>90</v>
+        <v>581</v>
       </c>
       <c r="H151" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="I151" s="2">
         <v>45936</v>
       </c>
       <c r="J151" s="2">
-        <v>46000</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46235</v>
+      </c>
+    </row>
+    <row r="152" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A152" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="B152" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="C152" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="D152" t="s">
         <v>31</v>
       </c>
       <c r="E152" t="s">
         <v>26</v>
       </c>
       <c r="F152" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="G152" t="s">
-        <v>157</v>
+        <v>586</v>
       </c>
       <c r="H152" t="s">
         <v>27</v>
       </c>
       <c r="I152" s="2">
-        <v>45936</v>
+        <v>45932</v>
       </c>
       <c r="J152" s="2">
-        <v>46235</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46568</v>
+      </c>
+    </row>
+    <row r="153" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A153" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="B153" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="C153" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="D153" t="s">
         <v>31</v>
       </c>
       <c r="E153" t="s">
         <v>26</v>
       </c>
       <c r="F153" t="s">
-        <v>587</v>
+        <v>26</v>
       </c>
       <c r="G153" t="s">
-        <v>588</v>
+        <v>26</v>
       </c>
       <c r="H153" t="s">
-        <v>27</v>
+        <v>130</v>
       </c>
       <c r="I153" s="2">
         <v>45932</v>
       </c>
       <c r="J153" s="2">
-        <v>46568</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46038</v>
+      </c>
+    </row>
+    <row r="154" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A154" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="B154" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="C154" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="D154" t="s">
         <v>31</v>
       </c>
       <c r="E154" t="s">
         <v>26</v>
       </c>
       <c r="F154" t="s">
-        <v>26</v>
+        <v>593</v>
       </c>
       <c r="G154" t="s">
-        <v>26</v>
+        <v>594</v>
       </c>
       <c r="H154" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="I154" s="2">
         <v>45932</v>
       </c>
       <c r="J154" s="2">
-        <v>46038</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="155" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A155" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="B155" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
       <c r="C155" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="D155" t="s">
         <v>31</v>
       </c>
       <c r="E155" t="s">
         <v>26</v>
       </c>
       <c r="F155" t="s">
-        <v>595</v>
+        <v>26</v>
       </c>
       <c r="G155" t="s">
-        <v>596</v>
+        <v>26</v>
       </c>
       <c r="H155" t="s">
-        <v>27</v>
+        <v>130</v>
       </c>
       <c r="I155" s="2">
-        <v>45932</v>
+        <v>45938</v>
       </c>
       <c r="J155" s="2">
-        <v>46203</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46043</v>
+      </c>
+    </row>
+    <row r="156" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A156" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="B156" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="C156" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="D156" t="s">
         <v>31</v>
       </c>
       <c r="E156" t="s">
         <v>26</v>
       </c>
       <c r="F156" t="s">
-        <v>26</v>
+        <v>461</v>
       </c>
       <c r="G156" t="s">
-        <v>26</v>
+        <v>462</v>
       </c>
       <c r="H156" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="I156" s="2">
-        <v>45938</v>
+        <v>45939</v>
       </c>
       <c r="J156" s="2">
-        <v>46043</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47757</v>
+      </c>
+    </row>
+    <row r="157" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A157" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="B157" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="C157" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="D157" t="s">
         <v>31</v>
       </c>
       <c r="E157" t="s">
         <v>26</v>
       </c>
       <c r="F157" t="s">
-        <v>464</v>
+        <v>461</v>
       </c>
       <c r="G157" t="s">
-        <v>465</v>
+        <v>462</v>
       </c>
       <c r="H157" t="s">
         <v>27</v>
       </c>
       <c r="I157" s="2">
         <v>45939</v>
       </c>
       <c r="J157" s="2">
         <v>47757</v>
       </c>
     </row>
-    <row r="158" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="158" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A158" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="B158" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="C158" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="D158" t="s">
         <v>31</v>
       </c>
       <c r="E158" t="s">
         <v>26</v>
       </c>
       <c r="F158" t="s">
-        <v>464</v>
+        <v>342</v>
       </c>
       <c r="G158" t="s">
-        <v>465</v>
+        <v>343</v>
       </c>
       <c r="H158" t="s">
         <v>27</v>
       </c>
       <c r="I158" s="2">
-        <v>45939</v>
+        <v>45938</v>
       </c>
       <c r="J158" s="2">
-        <v>47757</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47118</v>
+      </c>
+    </row>
+    <row r="159" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A159" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="B159" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="C159" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="D159" t="s">
         <v>31</v>
       </c>
       <c r="E159" t="s">
         <v>26</v>
       </c>
       <c r="F159" t="s">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="G159" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="H159" t="s">
         <v>27</v>
       </c>
       <c r="I159" s="2">
         <v>45938</v>
       </c>
       <c r="J159" s="2">
-        <v>47118</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47026</v>
+      </c>
+    </row>
+    <row r="160" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A160" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="B160" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="C160" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="D160" t="s">
         <v>31</v>
       </c>
       <c r="E160" t="s">
         <v>26</v>
       </c>
       <c r="F160" t="s">
-        <v>346</v>
+        <v>613</v>
       </c>
       <c r="G160" t="s">
-        <v>347</v>
+        <v>614</v>
       </c>
       <c r="H160" t="s">
         <v>27</v>
       </c>
       <c r="I160" s="2">
         <v>45938</v>
       </c>
       <c r="J160" s="2">
-        <v>47026</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46569</v>
+      </c>
+    </row>
+    <row r="161" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A161" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="B161" t="s">
-        <v>613</v>
+        <v>616</v>
       </c>
       <c r="C161" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
       <c r="D161" t="s">
         <v>31</v>
       </c>
       <c r="E161" t="s">
         <v>26</v>
       </c>
       <c r="F161" t="s">
-        <v>615</v>
+        <v>342</v>
       </c>
       <c r="G161" t="s">
-        <v>616</v>
+        <v>343</v>
       </c>
       <c r="H161" t="s">
         <v>27</v>
       </c>
       <c r="I161" s="2">
         <v>45938</v>
       </c>
       <c r="J161" s="2">
-        <v>46569</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47362</v>
+      </c>
+    </row>
+    <row r="162" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A162" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="B162" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="C162" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="D162" t="s">
         <v>31</v>
       </c>
       <c r="E162" t="s">
         <v>26</v>
       </c>
       <c r="F162" t="s">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="G162" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="H162" t="s">
-        <v>27</v>
+        <v>130</v>
       </c>
       <c r="I162" s="2">
         <v>45938</v>
       </c>
       <c r="J162" s="2">
-        <v>47362</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="163" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A163" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="B163" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="C163" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="D163" t="s">
         <v>31</v>
       </c>
       <c r="E163" t="s">
         <v>26</v>
       </c>
       <c r="F163" t="s">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="G163" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="H163" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="I163" s="2">
         <v>45938</v>
       </c>
       <c r="J163" s="2">
-        <v>46023</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47362</v>
+      </c>
+    </row>
+    <row r="164" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A164" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="B164" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="C164" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="D164" t="s">
         <v>31</v>
       </c>
       <c r="E164" t="s">
         <v>26</v>
       </c>
       <c r="F164" t="s">
-        <v>346</v>
+        <v>77</v>
       </c>
       <c r="G164" t="s">
-        <v>347</v>
+        <v>57</v>
       </c>
       <c r="H164" t="s">
         <v>27</v>
       </c>
       <c r="I164" s="2">
-        <v>45938</v>
+        <v>45936</v>
       </c>
       <c r="J164" s="2">
-        <v>47362</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46599</v>
+      </c>
+    </row>
+    <row r="165" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A165" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="B165" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="C165" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="D165" t="s">
         <v>31</v>
       </c>
       <c r="E165" t="s">
         <v>26</v>
       </c>
       <c r="F165" t="s">
         <v>77</v>
       </c>
       <c r="G165" t="s">
         <v>57</v>
       </c>
       <c r="H165" t="s">
         <v>27</v>
       </c>
       <c r="I165" s="2">
         <v>45936</v>
       </c>
       <c r="J165" s="2">
-        <v>46599</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46174</v>
+      </c>
+    </row>
+    <row r="166" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A166" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="B166" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="C166" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="D166" t="s">
         <v>31</v>
       </c>
       <c r="E166" t="s">
         <v>26</v>
       </c>
       <c r="F166" t="s">
-        <v>77</v>
+        <v>137</v>
       </c>
       <c r="G166" t="s">
-        <v>57</v>
+        <v>95</v>
       </c>
       <c r="H166" t="s">
         <v>27</v>
       </c>
       <c r="I166" s="2">
-        <v>45936</v>
+        <v>45944</v>
       </c>
       <c r="J166" s="2">
-        <v>46174</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47299</v>
+      </c>
+    </row>
+    <row r="167" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A167" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="B167" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="C167" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="D167" t="s">
         <v>31</v>
       </c>
       <c r="E167" t="s">
         <v>26</v>
       </c>
       <c r="F167" t="s">
         <v>137</v>
       </c>
       <c r="G167" t="s">
         <v>95</v>
       </c>
       <c r="H167" t="s">
         <v>27</v>
       </c>
       <c r="I167" s="2">
         <v>45944</v>
       </c>
       <c r="J167" s="2">
-        <v>47299</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46934</v>
+      </c>
+    </row>
+    <row r="168" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A168" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="B168" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="C168" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="D168" t="s">
         <v>31</v>
       </c>
       <c r="E168" t="s">
         <v>26</v>
       </c>
       <c r="F168" t="s">
         <v>137</v>
       </c>
       <c r="G168" t="s">
         <v>95</v>
       </c>
       <c r="H168" t="s">
         <v>27</v>
       </c>
       <c r="I168" s="2">
         <v>45944</v>
       </c>
       <c r="J168" s="2">
-        <v>46934</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="169" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A169" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="B169" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="C169" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="D169" t="s">
         <v>31</v>
       </c>
       <c r="E169" t="s">
         <v>26</v>
       </c>
       <c r="F169" t="s">
-        <v>137</v>
+        <v>642</v>
       </c>
       <c r="G169" t="s">
-        <v>95</v>
+        <v>643</v>
       </c>
       <c r="H169" t="s">
         <v>27</v>
       </c>
       <c r="I169" s="2">
         <v>45944</v>
       </c>
       <c r="J169" s="2">
+        <v>46660</v>
+      </c>
+    </row>
+    <row r="170" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A170" t="s">
+        <v>644</v>
+      </c>
+      <c r="B170" t="s">
+        <v>645</v>
+      </c>
+      <c r="C170" t="s">
+        <v>646</v>
+      </c>
+      <c r="D170" t="s">
+        <v>31</v>
+      </c>
+      <c r="E170" t="s">
+        <v>26</v>
+      </c>
+      <c r="F170" t="s">
+        <v>229</v>
+      </c>
+      <c r="G170" t="s">
+        <v>230</v>
+      </c>
+      <c r="H170" t="s">
+        <v>27</v>
+      </c>
+      <c r="I170" s="2">
+        <v>45939</v>
+      </c>
+      <c r="J170" s="2">
+        <v>46752</v>
+      </c>
+    </row>
+    <row r="171" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A171" t="s">
+        <v>647</v>
+      </c>
+      <c r="B171" t="s">
+        <v>648</v>
+      </c>
+      <c r="C171" t="s">
+        <v>649</v>
+      </c>
+      <c r="D171" t="s">
+        <v>31</v>
+      </c>
+      <c r="E171" t="s">
+        <v>26</v>
+      </c>
+      <c r="F171" t="s">
+        <v>342</v>
+      </c>
+      <c r="G171" t="s">
+        <v>343</v>
+      </c>
+      <c r="H171" t="s">
+        <v>27</v>
+      </c>
+      <c r="I171" s="2">
+        <v>45940</v>
+      </c>
+      <c r="J171" s="2">
+        <v>47543</v>
+      </c>
+    </row>
+    <row r="172" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A172" t="s">
+        <v>650</v>
+      </c>
+      <c r="B172" t="s">
+        <v>651</v>
+      </c>
+      <c r="C172" t="s">
+        <v>652</v>
+      </c>
+      <c r="D172" t="s">
+        <v>31</v>
+      </c>
+      <c r="E172" t="s">
+        <v>26</v>
+      </c>
+      <c r="F172" t="s">
+        <v>653</v>
+      </c>
+      <c r="G172" t="s">
+        <v>562</v>
+      </c>
+      <c r="H172" t="s">
+        <v>27</v>
+      </c>
+      <c r="I172" s="2">
+        <v>45951</v>
+      </c>
+      <c r="J172" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="173" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A173" t="s">
+        <v>654</v>
+      </c>
+      <c r="B173" t="s">
+        <v>655</v>
+      </c>
+      <c r="C173" t="s">
+        <v>656</v>
+      </c>
+      <c r="D173" t="s">
+        <v>31</v>
+      </c>
+      <c r="E173" t="s">
+        <v>26</v>
+      </c>
+      <c r="F173" t="s">
+        <v>144</v>
+      </c>
+      <c r="G173" t="s">
+        <v>95</v>
+      </c>
+      <c r="H173" t="s">
+        <v>27</v>
+      </c>
+      <c r="I173" s="2">
+        <v>45947</v>
+      </c>
+      <c r="J173" s="2">
         <v>46203</v>
       </c>
     </row>
-    <row r="170" spans="1:10" x14ac:dyDescent="0.3">
-[...127 lines deleted...]
-    <row r="174" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="174" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A174" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="B174" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="C174" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="D174" t="s">
         <v>31</v>
       </c>
       <c r="E174" t="s">
         <v>26</v>
       </c>
       <c r="F174" t="s">
-        <v>144</v>
+        <v>26</v>
       </c>
       <c r="G174" t="s">
-        <v>95</v>
+        <v>26</v>
       </c>
       <c r="H174" t="s">
         <v>27</v>
       </c>
       <c r="I174" s="2">
         <v>45947</v>
       </c>
       <c r="J174" s="2">
-        <v>46203</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46568</v>
+      </c>
+    </row>
+    <row r="175" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A175" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="B175" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="C175" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="D175" t="s">
         <v>31</v>
       </c>
       <c r="E175" t="s">
         <v>26</v>
       </c>
       <c r="F175" t="s">
-        <v>26</v>
+        <v>137</v>
       </c>
       <c r="G175" t="s">
-        <v>26</v>
+        <v>95</v>
       </c>
       <c r="H175" t="s">
         <v>27</v>
       </c>
       <c r="I175" s="2">
         <v>45947</v>
       </c>
       <c r="J175" s="2">
-        <v>46568</v>
-[...2 lines deleted...]
-    <row r="176" spans="1:10" x14ac:dyDescent="0.3">
+        <v>48029</v>
+      </c>
+    </row>
+    <row r="176" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A176" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="B176" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="C176" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="D176" t="s">
         <v>31</v>
       </c>
       <c r="E176" t="s">
         <v>26</v>
       </c>
       <c r="F176" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
       <c r="G176" t="s">
         <v>95</v>
       </c>
       <c r="H176" t="s">
         <v>27</v>
       </c>
       <c r="I176" s="2">
         <v>45947</v>
       </c>
       <c r="J176" s="2">
-        <v>48029</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47299</v>
+      </c>
+    </row>
+    <row r="177" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A177" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="B177" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="C177" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="D177" t="s">
         <v>31</v>
       </c>
       <c r="E177" t="s">
         <v>26</v>
       </c>
       <c r="F177" t="s">
         <v>144</v>
       </c>
       <c r="G177" t="s">
         <v>95</v>
       </c>
       <c r="H177" t="s">
         <v>27</v>
       </c>
       <c r="I177" s="2">
         <v>45947</v>
       </c>
       <c r="J177" s="2">
-        <v>47299</v>
-[...2 lines deleted...]
-    <row r="178" spans="1:10" x14ac:dyDescent="0.3">
+        <v>48029</v>
+      </c>
+    </row>
+    <row r="178" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A178" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="B178" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="C178" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="D178" t="s">
         <v>31</v>
       </c>
       <c r="E178" t="s">
         <v>26</v>
       </c>
       <c r="F178" t="s">
-        <v>144</v>
+        <v>672</v>
       </c>
       <c r="G178" t="s">
+        <v>673</v>
+      </c>
+      <c r="H178" t="s">
+        <v>27</v>
+      </c>
+      <c r="I178" s="2">
+        <v>45948</v>
+      </c>
+      <c r="J178" s="2">
+        <v>47314</v>
+      </c>
+    </row>
+    <row r="179" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A179" t="s">
+        <v>674</v>
+      </c>
+      <c r="B179" t="s">
+        <v>675</v>
+      </c>
+      <c r="C179" t="s">
+        <v>676</v>
+      </c>
+      <c r="D179" t="s">
+        <v>31</v>
+      </c>
+      <c r="E179" t="s">
+        <v>26</v>
+      </c>
+      <c r="F179" t="s">
+        <v>137</v>
+      </c>
+      <c r="G179" t="s">
         <v>95</v>
-      </c>
-[...30 lines deleted...]
-        <v>675</v>
       </c>
       <c r="H179" t="s">
         <v>27</v>
       </c>
       <c r="I179" s="2">
         <v>45948</v>
       </c>
       <c r="J179" s="2">
         <v>47314</v>
       </c>
     </row>
-    <row r="180" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="180" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A180" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="B180" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="C180" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="D180" t="s">
         <v>31</v>
       </c>
       <c r="E180" t="s">
         <v>26</v>
       </c>
       <c r="F180" t="s">
-        <v>137</v>
+        <v>680</v>
       </c>
       <c r="G180" t="s">
         <v>95</v>
       </c>
       <c r="H180" t="s">
         <v>27</v>
       </c>
       <c r="I180" s="2">
         <v>45948</v>
       </c>
       <c r="J180" s="2">
-        <v>47314</v>
-[...2 lines deleted...]
-    <row r="181" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47679</v>
+      </c>
+    </row>
+    <row r="181" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A181" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="B181" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="C181" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="D181" t="s">
         <v>31</v>
       </c>
       <c r="E181" t="s">
         <v>26</v>
       </c>
       <c r="F181" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="G181" t="s">
-        <v>95</v>
+        <v>685</v>
       </c>
       <c r="H181" t="s">
         <v>27</v>
       </c>
       <c r="I181" s="2">
         <v>45948</v>
       </c>
       <c r="J181" s="2">
-        <v>47679</v>
-[...2 lines deleted...]
-    <row r="182" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47314</v>
+      </c>
+    </row>
+    <row r="182" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A182" t="s">
-        <v>683</v>
+        <v>686</v>
       </c>
       <c r="B182" t="s">
-        <v>684</v>
+        <v>687</v>
       </c>
       <c r="C182" t="s">
-        <v>685</v>
+        <v>688</v>
       </c>
       <c r="D182" t="s">
         <v>31</v>
       </c>
       <c r="E182" t="s">
         <v>26</v>
       </c>
       <c r="F182" t="s">
-        <v>686</v>
+        <v>689</v>
       </c>
       <c r="G182" t="s">
-        <v>687</v>
+        <v>690</v>
       </c>
       <c r="H182" t="s">
         <v>27</v>
       </c>
       <c r="I182" s="2">
         <v>45948</v>
       </c>
       <c r="J182" s="2">
-        <v>47314</v>
-[...2 lines deleted...]
-    <row r="183" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46949</v>
+      </c>
+    </row>
+    <row r="183" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A183" t="s">
-        <v>688</v>
+        <v>691</v>
       </c>
       <c r="B183" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="C183" t="s">
-        <v>690</v>
+        <v>693</v>
       </c>
       <c r="D183" t="s">
         <v>31</v>
       </c>
       <c r="E183" t="s">
         <v>26</v>
       </c>
       <c r="F183" t="s">
-        <v>691</v>
+        <v>26</v>
       </c>
       <c r="G183" t="s">
-        <v>692</v>
+        <v>26</v>
       </c>
       <c r="H183" t="s">
         <v>27</v>
       </c>
       <c r="I183" s="2">
         <v>45948</v>
       </c>
       <c r="J183" s="2">
-        <v>46949</v>
-[...2 lines deleted...]
-    <row r="184" spans="1:10" x14ac:dyDescent="0.3">
+        <v>48410</v>
+      </c>
+    </row>
+    <row r="184" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A184" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="B184" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="C184" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="D184" t="s">
         <v>31</v>
       </c>
       <c r="E184" t="s">
         <v>26</v>
       </c>
       <c r="F184" t="s">
-        <v>26</v>
+        <v>137</v>
       </c>
       <c r="G184" t="s">
-        <v>26</v>
+        <v>95</v>
       </c>
       <c r="H184" t="s">
         <v>27</v>
       </c>
       <c r="I184" s="2">
         <v>45948</v>
       </c>
       <c r="J184" s="2">
-        <v>48410</v>
-[...2 lines deleted...]
-    <row r="185" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46583</v>
+      </c>
+    </row>
+    <row r="185" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A185" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="B185" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="C185" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="D185" t="s">
         <v>31</v>
       </c>
       <c r="E185" t="s">
         <v>26</v>
       </c>
       <c r="F185" t="s">
-        <v>137</v>
+        <v>297</v>
       </c>
       <c r="G185" t="s">
-        <v>95</v>
+        <v>298</v>
       </c>
       <c r="H185" t="s">
         <v>27</v>
       </c>
       <c r="I185" s="2">
-        <v>45948</v>
+        <v>45952</v>
       </c>
       <c r="J185" s="2">
-        <v>46583</v>
-[...2 lines deleted...]
-    <row r="186" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46753</v>
+      </c>
+    </row>
+    <row r="186" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A186" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="B186" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="C186" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="D186" t="s">
         <v>31</v>
       </c>
       <c r="E186" t="s">
         <v>26</v>
       </c>
       <c r="F186" t="s">
-        <v>301</v>
+        <v>703</v>
       </c>
       <c r="G186" t="s">
-        <v>302</v>
+        <v>704</v>
       </c>
       <c r="H186" t="s">
         <v>27</v>
       </c>
       <c r="I186" s="2">
         <v>45952</v>
       </c>
       <c r="J186" s="2">
-        <v>46753</v>
-[...2 lines deleted...]
-    <row r="187" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46661</v>
+      </c>
+    </row>
+    <row r="187" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A187" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
       <c r="B187" t="s">
+        <v>706</v>
+      </c>
+      <c r="C187" t="s">
+        <v>707</v>
+      </c>
+      <c r="D187" t="s">
+        <v>31</v>
+      </c>
+      <c r="E187" t="s">
+        <v>26</v>
+      </c>
+      <c r="F187" t="s">
         <v>703</v>
       </c>
-      <c r="C187" t="s">
+      <c r="G187" t="s">
         <v>704</v>
-      </c>
-[...10 lines deleted...]
-        <v>706</v>
       </c>
       <c r="H187" t="s">
         <v>27</v>
       </c>
       <c r="I187" s="2">
         <v>45952</v>
       </c>
       <c r="J187" s="2">
-        <v>46661</v>
-[...2 lines deleted...]
-    <row r="188" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46753</v>
+      </c>
+    </row>
+    <row r="188" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A188" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="B188" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="C188" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="D188" t="s">
         <v>31</v>
       </c>
       <c r="E188" t="s">
         <v>26</v>
       </c>
       <c r="F188" t="s">
-        <v>705</v>
+        <v>479</v>
       </c>
       <c r="G188" t="s">
-        <v>706</v>
+        <v>480</v>
       </c>
       <c r="H188" t="s">
         <v>27</v>
       </c>
       <c r="I188" s="2">
-        <v>45952</v>
+        <v>45950</v>
       </c>
       <c r="J188" s="2">
-        <v>46753</v>
-[...2 lines deleted...]
-    <row r="189" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="189" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A189" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="B189" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="C189" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="D189" t="s">
         <v>31</v>
       </c>
       <c r="E189" t="s">
         <v>26</v>
       </c>
       <c r="F189" t="s">
-        <v>482</v>
+        <v>94</v>
       </c>
       <c r="G189" t="s">
-        <v>483</v>
+        <v>95</v>
       </c>
       <c r="H189" t="s">
         <v>27</v>
       </c>
       <c r="I189" s="2">
-        <v>45950</v>
+        <v>45946</v>
       </c>
       <c r="J189" s="2">
-        <v>46203</v>
-[...2 lines deleted...]
-    <row r="190" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47392</v>
+      </c>
+    </row>
+    <row r="190" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A190" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="B190" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="C190" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="D190" t="s">
         <v>31</v>
       </c>
       <c r="E190" t="s">
         <v>26</v>
       </c>
       <c r="F190" t="s">
-        <v>94</v>
+        <v>717</v>
       </c>
       <c r="G190" t="s">
-        <v>95</v>
+        <v>718</v>
       </c>
       <c r="H190" t="s">
         <v>27</v>
       </c>
       <c r="I190" s="2">
         <v>45946</v>
       </c>
       <c r="J190" s="2">
-        <v>47392</v>
-[...2 lines deleted...]
-    <row r="191" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47027</v>
+      </c>
+    </row>
+    <row r="191" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A191" t="s">
-        <v>716</v>
+        <v>719</v>
       </c>
       <c r="B191" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
       <c r="C191" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
       <c r="D191" t="s">
         <v>31</v>
       </c>
       <c r="E191" t="s">
         <v>26</v>
       </c>
       <c r="F191" t="s">
-        <v>719</v>
+        <v>137</v>
       </c>
       <c r="G191" t="s">
-        <v>720</v>
+        <v>95</v>
       </c>
       <c r="H191" t="s">
         <v>27</v>
       </c>
       <c r="I191" s="2">
         <v>45946</v>
       </c>
       <c r="J191" s="2">
         <v>47027</v>
       </c>
     </row>
-    <row r="192" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="192" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A192" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="B192" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="C192" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="D192" t="s">
         <v>31</v>
       </c>
       <c r="E192" t="s">
         <v>26</v>
       </c>
       <c r="F192" t="s">
-        <v>137</v>
+        <v>94</v>
       </c>
       <c r="G192" t="s">
         <v>95</v>
       </c>
       <c r="H192" t="s">
         <v>27</v>
       </c>
       <c r="I192" s="2">
         <v>45946</v>
       </c>
       <c r="J192" s="2">
-        <v>47027</v>
-[...2 lines deleted...]
-    <row r="193" spans="1:10" x14ac:dyDescent="0.3">
+        <v>48122</v>
+      </c>
+    </row>
+    <row r="193" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A193" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="B193" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="C193" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="D193" t="s">
         <v>31</v>
       </c>
       <c r="E193" t="s">
         <v>26</v>
       </c>
       <c r="F193" t="s">
         <v>94</v>
       </c>
       <c r="G193" t="s">
         <v>95</v>
       </c>
       <c r="H193" t="s">
         <v>27</v>
       </c>
       <c r="I193" s="2">
         <v>45946</v>
       </c>
       <c r="J193" s="2">
-        <v>48122</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47757</v>
+      </c>
+    </row>
+    <row r="194" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A194" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="B194" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="C194" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="D194" t="s">
         <v>31</v>
       </c>
       <c r="E194" t="s">
         <v>26</v>
       </c>
       <c r="F194" t="s">
-        <v>94</v>
+        <v>137</v>
       </c>
       <c r="G194" t="s">
         <v>95</v>
       </c>
       <c r="H194" t="s">
         <v>27</v>
       </c>
       <c r="I194" s="2">
-        <v>45946</v>
+        <v>45948</v>
       </c>
       <c r="J194" s="2">
-        <v>47757</v>
-[...2 lines deleted...]
-    <row r="195" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46949</v>
+      </c>
+    </row>
+    <row r="195" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A195" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="B195" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="C195" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="D195" t="s">
         <v>31</v>
       </c>
       <c r="E195" t="s">
         <v>26</v>
       </c>
       <c r="F195" t="s">
-        <v>137</v>
+        <v>680</v>
       </c>
       <c r="G195" t="s">
         <v>95</v>
       </c>
       <c r="H195" t="s">
         <v>27</v>
       </c>
       <c r="I195" s="2">
         <v>45948</v>
       </c>
       <c r="J195" s="2">
-        <v>46949</v>
-[...2 lines deleted...]
-    <row r="196" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47679</v>
+      </c>
+    </row>
+    <row r="196" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A196" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="B196" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="C196" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="D196" t="s">
         <v>31</v>
       </c>
       <c r="E196" t="s">
         <v>26</v>
       </c>
       <c r="F196" t="s">
-        <v>682</v>
+        <v>737</v>
       </c>
       <c r="G196" t="s">
         <v>95</v>
       </c>
       <c r="H196" t="s">
         <v>27</v>
       </c>
       <c r="I196" s="2">
         <v>45948</v>
       </c>
       <c r="J196" s="2">
         <v>47679</v>
       </c>
     </row>
-    <row r="197" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="197" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A197" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="B197" t="s">
+        <v>739</v>
+      </c>
+      <c r="C197" t="s">
+        <v>740</v>
+      </c>
+      <c r="D197" t="s">
+        <v>31</v>
+      </c>
+      <c r="E197" t="s">
+        <v>26</v>
+      </c>
+      <c r="F197" t="s">
         <v>737</v>
-      </c>
-[...10 lines deleted...]
-        <v>739</v>
       </c>
       <c r="G197" t="s">
         <v>95</v>
       </c>
       <c r="H197" t="s">
         <v>27</v>
       </c>
       <c r="I197" s="2">
         <v>45948</v>
       </c>
       <c r="J197" s="2">
-        <v>47679</v>
-[...2 lines deleted...]
-    <row r="198" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47314</v>
+      </c>
+    </row>
+    <row r="198" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A198" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="B198" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="C198" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="D198" t="s">
         <v>31</v>
       </c>
       <c r="E198" t="s">
         <v>26</v>
       </c>
       <c r="F198" t="s">
-        <v>739</v>
+        <v>170</v>
       </c>
       <c r="G198" t="s">
-        <v>95</v>
+        <v>171</v>
       </c>
       <c r="H198" t="s">
         <v>27</v>
       </c>
       <c r="I198" s="2">
-        <v>45948</v>
+        <v>45957</v>
       </c>
       <c r="J198" s="2">
-        <v>47314</v>
-[...2 lines deleted...]
-    <row r="199" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47118</v>
+      </c>
+    </row>
+    <row r="199" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A199" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="B199" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="C199" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="D199" t="s">
         <v>31</v>
       </c>
       <c r="E199" t="s">
         <v>26</v>
       </c>
       <c r="F199" t="s">
-        <v>175</v>
+        <v>221</v>
       </c>
       <c r="G199" t="s">
-        <v>176</v>
+        <v>222</v>
       </c>
       <c r="H199" t="s">
         <v>27</v>
       </c>
       <c r="I199" s="2">
         <v>45957</v>
       </c>
       <c r="J199" s="2">
         <v>47118</v>
       </c>
     </row>
-    <row r="200" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="200" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A200" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="B200" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="C200" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="D200" t="s">
         <v>31</v>
       </c>
       <c r="E200" t="s">
         <v>26</v>
       </c>
       <c r="F200" t="s">
-        <v>225</v>
+        <v>26</v>
       </c>
       <c r="G200" t="s">
-        <v>226</v>
+        <v>26</v>
       </c>
       <c r="H200" t="s">
         <v>27</v>
       </c>
       <c r="I200" s="2">
-        <v>45957</v>
-[...5 lines deleted...]
-    <row r="201" spans="1:10" x14ac:dyDescent="0.3">
+        <v>45962</v>
+      </c>
+      <c r="J200" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="201" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A201" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="B201" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="C201" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="D201" t="s">
         <v>31</v>
       </c>
       <c r="E201" t="s">
         <v>26</v>
       </c>
       <c r="F201" t="s">
         <v>26</v>
       </c>
       <c r="G201" t="s">
         <v>26</v>
       </c>
       <c r="H201" t="s">
         <v>27</v>
       </c>
       <c r="I201" s="2">
-        <v>45962</v>
-[...5 lines deleted...]
-    <row r="202" spans="1:10" x14ac:dyDescent="0.3">
+        <v>45961</v>
+      </c>
+      <c r="J201" s="2">
+        <v>46568</v>
+      </c>
+    </row>
+    <row r="202" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A202" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="B202" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="C202" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="D202" t="s">
         <v>31</v>
       </c>
       <c r="E202" t="s">
         <v>26</v>
       </c>
       <c r="F202" t="s">
-        <v>26</v>
+        <v>756</v>
       </c>
       <c r="G202" t="s">
-        <v>26</v>
+        <v>757</v>
       </c>
       <c r="H202" t="s">
         <v>27</v>
       </c>
       <c r="I202" s="2">
-        <v>45961</v>
+        <v>45960</v>
       </c>
       <c r="J202" s="2">
-        <v>46568</v>
-[...2 lines deleted...]
-    <row r="203" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46387</v>
+      </c>
+    </row>
+    <row r="203" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A203" t="s">
-        <v>755</v>
+        <v>758</v>
       </c>
       <c r="B203" t="s">
-        <v>756</v>
+        <v>759</v>
       </c>
       <c r="C203" t="s">
-        <v>757</v>
+        <v>760</v>
       </c>
       <c r="D203" t="s">
         <v>31</v>
       </c>
       <c r="E203" t="s">
         <v>26</v>
       </c>
       <c r="F203" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
       <c r="G203" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
       <c r="H203" t="s">
         <v>27</v>
       </c>
       <c r="I203" s="2">
-        <v>45960</v>
+        <v>45958</v>
       </c>
       <c r="J203" s="2">
-        <v>46387</v>
-[...2 lines deleted...]
-    <row r="204" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47422</v>
+      </c>
+    </row>
+    <row r="204" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A204" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="B204" t="s">
-        <v>761</v>
+        <v>764</v>
       </c>
       <c r="C204" t="s">
-        <v>762</v>
+        <v>765</v>
       </c>
       <c r="D204" t="s">
         <v>31</v>
       </c>
       <c r="E204" t="s">
         <v>26</v>
       </c>
       <c r="F204" t="s">
-        <v>763</v>
+        <v>766</v>
       </c>
       <c r="G204" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="H204" t="s">
         <v>27</v>
       </c>
       <c r="I204" s="2">
         <v>45958</v>
       </c>
       <c r="J204" s="2">
-        <v>47422</v>
-[...2 lines deleted...]
-    <row r="205" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46419</v>
+      </c>
+    </row>
+    <row r="205" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A205" t="s">
-        <v>765</v>
+        <v>768</v>
       </c>
       <c r="B205" t="s">
-        <v>766</v>
+        <v>769</v>
       </c>
       <c r="C205" t="s">
-        <v>767</v>
+        <v>770</v>
       </c>
       <c r="D205" t="s">
         <v>31</v>
       </c>
       <c r="E205" t="s">
         <v>26</v>
       </c>
       <c r="F205" t="s">
-        <v>768</v>
+        <v>26</v>
       </c>
       <c r="G205" t="s">
-        <v>769</v>
+        <v>26</v>
       </c>
       <c r="H205" t="s">
         <v>27</v>
       </c>
       <c r="I205" s="2">
-        <v>45958</v>
+        <v>45961</v>
       </c>
       <c r="J205" s="2">
-        <v>46419</v>
-[...2 lines deleted...]
-    <row r="206" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47484</v>
+      </c>
+    </row>
+    <row r="206" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A206" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="B206" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="C206" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="D206" t="s">
         <v>31</v>
       </c>
       <c r="E206" t="s">
         <v>26</v>
       </c>
       <c r="F206" t="s">
-        <v>26</v>
+        <v>717</v>
       </c>
       <c r="G206" t="s">
-        <v>26</v>
+        <v>718</v>
       </c>
       <c r="H206" t="s">
         <v>27</v>
       </c>
       <c r="I206" s="2">
-        <v>45961</v>
+        <v>45967</v>
       </c>
       <c r="J206" s="2">
-        <v>47484</v>
-[...2 lines deleted...]
-    <row r="207" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47483</v>
+      </c>
+    </row>
+    <row r="207" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A207" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="B207" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="C207" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="D207" t="s">
         <v>31</v>
       </c>
       <c r="E207" t="s">
         <v>26</v>
       </c>
       <c r="F207" t="s">
-        <v>719</v>
+        <v>26</v>
       </c>
       <c r="G207" t="s">
-        <v>720</v>
+        <v>26</v>
       </c>
       <c r="H207" t="s">
         <v>27</v>
       </c>
       <c r="I207" s="2">
         <v>45967</v>
       </c>
       <c r="J207" s="2">
         <v>47483</v>
       </c>
     </row>
-    <row r="208" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="208" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A208" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="B208" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="C208" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="D208" t="s">
         <v>31</v>
       </c>
       <c r="E208" t="s">
         <v>26</v>
       </c>
       <c r="F208" t="s">
-        <v>26</v>
+        <v>137</v>
       </c>
       <c r="G208" t="s">
-        <v>26</v>
+        <v>95</v>
       </c>
       <c r="H208" t="s">
         <v>27</v>
       </c>
       <c r="I208" s="2">
         <v>45967</v>
       </c>
       <c r="J208" s="2">
-        <v>47483</v>
-[...2 lines deleted...]
-    <row r="209" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46752</v>
+      </c>
+    </row>
+    <row r="209" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A209" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="B209" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="C209" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="D209" t="s">
         <v>31</v>
       </c>
       <c r="E209" t="s">
         <v>26</v>
       </c>
       <c r="F209" t="s">
         <v>137</v>
       </c>
       <c r="G209" t="s">
         <v>95</v>
       </c>
       <c r="H209" t="s">
         <v>27</v>
       </c>
       <c r="I209" s="2">
         <v>45967</v>
       </c>
       <c r="J209" s="2">
-        <v>46752</v>
-[...2 lines deleted...]
-    <row r="210" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47848</v>
+      </c>
+    </row>
+    <row r="210" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A210" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="B210" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="C210" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="D210" t="s">
         <v>31</v>
       </c>
       <c r="E210" t="s">
         <v>26</v>
       </c>
       <c r="F210" t="s">
         <v>137</v>
       </c>
       <c r="G210" t="s">
         <v>95</v>
       </c>
       <c r="H210" t="s">
         <v>27</v>
       </c>
       <c r="I210" s="2">
         <v>45967</v>
       </c>
       <c r="J210" s="2">
-        <v>47848</v>
-[...2 lines deleted...]
-    <row r="211" spans="1:10" x14ac:dyDescent="0.3">
+        <v>48213</v>
+      </c>
+    </row>
+    <row r="211" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A211" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="B211" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="C211" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="D211" t="s">
         <v>31</v>
       </c>
       <c r="E211" t="s">
         <v>26</v>
       </c>
       <c r="F211" t="s">
-        <v>137</v>
+        <v>531</v>
       </c>
       <c r="G211" t="s">
+        <v>532</v>
+      </c>
+      <c r="H211" t="s">
+        <v>27</v>
+      </c>
+      <c r="I211" s="2">
+        <v>45952</v>
+      </c>
+      <c r="J211" s="2">
+        <v>46653</v>
+      </c>
+    </row>
+    <row r="212" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A212" t="s">
+        <v>789</v>
+      </c>
+      <c r="B212" t="s">
+        <v>790</v>
+      </c>
+      <c r="C212" t="s">
+        <v>791</v>
+      </c>
+      <c r="D212" t="s">
+        <v>792</v>
+      </c>
+      <c r="E212" t="s">
+        <v>26</v>
+      </c>
+      <c r="F212" t="s">
+        <v>121</v>
+      </c>
+      <c r="G212" t="s">
         <v>95</v>
       </c>
-      <c r="H211" t="s">
-[...2 lines deleted...]
-      <c r="I211" s="2">
+      <c r="H212" t="s">
+        <v>27</v>
+      </c>
+      <c r="I212" s="2">
         <v>45967</v>
       </c>
-      <c r="J211" s="2">
-[...30 lines deleted...]
-      </c>
       <c r="J212" s="2">
-        <v>46653</v>
-[...2 lines deleted...]
-    <row r="213" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46752</v>
+      </c>
+    </row>
+    <row r="213" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A213" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="B213" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="C213" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="D213" t="s">
-        <v>794</v>
+        <v>31</v>
       </c>
       <c r="E213" t="s">
         <v>26</v>
       </c>
       <c r="F213" t="s">
-        <v>121</v>
+        <v>796</v>
       </c>
       <c r="G213" t="s">
-        <v>95</v>
+        <v>581</v>
       </c>
       <c r="H213" t="s">
-        <v>27</v>
+        <v>130</v>
       </c>
       <c r="I213" s="2">
-        <v>45967</v>
+        <v>45973</v>
       </c>
       <c r="J213" s="2">
-        <v>46752</v>
-[...2 lines deleted...]
-    <row r="214" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46022</v>
+      </c>
+    </row>
+    <row r="214" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A214" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="B214" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="C214" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="D214" t="s">
-        <v>31</v>
+        <v>800</v>
       </c>
       <c r="E214" t="s">
         <v>26</v>
       </c>
       <c r="F214" t="s">
-        <v>798</v>
+        <v>26</v>
       </c>
       <c r="G214" t="s">
-        <v>157</v>
+        <v>26</v>
       </c>
       <c r="H214" t="s">
+        <v>27</v>
+      </c>
+      <c r="I214" s="2">
+        <v>45962</v>
+      </c>
+      <c r="J214" s="2">
+        <v>46326</v>
+      </c>
+    </row>
+    <row r="215" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A215" t="s">
+        <v>801</v>
+      </c>
+      <c r="B215" t="s">
+        <v>802</v>
+      </c>
+      <c r="C215" t="s">
+        <v>803</v>
+      </c>
+      <c r="D215" t="s">
+        <v>31</v>
+      </c>
+      <c r="E215" t="s">
+        <v>26</v>
+      </c>
+      <c r="F215" t="s">
+        <v>26</v>
+      </c>
+      <c r="G215" t="s">
+        <v>26</v>
+      </c>
+      <c r="H215" t="s">
+        <v>27</v>
+      </c>
+      <c r="I215" s="2">
+        <v>45968</v>
+      </c>
+      <c r="J215" s="2">
+        <v>47362</v>
+      </c>
+    </row>
+    <row r="216" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A216" t="s">
+        <v>804</v>
+      </c>
+      <c r="B216" t="s">
+        <v>805</v>
+      </c>
+      <c r="C216" t="s">
+        <v>806</v>
+      </c>
+      <c r="D216" t="s">
+        <v>31</v>
+      </c>
+      <c r="E216" t="s">
+        <v>26</v>
+      </c>
+      <c r="F216" t="s">
+        <v>26</v>
+      </c>
+      <c r="G216" t="s">
+        <v>26</v>
+      </c>
+      <c r="H216" t="s">
         <v>130</v>
-      </c>
-[...62 lines deleted...]
-        <v>27</v>
       </c>
       <c r="I216" s="2">
         <v>45968</v>
       </c>
       <c r="J216" s="2">
-        <v>47362</v>
-[...2 lines deleted...]
-    <row r="217" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46046</v>
+      </c>
+    </row>
+    <row r="217" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A217" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="B217" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="C217" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="D217" t="s">
         <v>31</v>
       </c>
       <c r="E217" t="s">
         <v>26</v>
       </c>
       <c r="F217" t="s">
-        <v>26</v>
+        <v>342</v>
       </c>
       <c r="G217" t="s">
-        <v>26</v>
+        <v>343</v>
       </c>
       <c r="H217" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="I217" s="2">
         <v>45968</v>
       </c>
       <c r="J217" s="2">
-        <v>46046</v>
-[...2 lines deleted...]
-    <row r="218" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47348</v>
+      </c>
+    </row>
+    <row r="218" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A218" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="B218" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="C218" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="D218" t="s">
         <v>31</v>
       </c>
       <c r="E218" t="s">
         <v>26</v>
       </c>
       <c r="F218" t="s">
-        <v>346</v>
+        <v>26</v>
       </c>
       <c r="G218" t="s">
-        <v>347</v>
+        <v>26</v>
       </c>
       <c r="H218" t="s">
         <v>27</v>
       </c>
       <c r="I218" s="2">
+        <v>45979</v>
+      </c>
+      <c r="J218" s="2">
+        <v>47296</v>
+      </c>
+    </row>
+    <row r="219" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A219" t="s">
+        <v>813</v>
+      </c>
+      <c r="B219" t="s">
+        <v>814</v>
+      </c>
+      <c r="C219" t="s">
+        <v>815</v>
+      </c>
+      <c r="D219" t="s">
+        <v>31</v>
+      </c>
+      <c r="E219" t="s">
+        <v>26</v>
+      </c>
+      <c r="F219" t="s">
+        <v>761</v>
+      </c>
+      <c r="G219" t="s">
+        <v>762</v>
+      </c>
+      <c r="H219" t="s">
+        <v>27</v>
+      </c>
+      <c r="I219" s="2">
+        <v>45958</v>
+      </c>
+      <c r="J219" s="2">
+        <v>47422</v>
+      </c>
+    </row>
+    <row r="220" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A220" t="s">
+        <v>816</v>
+      </c>
+      <c r="B220" t="s">
+        <v>817</v>
+      </c>
+      <c r="C220" t="s">
+        <v>818</v>
+      </c>
+      <c r="D220" t="s">
+        <v>31</v>
+      </c>
+      <c r="E220" t="s">
+        <v>26</v>
+      </c>
+      <c r="F220" t="s">
+        <v>137</v>
+      </c>
+      <c r="G220" t="s">
+        <v>95</v>
+      </c>
+      <c r="H220" t="s">
+        <v>27</v>
+      </c>
+      <c r="I220" s="2">
         <v>45968</v>
       </c>
-      <c r="J218" s="2">
-[...62 lines deleted...]
-      </c>
       <c r="J220" s="2">
-        <v>47422</v>
-[...2 lines deleted...]
-    <row r="221" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46721</v>
+      </c>
+    </row>
+    <row r="221" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A221" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="B221" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="C221" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="D221" t="s">
         <v>31</v>
       </c>
       <c r="E221" t="s">
         <v>26</v>
       </c>
       <c r="F221" t="s">
-        <v>137</v>
+        <v>717</v>
       </c>
       <c r="G221" t="s">
         <v>95</v>
       </c>
       <c r="H221" t="s">
         <v>27</v>
       </c>
       <c r="I221" s="2">
         <v>45968</v>
       </c>
       <c r="J221" s="2">
-        <v>46721</v>
-[...2 lines deleted...]
-    <row r="222" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47452</v>
+      </c>
+    </row>
+    <row r="222" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A222" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="B222" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="C222" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="D222" t="s">
         <v>31</v>
       </c>
       <c r="E222" t="s">
         <v>26</v>
       </c>
       <c r="F222" t="s">
-        <v>719</v>
+        <v>137</v>
       </c>
       <c r="G222" t="s">
         <v>95</v>
       </c>
       <c r="H222" t="s">
         <v>27</v>
       </c>
       <c r="I222" s="2">
         <v>45968</v>
       </c>
       <c r="J222" s="2">
-        <v>47452</v>
-[...2 lines deleted...]
-    <row r="223" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46721</v>
+      </c>
+    </row>
+    <row r="223" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A223" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="B223" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="C223" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="D223" t="s">
         <v>31</v>
       </c>
       <c r="E223" t="s">
         <v>26</v>
       </c>
       <c r="F223" t="s">
-        <v>137</v>
+        <v>672</v>
       </c>
       <c r="G223" t="s">
-        <v>95</v>
+        <v>673</v>
       </c>
       <c r="H223" t="s">
         <v>27</v>
       </c>
       <c r="I223" s="2">
         <v>45968</v>
       </c>
       <c r="J223" s="2">
         <v>46721</v>
       </c>
     </row>
-    <row r="224" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="224" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A224" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="B224" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="C224" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="D224" t="s">
         <v>31</v>
       </c>
       <c r="E224" t="s">
         <v>26</v>
       </c>
       <c r="F224" t="s">
-        <v>674</v>
+        <v>137</v>
       </c>
       <c r="G224" t="s">
-        <v>675</v>
+        <v>95</v>
       </c>
       <c r="H224" t="s">
         <v>27</v>
       </c>
       <c r="I224" s="2">
         <v>45968</v>
       </c>
       <c r="J224" s="2">
-        <v>46721</v>
-[...2 lines deleted...]
-    <row r="225" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47817</v>
+      </c>
+    </row>
+    <row r="225" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A225" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="B225" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="C225" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="D225" t="s">
         <v>31</v>
       </c>
       <c r="E225" t="s">
         <v>26</v>
       </c>
       <c r="F225" t="s">
-        <v>137</v>
+        <v>834</v>
       </c>
       <c r="G225" t="s">
-        <v>95</v>
+        <v>835</v>
       </c>
       <c r="H225" t="s">
         <v>27</v>
       </c>
       <c r="I225" s="2">
         <v>45968</v>
       </c>
       <c r="J225" s="2">
-        <v>47817</v>
-[...2 lines deleted...]
-    <row r="226" spans="1:10" x14ac:dyDescent="0.3">
+        <v>48182</v>
+      </c>
+    </row>
+    <row r="226" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A226" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="B226" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
       <c r="C226" t="s">
-        <v>835</v>
+        <v>838</v>
       </c>
       <c r="D226" t="s">
         <v>31</v>
       </c>
       <c r="E226" t="s">
         <v>26</v>
       </c>
       <c r="F226" t="s">
-        <v>247</v>
+        <v>839</v>
       </c>
       <c r="G226" t="s">
-        <v>90</v>
+        <v>840</v>
       </c>
       <c r="H226" t="s">
         <v>27</v>
       </c>
       <c r="I226" s="2">
-        <v>45968</v>
+        <v>45946</v>
       </c>
       <c r="J226" s="2">
-        <v>48182</v>
-[...2 lines deleted...]
-    <row r="227" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47727</v>
+      </c>
+    </row>
+    <row r="227" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A227" t="s">
-        <v>836</v>
+        <v>841</v>
       </c>
       <c r="B227" t="s">
-        <v>837</v>
+        <v>842</v>
       </c>
       <c r="C227" t="s">
-        <v>838</v>
+        <v>843</v>
       </c>
       <c r="D227" t="s">
         <v>31</v>
       </c>
       <c r="E227" t="s">
         <v>26</v>
       </c>
       <c r="F227" t="s">
-        <v>839</v>
+        <v>407</v>
       </c>
       <c r="G227" t="s">
-        <v>840</v>
+        <v>408</v>
       </c>
       <c r="H227" t="s">
         <v>27</v>
       </c>
       <c r="I227" s="2">
         <v>45946</v>
       </c>
       <c r="J227" s="2">
-        <v>47727</v>
-[...2 lines deleted...]
-    <row r="228" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46997</v>
+      </c>
+    </row>
+    <row r="228" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A228" t="s">
-        <v>841</v>
+        <v>844</v>
       </c>
       <c r="B228" t="s">
-        <v>842</v>
+        <v>845</v>
       </c>
       <c r="C228" t="s">
-        <v>843</v>
+        <v>846</v>
       </c>
       <c r="D228" t="s">
         <v>31</v>
       </c>
       <c r="E228" t="s">
         <v>26</v>
       </c>
       <c r="F228" t="s">
-        <v>410</v>
+        <v>26</v>
       </c>
       <c r="G228" t="s">
-        <v>411</v>
+        <v>26</v>
       </c>
       <c r="H228" t="s">
         <v>27</v>
       </c>
       <c r="I228" s="2">
-        <v>45946</v>
+        <v>45979</v>
       </c>
       <c r="J228" s="2">
-        <v>46997</v>
-[...2 lines deleted...]
-    <row r="229" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47362</v>
+      </c>
+    </row>
+    <row r="229" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A229" t="s">
-        <v>844</v>
+        <v>847</v>
       </c>
       <c r="B229" t="s">
-        <v>845</v>
+        <v>848</v>
       </c>
       <c r="C229" t="s">
-        <v>846</v>
+        <v>849</v>
       </c>
       <c r="D229" t="s">
         <v>31</v>
       </c>
       <c r="E229" t="s">
         <v>26</v>
       </c>
       <c r="F229" t="s">
-        <v>26</v>
+        <v>89</v>
       </c>
       <c r="G229" t="s">
-        <v>26</v>
+        <v>90</v>
       </c>
       <c r="H229" t="s">
         <v>27</v>
       </c>
       <c r="I229" s="2">
-        <v>45979</v>
+        <v>45980</v>
       </c>
       <c r="J229" s="2">
-        <v>47362</v>
-[...2 lines deleted...]
-    <row r="230" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46752</v>
+      </c>
+    </row>
+    <row r="230" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A230" t="s">
-        <v>847</v>
+        <v>850</v>
       </c>
       <c r="B230" t="s">
-        <v>848</v>
+        <v>851</v>
       </c>
       <c r="C230" t="s">
-        <v>849</v>
+        <v>852</v>
       </c>
       <c r="D230" t="s">
         <v>31</v>
       </c>
       <c r="E230" t="s">
         <v>26</v>
       </c>
       <c r="F230" t="s">
-        <v>89</v>
+        <v>184</v>
       </c>
       <c r="G230" t="s">
-        <v>90</v>
+        <v>185</v>
       </c>
       <c r="H230" t="s">
         <v>27</v>
       </c>
       <c r="I230" s="2">
-        <v>45980</v>
+        <v>45940</v>
       </c>
       <c r="J230" s="2">
-        <v>46752</v>
-[...2 lines deleted...]
-    <row r="231" spans="1:10" x14ac:dyDescent="0.3">
+        <v>48029</v>
+      </c>
+    </row>
+    <row r="231" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A231" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
       <c r="B231" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="C231" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
       <c r="D231" t="s">
         <v>31</v>
       </c>
       <c r="E231" t="s">
         <v>26</v>
       </c>
       <c r="F231" t="s">
-        <v>188</v>
+        <v>94</v>
       </c>
       <c r="G231" t="s">
-        <v>189</v>
+        <v>95</v>
       </c>
       <c r="H231" t="s">
         <v>27</v>
       </c>
       <c r="I231" s="2">
         <v>45940</v>
       </c>
-      <c r="J231" s="2">
-[...3 lines deleted...]
-    <row r="232" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="J231" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="232" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A232" t="s">
-        <v>853</v>
+        <v>856</v>
       </c>
       <c r="B232" t="s">
-        <v>854</v>
+        <v>857</v>
       </c>
       <c r="C232" t="s">
-        <v>855</v>
+        <v>858</v>
       </c>
       <c r="D232" t="s">
         <v>31</v>
       </c>
       <c r="E232" t="s">
         <v>26</v>
       </c>
       <c r="F232" t="s">
-        <v>94</v>
+        <v>427</v>
       </c>
       <c r="G232" t="s">
-        <v>95</v>
+        <v>57</v>
       </c>
       <c r="H232" t="s">
         <v>27</v>
       </c>
       <c r="I232" s="2">
-        <v>45940</v>
-[...5 lines deleted...]
-    <row r="233" spans="1:10" x14ac:dyDescent="0.3">
+        <v>45986</v>
+      </c>
+      <c r="J232" s="2">
+        <v>46266</v>
+      </c>
+    </row>
+    <row r="233" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A233" t="s">
-        <v>856</v>
+        <v>859</v>
       </c>
       <c r="B233" t="s">
-        <v>857</v>
+        <v>860</v>
       </c>
       <c r="C233" t="s">
-        <v>858</v>
+        <v>861</v>
       </c>
       <c r="D233" t="s">
         <v>31</v>
       </c>
       <c r="E233" t="s">
         <v>26</v>
       </c>
       <c r="F233" t="s">
-        <v>430</v>
+        <v>862</v>
       </c>
       <c r="G233" t="s">
-        <v>57</v>
+        <v>863</v>
       </c>
       <c r="H233" t="s">
         <v>27</v>
       </c>
       <c r="I233" s="2">
         <v>45986</v>
       </c>
       <c r="J233" s="2">
-        <v>46266</v>
-[...2 lines deleted...]
-    <row r="234" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46569</v>
+      </c>
+    </row>
+    <row r="234" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A234" t="s">
-        <v>859</v>
+        <v>864</v>
       </c>
       <c r="B234" t="s">
-        <v>860</v>
+        <v>865</v>
       </c>
       <c r="C234" t="s">
-        <v>861</v>
+        <v>866</v>
       </c>
       <c r="D234" t="s">
         <v>31</v>
       </c>
       <c r="E234" t="s">
         <v>26</v>
       </c>
       <c r="F234" t="s">
-        <v>862</v>
+        <v>26</v>
       </c>
       <c r="G234" t="s">
-        <v>863</v>
+        <v>26</v>
       </c>
       <c r="H234" t="s">
         <v>27</v>
       </c>
       <c r="I234" s="2">
         <v>45986</v>
       </c>
       <c r="J234" s="2">
-        <v>46569</v>
-[...2 lines deleted...]
-    <row r="235" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46326</v>
+      </c>
+    </row>
+    <row r="235" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A235" t="s">
-        <v>864</v>
+        <v>867</v>
       </c>
       <c r="B235" t="s">
-        <v>865</v>
+        <v>868</v>
       </c>
       <c r="C235" t="s">
-        <v>866</v>
+        <v>869</v>
       </c>
       <c r="D235" t="s">
-        <v>31</v>
+        <v>383</v>
       </c>
       <c r="E235" t="s">
         <v>26</v>
       </c>
       <c r="F235" t="s">
         <v>26</v>
       </c>
       <c r="G235" t="s">
         <v>26</v>
       </c>
       <c r="H235" t="s">
         <v>27</v>
       </c>
       <c r="I235" s="2">
         <v>45986</v>
       </c>
       <c r="J235" s="2">
-        <v>46326</v>
-[...2 lines deleted...]
-    <row r="236" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="236" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A236" t="s">
-        <v>867</v>
+        <v>870</v>
       </c>
       <c r="B236" t="s">
-        <v>868</v>
+        <v>871</v>
       </c>
       <c r="C236" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="D236" t="s">
-        <v>386</v>
+        <v>31</v>
       </c>
       <c r="E236" t="s">
         <v>26</v>
       </c>
       <c r="F236" t="s">
         <v>26</v>
       </c>
       <c r="G236" t="s">
         <v>26</v>
       </c>
       <c r="H236" t="s">
         <v>27</v>
       </c>
       <c r="I236" s="2">
-        <v>45986</v>
+        <v>45958</v>
       </c>
       <c r="J236" s="2">
-        <v>46203</v>
-[...2 lines deleted...]
-    <row r="237" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47391</v>
+      </c>
+    </row>
+    <row r="237" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A237" t="s">
-        <v>870</v>
+        <v>873</v>
       </c>
       <c r="B237" t="s">
-        <v>871</v>
+        <v>874</v>
       </c>
       <c r="C237" t="s">
-        <v>872</v>
+        <v>875</v>
       </c>
       <c r="D237" t="s">
         <v>31</v>
       </c>
       <c r="E237" t="s">
         <v>26</v>
       </c>
       <c r="F237" t="s">
         <v>26</v>
       </c>
       <c r="G237" t="s">
         <v>26</v>
       </c>
       <c r="H237" t="s">
         <v>27</v>
       </c>
       <c r="I237" s="2">
-        <v>45958</v>
+        <v>45974</v>
       </c>
       <c r="J237" s="2">
-        <v>47391</v>
-[...2 lines deleted...]
-    <row r="238" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46387</v>
+      </c>
+    </row>
+    <row r="238" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A238" t="s">
-        <v>873</v>
+        <v>876</v>
       </c>
       <c r="B238" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="C238" t="s">
-        <v>875</v>
+        <v>878</v>
       </c>
       <c r="D238" t="s">
         <v>31</v>
       </c>
       <c r="E238" t="s">
         <v>26</v>
       </c>
       <c r="F238" t="s">
-        <v>26</v>
+        <v>680</v>
       </c>
       <c r="G238" t="s">
-        <v>26</v>
+        <v>95</v>
       </c>
       <c r="H238" t="s">
         <v>27</v>
       </c>
       <c r="I238" s="2">
-        <v>45974</v>
+        <v>45939</v>
       </c>
       <c r="J238" s="2">
+        <v>48029</v>
+      </c>
+    </row>
+    <row r="239" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A239" t="s">
+        <v>879</v>
+      </c>
+      <c r="B239" t="s">
+        <v>880</v>
+      </c>
+      <c r="C239" t="s">
+        <v>881</v>
+      </c>
+      <c r="D239" t="s">
+        <v>31</v>
+      </c>
+      <c r="E239" t="s">
+        <v>26</v>
+      </c>
+      <c r="F239" t="s">
+        <v>26</v>
+      </c>
+      <c r="G239" t="s">
+        <v>26</v>
+      </c>
+      <c r="H239" t="s">
+        <v>27</v>
+      </c>
+      <c r="I239" s="2">
+        <v>45994</v>
+      </c>
+      <c r="J239" s="2">
         <v>46387</v>
       </c>
     </row>
-    <row r="239" spans="1:10" x14ac:dyDescent="0.3">
-[...18 lines deleted...]
-      <c r="G239" t="s">
+    <row r="240" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A240" t="s">
+        <v>882</v>
+      </c>
+      <c r="B240" t="s">
+        <v>883</v>
+      </c>
+      <c r="C240" t="s">
+        <v>884</v>
+      </c>
+      <c r="D240" t="s">
+        <v>31</v>
+      </c>
+      <c r="E240" t="s">
+        <v>26</v>
+      </c>
+      <c r="F240" t="s">
+        <v>137</v>
+      </c>
+      <c r="G240" t="s">
         <v>95</v>
       </c>
-      <c r="H239" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="H240" t="s">
         <v>27</v>
       </c>
       <c r="I240" s="2">
-        <v>45994</v>
+        <v>45992</v>
       </c>
       <c r="J240" s="2">
-        <v>46387</v>
-[...2 lines deleted...]
-    <row r="241" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47087</v>
+      </c>
+    </row>
+    <row r="241" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A241" t="s">
-        <v>882</v>
+        <v>885</v>
       </c>
       <c r="B241" t="s">
-        <v>883</v>
+        <v>886</v>
       </c>
       <c r="C241" t="s">
-        <v>884</v>
+        <v>887</v>
       </c>
       <c r="D241" t="s">
         <v>31</v>
       </c>
       <c r="E241" t="s">
         <v>26</v>
       </c>
       <c r="F241" t="s">
         <v>137</v>
       </c>
       <c r="G241" t="s">
         <v>95</v>
       </c>
       <c r="H241" t="s">
         <v>27</v>
       </c>
       <c r="I241" s="2">
         <v>45992</v>
       </c>
       <c r="J241" s="2">
-        <v>47087</v>
-[...2 lines deleted...]
-    <row r="242" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47452</v>
+      </c>
+    </row>
+    <row r="242" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A242" t="s">
-        <v>885</v>
+        <v>888</v>
       </c>
       <c r="B242" t="s">
-        <v>886</v>
+        <v>889</v>
       </c>
       <c r="C242" t="s">
-        <v>887</v>
+        <v>890</v>
       </c>
       <c r="D242" t="s">
         <v>31</v>
       </c>
       <c r="E242" t="s">
         <v>26</v>
       </c>
       <c r="F242" t="s">
         <v>137</v>
       </c>
       <c r="G242" t="s">
         <v>95</v>
       </c>
       <c r="H242" t="s">
         <v>27</v>
       </c>
       <c r="I242" s="2">
         <v>45992</v>
       </c>
       <c r="J242" s="2">
-        <v>47452</v>
-[...2 lines deleted...]
-    <row r="243" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47087</v>
+      </c>
+    </row>
+    <row r="243" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A243" t="s">
-        <v>888</v>
+        <v>891</v>
       </c>
       <c r="B243" t="s">
-        <v>889</v>
+        <v>892</v>
       </c>
       <c r="C243" t="s">
-        <v>890</v>
+        <v>893</v>
       </c>
       <c r="D243" t="s">
         <v>31</v>
       </c>
       <c r="E243" t="s">
         <v>26</v>
       </c>
       <c r="F243" t="s">
-        <v>137</v>
+        <v>894</v>
       </c>
       <c r="G243" t="s">
-        <v>95</v>
+        <v>895</v>
       </c>
       <c r="H243" t="s">
         <v>27</v>
       </c>
       <c r="I243" s="2">
-        <v>45992</v>
+        <v>46000</v>
       </c>
       <c r="J243" s="2">
-        <v>47087</v>
-[...2 lines deleted...]
-    <row r="244" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46631</v>
+      </c>
+    </row>
+    <row r="244" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A244" t="s">
-        <v>891</v>
+        <v>896</v>
       </c>
       <c r="B244" t="s">
-        <v>892</v>
+        <v>897</v>
       </c>
       <c r="C244" t="s">
-        <v>893</v>
+        <v>898</v>
       </c>
       <c r="D244" t="s">
-        <v>31</v>
+        <v>899</v>
       </c>
       <c r="E244" t="s">
         <v>26</v>
       </c>
       <c r="F244" t="s">
-        <v>894</v>
+        <v>26</v>
       </c>
       <c r="G244" t="s">
-        <v>895</v>
+        <v>26</v>
       </c>
       <c r="H244" t="s">
         <v>27</v>
       </c>
       <c r="I244" s="2">
         <v>46000</v>
       </c>
       <c r="J244" s="2">
-        <v>46631</v>
-[...2 lines deleted...]
-    <row r="245" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47300</v>
+      </c>
+    </row>
+    <row r="245" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A245" t="s">
-        <v>896</v>
+        <v>900</v>
       </c>
       <c r="B245" t="s">
-        <v>897</v>
+        <v>901</v>
       </c>
       <c r="C245" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="D245" t="s">
-        <v>899</v>
+        <v>31</v>
       </c>
       <c r="E245" t="s">
         <v>26</v>
       </c>
       <c r="F245" t="s">
-        <v>26</v>
+        <v>903</v>
       </c>
       <c r="G245" t="s">
-        <v>26</v>
+        <v>57</v>
       </c>
       <c r="H245" t="s">
         <v>27</v>
       </c>
       <c r="I245" s="2">
-        <v>46000</v>
+        <v>46007</v>
       </c>
       <c r="J245" s="2">
-        <v>47300</v>
-[...2 lines deleted...]
-    <row r="246" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46934</v>
+      </c>
+    </row>
+    <row r="246" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A246" t="s">
-        <v>900</v>
+        <v>904</v>
       </c>
       <c r="B246" t="s">
-        <v>901</v>
+        <v>905</v>
       </c>
       <c r="C246" t="s">
-        <v>902</v>
+        <v>906</v>
       </c>
       <c r="D246" t="s">
         <v>31</v>
       </c>
       <c r="E246" t="s">
         <v>26</v>
       </c>
       <c r="F246" t="s">
         <v>903</v>
       </c>
       <c r="G246" t="s">
         <v>57</v>
       </c>
       <c r="H246" t="s">
         <v>27</v>
       </c>
       <c r="I246" s="2">
-        <v>46007</v>
+        <v>46001</v>
       </c>
       <c r="J246" s="2">
-        <v>46934</v>
-[...2 lines deleted...]
-    <row r="247" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46965</v>
+      </c>
+    </row>
+    <row r="247" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A247" t="s">
-        <v>904</v>
+        <v>907</v>
       </c>
       <c r="B247" t="s">
-        <v>905</v>
+        <v>908</v>
       </c>
       <c r="C247" t="s">
-        <v>906</v>
+        <v>909</v>
       </c>
       <c r="D247" t="s">
         <v>31</v>
       </c>
       <c r="E247" t="s">
         <v>26</v>
       </c>
       <c r="F247" t="s">
         <v>903</v>
       </c>
       <c r="G247" t="s">
         <v>57</v>
       </c>
       <c r="H247" t="s">
         <v>27</v>
       </c>
       <c r="I247" s="2">
         <v>46001</v>
       </c>
       <c r="J247" s="2">
-        <v>46965</v>
-[...2 lines deleted...]
-    <row r="248" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46996</v>
+      </c>
+    </row>
+    <row r="248" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A248" t="s">
-        <v>907</v>
+        <v>910</v>
       </c>
       <c r="B248" t="s">
-        <v>908</v>
+        <v>911</v>
       </c>
       <c r="C248" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="D248" t="s">
         <v>31</v>
       </c>
       <c r="E248" t="s">
         <v>26</v>
       </c>
       <c r="F248" t="s">
-        <v>903</v>
+        <v>684</v>
       </c>
       <c r="G248" t="s">
-        <v>57</v>
+        <v>685</v>
       </c>
       <c r="H248" t="s">
         <v>27</v>
       </c>
       <c r="I248" s="2">
-        <v>46001</v>
+        <v>45992</v>
       </c>
       <c r="J248" s="2">
-        <v>46996</v>
-[...2 lines deleted...]
-    <row r="249" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47072</v>
+      </c>
+    </row>
+    <row r="249" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A249" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
       <c r="B249" t="s">
-        <v>911</v>
+        <v>914</v>
       </c>
       <c r="C249" t="s">
-        <v>912</v>
+        <v>915</v>
       </c>
       <c r="D249" t="s">
         <v>31</v>
       </c>
       <c r="E249" t="s">
         <v>26</v>
       </c>
       <c r="F249" t="s">
-        <v>686</v>
+        <v>684</v>
       </c>
       <c r="G249" t="s">
-        <v>687</v>
+        <v>685</v>
       </c>
       <c r="H249" t="s">
         <v>27</v>
       </c>
       <c r="I249" s="2">
         <v>45992</v>
       </c>
       <c r="J249" s="2">
-        <v>47072</v>
-[...2 lines deleted...]
-    <row r="250" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47802</v>
+      </c>
+    </row>
+    <row r="250" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A250" t="s">
-        <v>913</v>
+        <v>916</v>
       </c>
       <c r="B250" t="s">
-        <v>914</v>
+        <v>917</v>
       </c>
       <c r="C250" t="s">
-        <v>915</v>
+        <v>918</v>
       </c>
       <c r="D250" t="s">
         <v>31</v>
       </c>
       <c r="E250" t="s">
         <v>26</v>
       </c>
       <c r="F250" t="s">
-        <v>686</v>
+        <v>684</v>
       </c>
       <c r="G250" t="s">
-        <v>687</v>
+        <v>685</v>
       </c>
       <c r="H250" t="s">
         <v>27</v>
       </c>
       <c r="I250" s="2">
         <v>45992</v>
       </c>
       <c r="J250" s="2">
         <v>47802</v>
       </c>
     </row>
-    <row r="251" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="251" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A251" t="s">
-        <v>916</v>
+        <v>919</v>
       </c>
       <c r="B251" t="s">
-        <v>917</v>
+        <v>920</v>
       </c>
       <c r="C251" t="s">
-        <v>918</v>
+        <v>921</v>
       </c>
       <c r="D251" t="s">
         <v>31</v>
       </c>
       <c r="E251" t="s">
         <v>26</v>
       </c>
       <c r="F251" t="s">
-        <v>686</v>
+        <v>137</v>
       </c>
       <c r="G251" t="s">
-        <v>687</v>
+        <v>95</v>
       </c>
       <c r="H251" t="s">
         <v>27</v>
       </c>
       <c r="I251" s="2">
         <v>45992</v>
       </c>
       <c r="J251" s="2">
-        <v>47802</v>
-[...2 lines deleted...]
-    <row r="252" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47817</v>
+      </c>
+    </row>
+    <row r="252" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A252" t="s">
-        <v>919</v>
+        <v>922</v>
       </c>
       <c r="B252" t="s">
-        <v>920</v>
+        <v>923</v>
       </c>
       <c r="C252" t="s">
-        <v>921</v>
+        <v>924</v>
       </c>
       <c r="D252" t="s">
         <v>31</v>
       </c>
       <c r="E252" t="s">
         <v>26</v>
       </c>
       <c r="F252" t="s">
         <v>137</v>
       </c>
       <c r="G252" t="s">
         <v>95</v>
       </c>
       <c r="H252" t="s">
         <v>27</v>
       </c>
       <c r="I252" s="2">
         <v>45992</v>
       </c>
       <c r="J252" s="2">
-        <v>47817</v>
-[...2 lines deleted...]
-    <row r="253" spans="1:10" x14ac:dyDescent="0.3">
+        <v>48548</v>
+      </c>
+    </row>
+    <row r="253" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A253" t="s">
-        <v>922</v>
+        <v>925</v>
       </c>
       <c r="B253" t="s">
-        <v>923</v>
+        <v>926</v>
       </c>
       <c r="C253" t="s">
-        <v>924</v>
+        <v>927</v>
       </c>
       <c r="D253" t="s">
-        <v>31</v>
+        <v>928</v>
       </c>
       <c r="E253" t="s">
         <v>26</v>
       </c>
       <c r="F253" t="s">
-        <v>137</v>
+        <v>89</v>
       </c>
       <c r="G253" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="H253" t="s">
         <v>27</v>
       </c>
       <c r="I253" s="2">
         <v>45992</v>
       </c>
       <c r="J253" s="2">
-        <v>48548</v>
-[...2 lines deleted...]
-    <row r="254" spans="1:10" x14ac:dyDescent="0.3">
+        <v>48182</v>
+      </c>
+    </row>
+    <row r="254" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A254" t="s">
-        <v>925</v>
+        <v>929</v>
       </c>
       <c r="B254" t="s">
-        <v>926</v>
+        <v>930</v>
       </c>
       <c r="C254" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="D254" t="s">
-        <v>928</v>
+        <v>31</v>
       </c>
       <c r="E254" t="s">
         <v>26</v>
       </c>
       <c r="F254" t="s">
-        <v>89</v>
+        <v>834</v>
       </c>
       <c r="G254" t="s">
-        <v>90</v>
+        <v>932</v>
       </c>
       <c r="H254" t="s">
         <v>27</v>
       </c>
       <c r="I254" s="2">
-        <v>45992</v>
-[...5 lines deleted...]
-    <row r="255" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46002</v>
+      </c>
+      <c r="J254" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="255" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A255" t="s">
-        <v>929</v>
+        <v>933</v>
       </c>
       <c r="B255" t="s">
-        <v>930</v>
+        <v>934</v>
       </c>
       <c r="C255" t="s">
-        <v>931</v>
+        <v>935</v>
       </c>
       <c r="D255" t="s">
         <v>31</v>
       </c>
       <c r="E255" t="s">
         <v>26</v>
       </c>
       <c r="F255" t="s">
-        <v>932</v>
+        <v>936</v>
       </c>
       <c r="G255" t="s">
-        <v>933</v>
+        <v>937</v>
       </c>
       <c r="H255" t="s">
         <v>27</v>
       </c>
       <c r="I255" s="2">
-        <v>46002</v>
-[...5 lines deleted...]
-    <row r="256" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46009</v>
+      </c>
+      <c r="J255" s="2">
+        <v>47749</v>
+      </c>
+    </row>
+    <row r="256" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A256" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="B256" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="C256" t="s">
-        <v>936</v>
+        <v>940</v>
       </c>
       <c r="D256" t="s">
         <v>31</v>
       </c>
       <c r="E256" t="s">
         <v>26</v>
       </c>
       <c r="F256" t="s">
-        <v>937</v>
+        <v>26</v>
       </c>
       <c r="G256" t="s">
-        <v>938</v>
+        <v>26</v>
       </c>
       <c r="H256" t="s">
         <v>27</v>
       </c>
       <c r="I256" s="2">
         <v>46009</v>
       </c>
       <c r="J256" s="2">
-        <v>47749</v>
-[...2 lines deleted...]
-    <row r="257" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47737</v>
+      </c>
+    </row>
+    <row r="257" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A257" t="s">
-        <v>939</v>
+        <v>941</v>
       </c>
       <c r="B257" t="s">
-        <v>940</v>
+        <v>942</v>
       </c>
       <c r="C257" t="s">
-        <v>941</v>
+        <v>943</v>
       </c>
       <c r="D257" t="s">
         <v>31</v>
       </c>
       <c r="E257" t="s">
         <v>26</v>
       </c>
       <c r="F257" t="s">
-        <v>26</v>
+        <v>175</v>
       </c>
       <c r="G257" t="s">
-        <v>26</v>
+        <v>176</v>
       </c>
       <c r="H257" t="s">
-        <v>27</v>
+        <v>130</v>
       </c>
       <c r="I257" s="2">
         <v>46009</v>
       </c>
       <c r="J257" s="2">
-        <v>47737</v>
-[...2 lines deleted...]
-    <row r="258" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46053</v>
+      </c>
+    </row>
+    <row r="258" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A258" t="s">
-        <v>942</v>
+        <v>944</v>
       </c>
       <c r="B258" t="s">
-        <v>943</v>
+        <v>945</v>
       </c>
       <c r="C258" t="s">
-        <v>944</v>
+        <v>946</v>
       </c>
       <c r="D258" t="s">
         <v>31</v>
       </c>
       <c r="E258" t="s">
         <v>26</v>
       </c>
       <c r="F258" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="G258" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
       <c r="H258" t="s">
         <v>130</v>
       </c>
       <c r="I258" s="2">
-        <v>46009</v>
+        <v>46007</v>
       </c>
       <c r="J258" s="2">
-        <v>46053</v>
-[...2 lines deleted...]
-    <row r="259" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46043</v>
+      </c>
+    </row>
+    <row r="259" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A259" t="s">
-        <v>945</v>
+        <v>947</v>
       </c>
       <c r="B259" t="s">
-        <v>946</v>
+        <v>948</v>
       </c>
       <c r="C259" t="s">
-        <v>947</v>
+        <v>949</v>
       </c>
       <c r="D259" t="s">
         <v>31</v>
       </c>
       <c r="E259" t="s">
         <v>26</v>
       </c>
       <c r="F259" t="s">
-        <v>180</v>
+        <v>834</v>
       </c>
       <c r="G259" t="s">
-        <v>181</v>
+        <v>932</v>
       </c>
       <c r="H259" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="I259" s="2">
-        <v>46007</v>
+        <v>46020</v>
       </c>
       <c r="J259" s="2">
-        <v>46043</v>
-[...2 lines deleted...]
-    <row r="260" spans="1:10" x14ac:dyDescent="0.3">
+        <v>48029</v>
+      </c>
+    </row>
+    <row r="260" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A260" t="s">
-        <v>948</v>
+        <v>950</v>
       </c>
       <c r="B260" t="s">
-        <v>949</v>
+        <v>951</v>
       </c>
       <c r="C260" t="s">
-        <v>950</v>
+        <v>952</v>
       </c>
       <c r="D260" t="s">
         <v>31</v>
       </c>
       <c r="E260" t="s">
         <v>26</v>
       </c>
       <c r="F260" t="s">
-        <v>932</v>
+        <v>221</v>
       </c>
       <c r="G260" t="s">
-        <v>933</v>
+        <v>222</v>
       </c>
       <c r="H260" t="s">
         <v>27</v>
       </c>
       <c r="I260" s="2">
         <v>46020</v>
       </c>
       <c r="J260" s="2">
-        <v>48029</v>
-[...2 lines deleted...]
-    <row r="261" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="261" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A261" t="s">
-        <v>951</v>
+        <v>953</v>
       </c>
       <c r="B261" t="s">
-        <v>952</v>
+        <v>954</v>
       </c>
       <c r="C261" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="D261" t="s">
         <v>31</v>
       </c>
       <c r="E261" t="s">
         <v>26</v>
       </c>
       <c r="F261" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="G261" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="H261" t="s">
         <v>27</v>
       </c>
       <c r="I261" s="2">
         <v>46020</v>
       </c>
       <c r="J261" s="2">
         <v>46203</v>
       </c>
     </row>
-    <row r="262" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="262" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A262" t="s">
-        <v>954</v>
+        <v>956</v>
       </c>
       <c r="B262" t="s">
-        <v>955</v>
+        <v>957</v>
       </c>
       <c r="C262" t="s">
-        <v>956</v>
+        <v>958</v>
       </c>
       <c r="D262" t="s">
         <v>31</v>
       </c>
       <c r="E262" t="s">
         <v>26</v>
       </c>
       <c r="F262" t="s">
-        <v>225</v>
+        <v>959</v>
       </c>
       <c r="G262" t="s">
-        <v>226</v>
+        <v>960</v>
       </c>
       <c r="H262" t="s">
         <v>27</v>
       </c>
       <c r="I262" s="2">
         <v>46020</v>
       </c>
       <c r="J262" s="2">
-        <v>46203</v>
-[...2 lines deleted...]
-    <row r="263" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46130</v>
+      </c>
+    </row>
+    <row r="263" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A263" t="s">
-        <v>957</v>
+        <v>961</v>
       </c>
       <c r="B263" t="s">
-        <v>958</v>
+        <v>962</v>
       </c>
       <c r="C263" t="s">
-        <v>959</v>
+        <v>963</v>
       </c>
       <c r="D263" t="s">
         <v>31</v>
       </c>
       <c r="E263" t="s">
         <v>26</v>
       </c>
       <c r="F263" t="s">
-        <v>960</v>
+        <v>221</v>
       </c>
       <c r="G263" t="s">
-        <v>961</v>
+        <v>222</v>
       </c>
       <c r="H263" t="s">
         <v>27</v>
       </c>
       <c r="I263" s="2">
         <v>46020</v>
       </c>
       <c r="J263" s="2">
-        <v>46130</v>
-[...2 lines deleted...]
-    <row r="264" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46996</v>
+      </c>
+    </row>
+    <row r="264" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A264" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="B264" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
       <c r="C264" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
       <c r="D264" t="s">
         <v>31</v>
       </c>
       <c r="E264" t="s">
         <v>26</v>
       </c>
       <c r="F264" t="s">
-        <v>225</v>
+        <v>967</v>
       </c>
       <c r="G264" t="s">
-        <v>226</v>
+        <v>581</v>
       </c>
       <c r="H264" t="s">
-        <v>27</v>
+        <v>130</v>
       </c>
       <c r="I264" s="2">
-        <v>46020</v>
+        <v>45995</v>
       </c>
       <c r="J264" s="2">
-        <v>46996</v>
-[...2 lines deleted...]
-    <row r="265" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="265" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A265" t="s">
-        <v>965</v>
+        <v>968</v>
       </c>
       <c r="B265" t="s">
-        <v>966</v>
+        <v>969</v>
       </c>
       <c r="C265" t="s">
+        <v>970</v>
+      </c>
+      <c r="D265" t="s">
+        <v>31</v>
+      </c>
+      <c r="E265" t="s">
+        <v>26</v>
+      </c>
+      <c r="F265" t="s">
         <v>967</v>
       </c>
-      <c r="D265" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G265" t="s">
-        <v>157</v>
+        <v>581</v>
       </c>
       <c r="H265" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="I265" s="2">
         <v>45995</v>
       </c>
       <c r="J265" s="2">
-        <v>46052</v>
-[...2 lines deleted...]
-    <row r="266" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46419</v>
+      </c>
+    </row>
+    <row r="266" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A266" t="s">
-        <v>968</v>
+        <v>971</v>
       </c>
       <c r="B266" t="s">
-        <v>969</v>
+        <v>972</v>
       </c>
       <c r="C266" t="s">
-        <v>970</v>
+        <v>973</v>
       </c>
       <c r="D266" t="s">
         <v>31</v>
       </c>
       <c r="E266" t="s">
         <v>26</v>
       </c>
       <c r="F266" t="s">
-        <v>156</v>
+        <v>213</v>
       </c>
       <c r="G266" t="s">
-        <v>157</v>
+        <v>974</v>
       </c>
       <c r="H266" t="s">
         <v>27</v>
       </c>
       <c r="I266" s="2">
         <v>45995</v>
       </c>
       <c r="J266" s="2">
-        <v>46419</v>
-[...2 lines deleted...]
-    <row r="267" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47483</v>
+      </c>
+    </row>
+    <row r="267" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A267" t="s">
-        <v>971</v>
+        <v>975</v>
       </c>
       <c r="B267" t="s">
-        <v>972</v>
+        <v>976</v>
       </c>
       <c r="C267" t="s">
-        <v>973</v>
+        <v>977</v>
       </c>
       <c r="D267" t="s">
         <v>31</v>
       </c>
       <c r="E267" t="s">
         <v>26</v>
       </c>
       <c r="F267" t="s">
-        <v>217</v>
+        <v>737</v>
       </c>
       <c r="G267" t="s">
-        <v>974</v>
+        <v>95</v>
       </c>
       <c r="H267" t="s">
         <v>27</v>
       </c>
       <c r="I267" s="2">
-        <v>45995</v>
+        <v>46009</v>
       </c>
       <c r="J267" s="2">
-        <v>47483</v>
-[...2 lines deleted...]
-    <row r="268" spans="1:10" x14ac:dyDescent="0.3">
+        <v>413821</v>
+      </c>
+    </row>
+    <row r="268" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A268" t="s">
-        <v>975</v>
+        <v>978</v>
       </c>
       <c r="B268" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="C268" t="s">
-        <v>977</v>
+        <v>980</v>
       </c>
       <c r="D268" t="s">
         <v>31</v>
       </c>
       <c r="E268" t="s">
         <v>26</v>
       </c>
       <c r="F268" t="s">
-        <v>739</v>
+        <v>672</v>
       </c>
       <c r="G268" t="s">
+        <v>673</v>
+      </c>
+      <c r="H268" t="s">
+        <v>27</v>
+      </c>
+      <c r="I268" s="2">
+        <v>45947</v>
+      </c>
+      <c r="J268" s="2">
+        <v>47664</v>
+      </c>
+    </row>
+    <row r="269" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A269" t="s">
+        <v>981</v>
+      </c>
+      <c r="B269" t="s">
+        <v>982</v>
+      </c>
+      <c r="C269" t="s">
+        <v>983</v>
+      </c>
+      <c r="D269" t="s">
+        <v>31</v>
+      </c>
+      <c r="E269" t="s">
+        <v>26</v>
+      </c>
+      <c r="F269" t="s">
+        <v>137</v>
+      </c>
+      <c r="G269" t="s">
         <v>95</v>
       </c>
-      <c r="H268" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="H269" t="s">
         <v>27</v>
       </c>
       <c r="I269" s="2">
-        <v>45947</v>
+        <v>46008</v>
       </c>
       <c r="J269" s="2">
         <v>47664</v>
       </c>
     </row>
-    <row r="270" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="270" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A270" t="s">
-        <v>981</v>
+        <v>984</v>
       </c>
       <c r="B270" t="s">
-        <v>982</v>
+        <v>985</v>
       </c>
       <c r="C270" t="s">
-        <v>983</v>
+        <v>986</v>
       </c>
       <c r="D270" t="s">
         <v>31</v>
       </c>
       <c r="E270" t="s">
         <v>26</v>
       </c>
       <c r="F270" t="s">
-        <v>137</v>
+        <v>672</v>
       </c>
       <c r="G270" t="s">
-        <v>95</v>
+        <v>673</v>
       </c>
       <c r="H270" t="s">
         <v>27</v>
       </c>
       <c r="I270" s="2">
         <v>46008</v>
       </c>
       <c r="J270" s="2">
-        <v>47664</v>
-[...2 lines deleted...]
-    <row r="271" spans="1:10" x14ac:dyDescent="0.3">
+        <v>48395</v>
+      </c>
+    </row>
+    <row r="271" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A271" t="s">
-        <v>984</v>
+        <v>987</v>
       </c>
       <c r="B271" t="s">
-        <v>985</v>
+        <v>988</v>
       </c>
       <c r="C271" t="s">
-        <v>986</v>
+        <v>989</v>
       </c>
       <c r="D271" t="s">
         <v>31</v>
       </c>
       <c r="E271" t="s">
         <v>26</v>
       </c>
       <c r="F271" t="s">
-        <v>674</v>
+        <v>461</v>
       </c>
       <c r="G271" t="s">
-        <v>675</v>
+        <v>462</v>
       </c>
       <c r="H271" t="s">
         <v>27</v>
       </c>
       <c r="I271" s="2">
         <v>46008</v>
       </c>
       <c r="J271" s="2">
-        <v>48395</v>
-[...2 lines deleted...]
-    <row r="272" spans="1:10" x14ac:dyDescent="0.3">
+        <v>48029</v>
+      </c>
+    </row>
+    <row r="272" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A272" t="s">
-        <v>987</v>
+        <v>990</v>
       </c>
       <c r="B272" t="s">
-        <v>988</v>
+        <v>991</v>
       </c>
       <c r="C272" t="s">
-        <v>989</v>
+        <v>992</v>
       </c>
       <c r="D272" t="s">
         <v>31</v>
       </c>
       <c r="E272" t="s">
         <v>26</v>
       </c>
       <c r="F272" t="s">
-        <v>464</v>
+        <v>292</v>
       </c>
       <c r="G272" t="s">
-        <v>465</v>
+        <v>293</v>
       </c>
       <c r="H272" t="s">
         <v>27</v>
       </c>
       <c r="I272" s="2">
-        <v>46008</v>
+        <v>46021</v>
       </c>
       <c r="J272" s="2">
-        <v>48029</v>
-[...2 lines deleted...]
-    <row r="273" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46478</v>
+      </c>
+    </row>
+    <row r="273" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A273" t="s">
-        <v>990</v>
+        <v>993</v>
       </c>
       <c r="B273" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="C273" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="D273" t="s">
         <v>31</v>
       </c>
       <c r="E273" t="s">
         <v>26</v>
       </c>
       <c r="F273" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="G273" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="H273" t="s">
         <v>27</v>
       </c>
       <c r="I273" s="2">
         <v>46021</v>
       </c>
       <c r="J273" s="2">
-        <v>46478</v>
-[...2 lines deleted...]
-    <row r="274" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46813</v>
+      </c>
+    </row>
+    <row r="274" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A274" t="s">
-        <v>993</v>
+        <v>996</v>
       </c>
       <c r="B274" t="s">
-        <v>994</v>
+        <v>997</v>
       </c>
       <c r="C274" t="s">
-        <v>995</v>
+        <v>998</v>
       </c>
       <c r="D274" t="s">
         <v>31</v>
       </c>
       <c r="E274" t="s">
         <v>26</v>
       </c>
       <c r="F274" t="s">
-        <v>296</v>
+        <v>999</v>
       </c>
       <c r="G274" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="H274" t="s">
         <v>27</v>
       </c>
       <c r="I274" s="2">
         <v>46021</v>
       </c>
       <c r="J274" s="2">
         <v>46813</v>
       </c>
     </row>
-    <row r="275" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="275" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A275" t="s">
-        <v>996</v>
+        <v>1000</v>
       </c>
       <c r="B275" t="s">
-        <v>997</v>
+        <v>1001</v>
       </c>
       <c r="C275" t="s">
-        <v>998</v>
+        <v>1002</v>
       </c>
       <c r="D275" t="s">
         <v>31</v>
       </c>
       <c r="E275" t="s">
         <v>26</v>
       </c>
       <c r="F275" t="s">
         <v>999</v>
       </c>
       <c r="G275" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="H275" t="s">
         <v>27</v>
       </c>
       <c r="I275" s="2">
         <v>46021</v>
       </c>
       <c r="J275" s="2">
-        <v>46813</v>
-[...2 lines deleted...]
-    <row r="276" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46549</v>
+      </c>
+    </row>
+    <row r="276" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A276" t="s">
-        <v>1000</v>
+        <v>1003</v>
       </c>
       <c r="B276" t="s">
-        <v>1001</v>
+        <v>1004</v>
       </c>
       <c r="C276" t="s">
-        <v>1002</v>
+        <v>1005</v>
       </c>
       <c r="D276" t="s">
         <v>31</v>
       </c>
       <c r="E276" t="s">
         <v>26</v>
       </c>
       <c r="F276" t="s">
-        <v>999</v>
+        <v>1006</v>
       </c>
       <c r="G276" t="s">
-        <v>297</v>
+        <v>1007</v>
       </c>
       <c r="H276" t="s">
         <v>27</v>
       </c>
       <c r="I276" s="2">
-        <v>46021</v>
+        <v>46020</v>
       </c>
       <c r="J276" s="2">
-        <v>46549</v>
-[...2 lines deleted...]
-    <row r="277" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="277" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A277" t="s">
-        <v>1003</v>
+        <v>1008</v>
       </c>
       <c r="B277" t="s">
-        <v>1004</v>
+        <v>1009</v>
       </c>
       <c r="C277" t="s">
-        <v>1005</v>
+        <v>1010</v>
       </c>
       <c r="D277" t="s">
         <v>31</v>
       </c>
       <c r="E277" t="s">
         <v>26</v>
       </c>
       <c r="F277" t="s">
-        <v>1006</v>
+        <v>221</v>
       </c>
       <c r="G277" t="s">
-        <v>1007</v>
+        <v>222</v>
       </c>
       <c r="H277" t="s">
         <v>27</v>
       </c>
       <c r="I277" s="2">
         <v>46020</v>
       </c>
       <c r="J277" s="2">
-        <v>46203</v>
-[...2 lines deleted...]
-    <row r="278" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46934</v>
+      </c>
+    </row>
+    <row r="278" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A278" t="s">
-        <v>1008</v>
+        <v>1011</v>
       </c>
       <c r="B278" t="s">
-        <v>1009</v>
+        <v>1012</v>
       </c>
       <c r="C278" t="s">
-        <v>1010</v>
+        <v>1013</v>
       </c>
       <c r="D278" t="s">
         <v>31</v>
       </c>
       <c r="E278" t="s">
         <v>26</v>
       </c>
       <c r="F278" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="G278" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="H278" t="s">
         <v>27</v>
       </c>
       <c r="I278" s="2">
         <v>46020</v>
       </c>
       <c r="J278" s="2">
-        <v>46934</v>
-[...2 lines deleted...]
-    <row r="279" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="279" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A279" t="s">
-        <v>1011</v>
+        <v>1014</v>
       </c>
       <c r="B279" t="s">
-        <v>1012</v>
+        <v>1015</v>
       </c>
       <c r="C279" t="s">
-        <v>1013</v>
+        <v>1016</v>
       </c>
       <c r="D279" t="s">
         <v>31</v>
       </c>
       <c r="E279" t="s">
         <v>26</v>
       </c>
       <c r="F279" t="s">
-        <v>225</v>
+        <v>26</v>
       </c>
       <c r="G279" t="s">
-        <v>226</v>
+        <v>26</v>
       </c>
       <c r="H279" t="s">
-        <v>27</v>
+        <v>130</v>
       </c>
       <c r="I279" s="2">
-        <v>46020</v>
+        <v>46024</v>
       </c>
       <c r="J279" s="2">
-        <v>46203</v>
-[...2 lines deleted...]
-    <row r="280" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46053</v>
+      </c>
+    </row>
+    <row r="280" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A280" t="s">
-        <v>1014</v>
+        <v>1017</v>
       </c>
       <c r="B280" t="s">
-        <v>1015</v>
+        <v>1018</v>
       </c>
       <c r="C280" t="s">
-        <v>1016</v>
+        <v>1019</v>
       </c>
       <c r="D280" t="s">
         <v>31</v>
       </c>
       <c r="E280" t="s">
         <v>26</v>
       </c>
       <c r="F280" t="s">
-        <v>26</v>
+        <v>1020</v>
       </c>
       <c r="G280" t="s">
-        <v>26</v>
+        <v>1021</v>
       </c>
       <c r="H280" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="I280" s="2">
-        <v>46024</v>
+        <v>46031</v>
       </c>
       <c r="J280" s="2">
-        <v>46053</v>
-[...2 lines deleted...]
-    <row r="281" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47299</v>
+      </c>
+    </row>
+    <row r="281" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A281" t="s">
-        <v>1017</v>
+        <v>1022</v>
       </c>
       <c r="B281" t="s">
-        <v>1018</v>
+        <v>1023</v>
       </c>
       <c r="C281" t="s">
-        <v>1019</v>
+        <v>1024</v>
       </c>
       <c r="D281" t="s">
         <v>31</v>
       </c>
       <c r="E281" t="s">
         <v>26</v>
       </c>
       <c r="F281" t="s">
         <v>1020</v>
       </c>
       <c r="G281" t="s">
         <v>1021</v>
       </c>
       <c r="H281" t="s">
         <v>27</v>
       </c>
       <c r="I281" s="2">
         <v>46031</v>
       </c>
       <c r="J281" s="2">
-        <v>47299</v>
-[...2 lines deleted...]
-    <row r="282" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46934</v>
+      </c>
+    </row>
+    <row r="282" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A282" t="s">
-        <v>1022</v>
+        <v>1025</v>
       </c>
       <c r="B282" t="s">
-        <v>1023</v>
+        <v>1026</v>
       </c>
       <c r="C282" t="s">
-        <v>1024</v>
+        <v>1027</v>
       </c>
       <c r="D282" t="s">
         <v>31</v>
       </c>
       <c r="E282" t="s">
         <v>26</v>
       </c>
       <c r="F282" t="s">
-        <v>1020</v>
+        <v>77</v>
       </c>
       <c r="G282" t="s">
-        <v>1021</v>
+        <v>57</v>
       </c>
       <c r="H282" t="s">
         <v>27</v>
       </c>
       <c r="I282" s="2">
-        <v>46031</v>
+        <v>46034</v>
       </c>
       <c r="J282" s="2">
+        <v>46204</v>
+      </c>
+    </row>
+    <row r="283" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A283" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B283" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C283" t="s">
+        <v>1030</v>
+      </c>
+      <c r="D283" t="s">
+        <v>31</v>
+      </c>
+      <c r="E283" t="s">
+        <v>26</v>
+      </c>
+      <c r="F283" t="s">
+        <v>221</v>
+      </c>
+      <c r="G283" t="s">
+        <v>222</v>
+      </c>
+      <c r="H283" t="s">
+        <v>27</v>
+      </c>
+      <c r="I283" s="2">
+        <v>46037</v>
+      </c>
+      <c r="J283" s="2">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="284" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A284" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B284" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C284" t="s">
+        <v>1033</v>
+      </c>
+      <c r="D284" t="s">
+        <v>31</v>
+      </c>
+      <c r="E284" t="s">
+        <v>26</v>
+      </c>
+      <c r="F284" t="s">
+        <v>26</v>
+      </c>
+      <c r="G284" t="s">
+        <v>26</v>
+      </c>
+      <c r="H284" t="s">
+        <v>27</v>
+      </c>
+      <c r="I284" s="2">
+        <v>46041</v>
+      </c>
+      <c r="J284" s="2">
+        <v>46266</v>
+      </c>
+    </row>
+    <row r="285" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A285" t="s">
+        <v>1034</v>
+      </c>
+      <c r="B285" t="s">
+        <v>1035</v>
+      </c>
+      <c r="C285" t="s">
+        <v>1036</v>
+      </c>
+      <c r="D285" t="s">
+        <v>31</v>
+      </c>
+      <c r="E285" t="s">
+        <v>26</v>
+      </c>
+      <c r="F285" t="s">
+        <v>1037</v>
+      </c>
+      <c r="G285" t="s">
+        <v>562</v>
+      </c>
+      <c r="H285" t="s">
+        <v>27</v>
+      </c>
+      <c r="I285" s="2">
+        <v>46036</v>
+      </c>
+      <c r="J285" s="2">
+        <v>47118</v>
+      </c>
+    </row>
+    <row r="286" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A286" t="s">
+        <v>1038</v>
+      </c>
+      <c r="B286" t="s">
+        <v>1039</v>
+      </c>
+      <c r="C286" t="s">
+        <v>1040</v>
+      </c>
+      <c r="D286" t="s">
+        <v>31</v>
+      </c>
+      <c r="E286" t="s">
+        <v>26</v>
+      </c>
+      <c r="F286" t="s">
+        <v>156</v>
+      </c>
+      <c r="G286" t="s">
+        <v>95</v>
+      </c>
+      <c r="H286" t="s">
+        <v>27</v>
+      </c>
+      <c r="I286" s="2">
+        <v>46038</v>
+      </c>
+      <c r="J286" s="2">
         <v>46934</v>
       </c>
     </row>
-    <row r="283" spans="1:10" x14ac:dyDescent="0.3">
-[...127 lines deleted...]
-    <row r="287" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="287" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A287" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="B287" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="C287" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="D287" t="s">
         <v>31</v>
       </c>
       <c r="E287" t="s">
         <v>26</v>
       </c>
       <c r="F287" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="G287" t="s">
         <v>95</v>
       </c>
       <c r="H287" t="s">
         <v>27</v>
       </c>
       <c r="I287" s="2">
         <v>46038</v>
       </c>
       <c r="J287" s="2">
-        <v>46934</v>
-[...2 lines deleted...]
-    <row r="288" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47422</v>
+      </c>
+    </row>
+    <row r="288" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A288" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="B288" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="C288" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="D288" t="s">
         <v>31</v>
       </c>
       <c r="E288" t="s">
         <v>26</v>
       </c>
       <c r="F288" t="s">
-        <v>161</v>
+        <v>26</v>
       </c>
       <c r="G288" t="s">
-        <v>95</v>
+        <v>26</v>
       </c>
       <c r="H288" t="s">
         <v>27</v>
       </c>
       <c r="I288" s="2">
         <v>46038</v>
       </c>
       <c r="J288" s="2">
-        <v>47422</v>
-[...2 lines deleted...]
-    <row r="289" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47421</v>
+      </c>
+    </row>
+    <row r="289" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A289" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="B289" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="C289" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="D289" t="s">
         <v>31</v>
       </c>
       <c r="E289" t="s">
         <v>26</v>
       </c>
       <c r="F289" t="s">
-        <v>26</v>
+        <v>156</v>
       </c>
       <c r="G289" t="s">
-        <v>26</v>
+        <v>95</v>
       </c>
       <c r="H289" t="s">
         <v>27</v>
       </c>
       <c r="I289" s="2">
         <v>46038</v>
       </c>
       <c r="J289" s="2">
-        <v>47421</v>
-[...2 lines deleted...]
-    <row r="290" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46599</v>
+      </c>
+    </row>
+    <row r="290" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A290" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="B290" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="C290" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="D290" t="s">
         <v>31</v>
       </c>
       <c r="E290" t="s">
         <v>26</v>
       </c>
       <c r="F290" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="G290" t="s">
         <v>95</v>
       </c>
       <c r="H290" t="s">
         <v>27</v>
       </c>
       <c r="I290" s="2">
         <v>46038</v>
       </c>
       <c r="J290" s="2">
-        <v>46599</v>
-[...2 lines deleted...]
-    <row r="291" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47423</v>
+      </c>
+    </row>
+    <row r="291" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A291" t="s">
-        <v>11</v>
+        <v>1053</v>
       </c>
       <c r="B291" t="s">
-        <v>1052</v>
+        <v>1054</v>
       </c>
       <c r="C291" t="s">
-        <v>1053</v>
+        <v>1055</v>
       </c>
       <c r="D291" t="s">
         <v>31</v>
       </c>
       <c r="E291" t="s">
         <v>26</v>
       </c>
       <c r="F291" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="G291" t="s">
         <v>95</v>
       </c>
       <c r="H291" t="s">
         <v>27</v>
       </c>
       <c r="I291" s="2">
         <v>46038</v>
       </c>
       <c r="J291" s="2">
-        <v>47423</v>
-[...2 lines deleted...]
-    <row r="292" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46568</v>
+      </c>
+    </row>
+    <row r="292" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A292" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
       <c r="B292" t="s">
-        <v>1055</v>
+        <v>1057</v>
       </c>
       <c r="C292" t="s">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="D292" t="s">
         <v>31</v>
       </c>
       <c r="E292" t="s">
         <v>26</v>
       </c>
       <c r="F292" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="G292" t="s">
         <v>95</v>
       </c>
       <c r="H292" t="s">
         <v>27</v>
       </c>
       <c r="I292" s="2">
         <v>46038</v>
       </c>
       <c r="J292" s="2">
-        <v>46568</v>
-[...2 lines deleted...]
-    <row r="293" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46752</v>
+      </c>
+    </row>
+    <row r="293" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A293" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
       <c r="B293" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="C293" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="D293" t="s">
         <v>31</v>
       </c>
       <c r="E293" t="s">
         <v>26</v>
       </c>
       <c r="F293" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="G293" t="s">
         <v>95</v>
       </c>
       <c r="H293" t="s">
         <v>27</v>
       </c>
       <c r="I293" s="2">
         <v>46038</v>
       </c>
       <c r="J293" s="2">
-        <v>46752</v>
-[...2 lines deleted...]
-    <row r="294" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47391</v>
+      </c>
+    </row>
+    <row r="294" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A294" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="B294" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="C294" t="s">
-        <v>1062</v>
+        <v>1064</v>
       </c>
       <c r="D294" t="s">
         <v>31</v>
       </c>
       <c r="E294" t="s">
         <v>26</v>
       </c>
       <c r="F294" t="s">
-        <v>161</v>
+        <v>26</v>
       </c>
       <c r="G294" t="s">
-        <v>95</v>
+        <v>26</v>
       </c>
       <c r="H294" t="s">
         <v>27</v>
       </c>
       <c r="I294" s="2">
-        <v>46038</v>
+        <v>46020</v>
       </c>
       <c r="J294" s="2">
-        <v>47391</v>
-[...2 lines deleted...]
-    <row r="295" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46568</v>
+      </c>
+    </row>
+    <row r="295" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A295" t="s">
-        <v>1063</v>
+        <v>1065</v>
       </c>
       <c r="B295" t="s">
-        <v>1064</v>
+        <v>1066</v>
       </c>
       <c r="C295" t="s">
-        <v>1065</v>
+        <v>1067</v>
       </c>
       <c r="D295" t="s">
         <v>31</v>
       </c>
       <c r="E295" t="s">
         <v>26</v>
       </c>
       <c r="F295" t="s">
-        <v>26</v>
+        <v>175</v>
       </c>
       <c r="G295" t="s">
-        <v>26</v>
+        <v>176</v>
       </c>
       <c r="H295" t="s">
         <v>27</v>
       </c>
       <c r="I295" s="2">
         <v>46020</v>
       </c>
       <c r="J295" s="2">
-        <v>46568</v>
-[...2 lines deleted...]
-    <row r="296" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="296" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A296" t="s">
-        <v>1066</v>
+        <v>1068</v>
       </c>
       <c r="B296" t="s">
-        <v>1067</v>
+        <v>1069</v>
       </c>
       <c r="C296" t="s">
-        <v>1068</v>
+        <v>1070</v>
       </c>
       <c r="D296" t="s">
         <v>31</v>
       </c>
       <c r="E296" t="s">
         <v>26</v>
       </c>
       <c r="F296" t="s">
-        <v>180</v>
+        <v>221</v>
       </c>
       <c r="G296" t="s">
-        <v>181</v>
+        <v>222</v>
       </c>
       <c r="H296" t="s">
         <v>27</v>
       </c>
       <c r="I296" s="2">
         <v>46020</v>
       </c>
       <c r="J296" s="2">
         <v>46203</v>
       </c>
     </row>
-    <row r="297" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="297" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A297" t="s">
-        <v>1069</v>
+        <v>1071</v>
       </c>
       <c r="B297" t="s">
-        <v>1070</v>
+        <v>1072</v>
       </c>
       <c r="C297" t="s">
-        <v>1071</v>
+        <v>1073</v>
       </c>
       <c r="D297" t="s">
         <v>31</v>
       </c>
       <c r="E297" t="s">
         <v>26</v>
       </c>
       <c r="F297" t="s">
-        <v>225</v>
+        <v>325</v>
       </c>
       <c r="G297" t="s">
-        <v>226</v>
+        <v>326</v>
       </c>
       <c r="H297" t="s">
         <v>27</v>
       </c>
       <c r="I297" s="2">
+        <v>46024</v>
+      </c>
+      <c r="J297" s="2">
+        <v>47483</v>
+      </c>
+    </row>
+    <row r="298" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A298" t="s">
+        <v>1074</v>
+      </c>
+      <c r="B298" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C298" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D298" t="s">
+        <v>31</v>
+      </c>
+      <c r="E298" t="s">
+        <v>26</v>
+      </c>
+      <c r="F298" t="s">
+        <v>221</v>
+      </c>
+      <c r="G298" t="s">
+        <v>222</v>
+      </c>
+      <c r="H298" t="s">
+        <v>27</v>
+      </c>
+      <c r="I298" s="2">
         <v>46020</v>
       </c>
-      <c r="J297" s="2">
-[...30 lines deleted...]
-      </c>
       <c r="J298" s="2">
-        <v>47483</v>
-[...2 lines deleted...]
-    <row r="299" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47299</v>
+      </c>
+    </row>
+    <row r="299" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A299" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
       <c r="B299" t="s">
-        <v>1076</v>
+        <v>1078</v>
       </c>
       <c r="C299" t="s">
-        <v>1077</v>
+        <v>1079</v>
       </c>
       <c r="D299" t="s">
         <v>31</v>
       </c>
       <c r="E299" t="s">
         <v>26</v>
       </c>
       <c r="F299" t="s">
-        <v>225</v>
+        <v>26</v>
       </c>
       <c r="G299" t="s">
-        <v>226</v>
+        <v>26</v>
       </c>
       <c r="H299" t="s">
         <v>27</v>
       </c>
       <c r="I299" s="2">
         <v>46020</v>
       </c>
       <c r="J299" s="2">
-        <v>47299</v>
-[...2 lines deleted...]
-    <row r="300" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46568</v>
+      </c>
+    </row>
+    <row r="300" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A300" t="s">
-        <v>1078</v>
+        <v>1080</v>
       </c>
       <c r="B300" t="s">
-        <v>1079</v>
+        <v>1081</v>
       </c>
       <c r="C300" t="s">
-        <v>1080</v>
+        <v>1082</v>
       </c>
       <c r="D300" t="s">
         <v>31</v>
       </c>
       <c r="E300" t="s">
         <v>26</v>
       </c>
       <c r="F300" t="s">
         <v>26</v>
       </c>
       <c r="G300" t="s">
         <v>26</v>
       </c>
       <c r="H300" t="s">
         <v>27</v>
       </c>
       <c r="I300" s="2">
-        <v>46020</v>
+        <v>46031</v>
       </c>
       <c r="J300" s="2">
-        <v>46568</v>
-[...2 lines deleted...]
-    <row r="301" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46752</v>
+      </c>
+    </row>
+    <row r="301" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A301" t="s">
-        <v>1081</v>
+        <v>1083</v>
       </c>
       <c r="B301" t="s">
-        <v>1082</v>
+        <v>1084</v>
       </c>
       <c r="C301" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
       <c r="D301" t="s">
         <v>31</v>
       </c>
       <c r="E301" t="s">
         <v>26</v>
       </c>
       <c r="F301" t="s">
-        <v>26</v>
+        <v>264</v>
       </c>
       <c r="G301" t="s">
-        <v>26</v>
+        <v>265</v>
       </c>
       <c r="H301" t="s">
         <v>27</v>
       </c>
       <c r="I301" s="2">
-        <v>46031</v>
+        <v>46048</v>
       </c>
       <c r="J301" s="2">
-        <v>46752</v>
-[...2 lines deleted...]
-    <row r="302" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46357</v>
+      </c>
+    </row>
+    <row r="302" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A302" t="s">
-        <v>1084</v>
+        <v>1086</v>
       </c>
       <c r="B302" t="s">
-        <v>1085</v>
+        <v>1087</v>
       </c>
       <c r="C302" t="s">
-        <v>1086</v>
+        <v>1088</v>
       </c>
       <c r="D302" t="s">
         <v>31</v>
       </c>
       <c r="E302" t="s">
         <v>26</v>
       </c>
       <c r="F302" t="s">
-        <v>268</v>
+        <v>213</v>
       </c>
       <c r="G302" t="s">
-        <v>269</v>
+        <v>214</v>
       </c>
       <c r="H302" t="s">
         <v>27</v>
       </c>
       <c r="I302" s="2">
-        <v>46048</v>
+        <v>46049</v>
       </c>
       <c r="J302" s="2">
-        <v>46357</v>
-[...2 lines deleted...]
-    <row r="303" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46997</v>
+      </c>
+    </row>
+    <row r="303" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A303" t="s">
-        <v>1087</v>
+        <v>1089</v>
       </c>
       <c r="B303" t="s">
-        <v>1088</v>
+        <v>1090</v>
       </c>
       <c r="C303" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="D303" t="s">
         <v>31</v>
       </c>
       <c r="E303" t="s">
         <v>26</v>
       </c>
       <c r="F303" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="G303" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="H303" t="s">
         <v>27</v>
       </c>
       <c r="I303" s="2">
         <v>46049</v>
       </c>
       <c r="J303" s="2">
         <v>46997</v>
       </c>
     </row>
-    <row r="304" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="304" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A304" t="s">
-        <v>1090</v>
+        <v>1092</v>
       </c>
       <c r="B304" t="s">
-        <v>1091</v>
+        <v>1093</v>
       </c>
       <c r="C304" t="s">
-        <v>1092</v>
+        <v>1094</v>
       </c>
       <c r="D304" t="s">
         <v>31</v>
       </c>
       <c r="E304" t="s">
         <v>26</v>
       </c>
       <c r="F304" t="s">
-        <v>217</v>
+        <v>137</v>
       </c>
       <c r="G304" t="s">
-        <v>218</v>
+        <v>95</v>
       </c>
       <c r="H304" t="s">
         <v>27</v>
       </c>
       <c r="I304" s="2">
-        <v>46049</v>
+        <v>45992</v>
       </c>
       <c r="J304" s="2">
-        <v>46997</v>
-[...2 lines deleted...]
-    <row r="305" spans="1:10" x14ac:dyDescent="0.3">
+        <v>46631</v>
+      </c>
+    </row>
+    <row r="305" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A305" t="s">
-        <v>1093</v>
+        <v>1095</v>
       </c>
       <c r="B305" t="s">
-        <v>1094</v>
+        <v>1096</v>
       </c>
       <c r="C305" t="s">
-        <v>1095</v>
+        <v>1097</v>
       </c>
       <c r="D305" t="s">
         <v>31</v>
       </c>
       <c r="E305" t="s">
         <v>26</v>
       </c>
       <c r="F305" t="s">
-        <v>137</v>
+        <v>48</v>
       </c>
       <c r="G305" t="s">
+        <v>49</v>
+      </c>
+      <c r="H305" t="s">
+        <v>27</v>
+      </c>
+      <c r="I305" s="2">
+        <v>46047</v>
+      </c>
+      <c r="J305" s="2">
+        <v>47788</v>
+      </c>
+    </row>
+    <row r="306" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A306" t="s">
+        <v>1098</v>
+      </c>
+      <c r="B306" t="s">
+        <v>1099</v>
+      </c>
+      <c r="C306" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D306" t="s">
+        <v>31</v>
+      </c>
+      <c r="E306" t="s">
+        <v>26</v>
+      </c>
+      <c r="F306" t="s">
+        <v>156</v>
+      </c>
+      <c r="G306" t="s">
         <v>95</v>
-      </c>
-[...30 lines deleted...]
-        <v>49</v>
       </c>
       <c r="H306" t="s">
         <v>27</v>
       </c>
       <c r="I306" s="2">
         <v>46047</v>
       </c>
       <c r="J306" s="2">
         <v>47788</v>
       </c>
     </row>
-    <row r="307" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="307" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A307" t="s">
-        <v>1099</v>
+        <v>1101</v>
       </c>
       <c r="B307" t="s">
-        <v>1100</v>
+        <v>1102</v>
       </c>
       <c r="C307" t="s">
-        <v>1101</v>
+        <v>1103</v>
       </c>
       <c r="D307" t="s">
         <v>31</v>
       </c>
       <c r="E307" t="s">
         <v>26</v>
       </c>
       <c r="F307" t="s">
-        <v>161</v>
+        <v>89</v>
       </c>
       <c r="G307" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="H307" t="s">
         <v>27</v>
       </c>
       <c r="I307" s="2">
-        <v>46047</v>
+        <v>46051</v>
       </c>
       <c r="J307" s="2">
-        <v>47788</v>
-[...2 lines deleted...]
-    <row r="308" spans="1:10" x14ac:dyDescent="0.3">
+        <v>47362</v>
+      </c>
+    </row>
+    <row r="308" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A308" t="s">
-        <v>1102</v>
+        <v>1104</v>
       </c>
       <c r="B308" t="s">
-        <v>1103</v>
+        <v>1105</v>
       </c>
       <c r="C308" t="s">
-        <v>1104</v>
+        <v>1106</v>
       </c>
       <c r="D308" t="s">
         <v>31</v>
       </c>
       <c r="E308" t="s">
         <v>26</v>
       </c>
       <c r="F308" t="s">
         <v>89</v>
       </c>
       <c r="G308" t="s">
         <v>90</v>
       </c>
       <c r="H308" t="s">
         <v>27</v>
       </c>
       <c r="I308" s="2">
+        <v>46048</v>
+      </c>
+      <c r="J308" s="2">
+        <v>47331</v>
+      </c>
+    </row>
+    <row r="309" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A309" t="s">
+        <v>1107</v>
+      </c>
+      <c r="B309" t="s">
+        <v>1108</v>
+      </c>
+      <c r="C309" t="s">
+        <v>1109</v>
+      </c>
+      <c r="D309" t="s">
+        <v>31</v>
+      </c>
+      <c r="E309" t="s">
+        <v>26</v>
+      </c>
+      <c r="F309" t="s">
+        <v>325</v>
+      </c>
+      <c r="G309" t="s">
+        <v>326</v>
+      </c>
+      <c r="H309" t="s">
+        <v>27</v>
+      </c>
+      <c r="I309" s="2">
+        <v>46020</v>
+      </c>
+      <c r="J309" s="2">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="310" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A310" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B310" t="s">
+        <v>1111</v>
+      </c>
+      <c r="C310" t="s">
+        <v>1112</v>
+      </c>
+      <c r="D310" t="s">
+        <v>31</v>
+      </c>
+      <c r="E310" t="s">
+        <v>26</v>
+      </c>
+      <c r="F310" t="s">
+        <v>26</v>
+      </c>
+      <c r="G310" t="s">
+        <v>26</v>
+      </c>
+      <c r="H310" t="s">
+        <v>27</v>
+      </c>
+      <c r="I310" s="2">
+        <v>46020</v>
+      </c>
+      <c r="J310" s="2">
+        <v>47299</v>
+      </c>
+    </row>
+    <row r="311" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A311" t="s">
+        <v>11</v>
+      </c>
+      <c r="B311" t="s">
+        <v>1113</v>
+      </c>
+      <c r="C311" t="s">
+        <v>1114</v>
+      </c>
+      <c r="D311" t="s">
+        <v>31</v>
+      </c>
+      <c r="E311" t="s">
+        <v>26</v>
+      </c>
+      <c r="F311" t="s">
+        <v>26</v>
+      </c>
+      <c r="G311" t="s">
+        <v>26</v>
+      </c>
+      <c r="H311" t="s">
+        <v>27</v>
+      </c>
+      <c r="I311" s="2">
         <v>46051</v>
       </c>
-      <c r="J308" s="2">
+      <c r="J311" s="2">
+        <v>47727</v>
+      </c>
+    </row>
+    <row r="312" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A312" t="s">
+        <v>1115</v>
+      </c>
+      <c r="B312" t="s">
+        <v>1116</v>
+      </c>
+      <c r="C312" t="s">
+        <v>1117</v>
+      </c>
+      <c r="D312" t="s">
+        <v>31</v>
+      </c>
+      <c r="E312" t="s">
+        <v>26</v>
+      </c>
+      <c r="F312" t="s">
+        <v>297</v>
+      </c>
+      <c r="G312" t="s">
+        <v>298</v>
+      </c>
+      <c r="H312" t="s">
+        <v>27</v>
+      </c>
+      <c r="I312" s="2">
+        <v>46044</v>
+      </c>
+      <c r="J312" s="2">
+        <v>46934</v>
+      </c>
+    </row>
+    <row r="313" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A313" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B313" t="s">
+        <v>1119</v>
+      </c>
+      <c r="C313" t="s">
+        <v>1120</v>
+      </c>
+      <c r="D313" t="s">
+        <v>31</v>
+      </c>
+      <c r="E313" t="s">
+        <v>26</v>
+      </c>
+      <c r="F313" t="s">
+        <v>84</v>
+      </c>
+      <c r="G313" t="s">
+        <v>85</v>
+      </c>
+      <c r="H313" t="s">
+        <v>27</v>
+      </c>
+      <c r="I313" s="2">
+        <v>46057</v>
+      </c>
+      <c r="J313" s="2">
+        <v>48029</v>
+      </c>
+    </row>
+    <row r="314" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A314" t="s">
+        <v>1121</v>
+      </c>
+      <c r="B314" t="s">
+        <v>1122</v>
+      </c>
+      <c r="C314" t="s">
+        <v>1123</v>
+      </c>
+      <c r="D314" t="s">
+        <v>31</v>
+      </c>
+      <c r="E314" t="s">
+        <v>26</v>
+      </c>
+      <c r="F314" t="s">
+        <v>243</v>
+      </c>
+      <c r="G314" t="s">
+        <v>90</v>
+      </c>
+      <c r="H314" t="s">
+        <v>27</v>
+      </c>
+      <c r="I314" s="2">
+        <v>46051</v>
+      </c>
+      <c r="J314" s="2">
         <v>47362</v>
+      </c>
+    </row>
+    <row r="315" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A315" t="s">
+        <v>1124</v>
+      </c>
+      <c r="B315" t="s">
+        <v>1125</v>
+      </c>
+      <c r="C315" t="s">
+        <v>1126</v>
+      </c>
+      <c r="D315" t="s">
+        <v>31</v>
+      </c>
+      <c r="E315" t="s">
+        <v>26</v>
+      </c>
+      <c r="F315" t="s">
+        <v>26</v>
+      </c>
+      <c r="G315" t="s">
+        <v>26</v>
+      </c>
+      <c r="H315" t="s">
+        <v>27</v>
+      </c>
+      <c r="I315" s="2">
+        <v>46051</v>
+      </c>
+      <c r="J315" s="2">
+        <v>47331</v>
+      </c>
+    </row>
+    <row r="316" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A316" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B316" t="s">
+        <v>1128</v>
+      </c>
+      <c r="C316" t="s">
+        <v>1129</v>
+      </c>
+      <c r="D316" t="s">
+        <v>31</v>
+      </c>
+      <c r="E316" t="s">
+        <v>26</v>
+      </c>
+      <c r="F316" t="s">
+        <v>170</v>
+      </c>
+      <c r="G316" t="s">
+        <v>180</v>
+      </c>
+      <c r="H316" t="s">
+        <v>27</v>
+      </c>
+      <c r="I316" s="2">
+        <v>46051</v>
+      </c>
+      <c r="J316" s="2">
+        <v>46266</v>
+      </c>
+    </row>
+    <row r="317" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A317" t="s">
+        <v>1130</v>
+      </c>
+      <c r="B317" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C317" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D317" t="s">
+        <v>31</v>
+      </c>
+      <c r="E317" t="s">
+        <v>26</v>
+      </c>
+      <c r="F317" t="s">
+        <v>1133</v>
+      </c>
+      <c r="G317" t="s">
+        <v>1134</v>
+      </c>
+      <c r="H317" t="s">
+        <v>27</v>
+      </c>
+      <c r="I317" s="2">
+        <v>45993</v>
+      </c>
+      <c r="J317" s="2">
+        <v>46753</v>
+      </c>
+    </row>
+    <row r="318" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A318" t="s">
+        <v>1135</v>
+      </c>
+      <c r="B318" t="s">
+        <v>1136</v>
+      </c>
+      <c r="C318" t="s">
+        <v>1137</v>
+      </c>
+      <c r="D318" t="s">
+        <v>31</v>
+      </c>
+      <c r="E318" t="s">
+        <v>26</v>
+      </c>
+      <c r="F318" t="s">
+        <v>390</v>
+      </c>
+      <c r="G318" t="s">
+        <v>391</v>
+      </c>
+      <c r="H318" t="s">
+        <v>27</v>
+      </c>
+      <c r="I318" s="2">
+        <v>46062</v>
+      </c>
+      <c r="J318" s="2">
+        <v>47299</v>
+      </c>
+    </row>
+    <row r="319" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A319" t="s">
+        <v>1138</v>
+      </c>
+      <c r="B319" t="s">
+        <v>1139</v>
+      </c>
+      <c r="C319" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D319" t="s">
+        <v>31</v>
+      </c>
+      <c r="E319" t="s">
+        <v>26</v>
+      </c>
+      <c r="F319" t="s">
+        <v>1141</v>
+      </c>
+      <c r="G319" t="s">
+        <v>1142</v>
+      </c>
+      <c r="H319" t="s">
+        <v>130</v>
+      </c>
+      <c r="I319" s="2">
+        <v>46064</v>
+      </c>
+      <c r="J319" s="2">
+        <v>46078</v>
+      </c>
+    </row>
+    <row r="320" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A320" t="s">
+        <v>1143</v>
+      </c>
+      <c r="B320" t="s">
+        <v>1144</v>
+      </c>
+      <c r="C320" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D320" t="s">
+        <v>31</v>
+      </c>
+      <c r="E320" t="s">
+        <v>26</v>
+      </c>
+      <c r="F320" t="s">
+        <v>137</v>
+      </c>
+      <c r="G320" t="s">
+        <v>95</v>
+      </c>
+      <c r="H320" t="s">
+        <v>27</v>
+      </c>
+      <c r="I320" s="2">
+        <v>46064</v>
+      </c>
+      <c r="J320" s="2">
+        <v>47452</v>
+      </c>
+    </row>
+    <row r="321" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A321" t="s">
+        <v>1146</v>
+      </c>
+      <c r="B321" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C321" t="s">
+        <v>1148</v>
+      </c>
+      <c r="D321" t="s">
+        <v>31</v>
+      </c>
+      <c r="E321" t="s">
+        <v>26</v>
+      </c>
+      <c r="F321" t="s">
+        <v>89</v>
+      </c>
+      <c r="G321" t="s">
+        <v>90</v>
+      </c>
+      <c r="H321" t="s">
+        <v>27</v>
+      </c>
+      <c r="I321" s="2">
+        <v>46063</v>
+      </c>
+      <c r="J321" s="2">
+        <v>47362</v>
+      </c>
+    </row>
+    <row r="322" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A322" t="s">
+        <v>1149</v>
+      </c>
+      <c r="B322" t="s">
+        <v>1150</v>
+      </c>
+      <c r="C322" t="s">
+        <v>1151</v>
+      </c>
+      <c r="D322" t="s">
+        <v>31</v>
+      </c>
+      <c r="E322" t="s">
+        <v>26</v>
+      </c>
+      <c r="F322" t="s">
+        <v>221</v>
+      </c>
+      <c r="G322" t="s">
+        <v>222</v>
+      </c>
+      <c r="H322" t="s">
+        <v>27</v>
+      </c>
+      <c r="I322" s="2">
+        <v>46065</v>
+      </c>
+      <c r="J322" s="2">
+        <v>46752</v>
+      </c>
+    </row>
+    <row r="323" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A323" t="s">
+        <v>1152</v>
+      </c>
+      <c r="B323" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C323" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D323" t="s">
+        <v>31</v>
+      </c>
+      <c r="E323" t="s">
+        <v>26</v>
+      </c>
+      <c r="F323" t="s">
+        <v>1155</v>
+      </c>
+      <c r="G323" t="s">
+        <v>1156</v>
+      </c>
+      <c r="H323" t="s">
+        <v>27</v>
+      </c>
+      <c r="I323" s="2">
+        <v>46020</v>
+      </c>
+      <c r="J323" s="2">
+        <v>47299</v>
+      </c>
+    </row>
+    <row r="324" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A324" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B324" t="s">
+        <v>1158</v>
+      </c>
+      <c r="C324" t="s">
+        <v>1159</v>
+      </c>
+      <c r="D324" t="s">
+        <v>31</v>
+      </c>
+      <c r="E324" t="s">
+        <v>26</v>
+      </c>
+      <c r="F324" t="s">
+        <v>26</v>
+      </c>
+      <c r="G324" t="s">
+        <v>26</v>
+      </c>
+      <c r="H324" t="s">
+        <v>27</v>
+      </c>
+      <c r="I324" s="2">
+        <v>46063</v>
+      </c>
+      <c r="J324" s="2">
+        <v>46388</v>
+      </c>
+    </row>
+    <row r="325" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A325" t="s">
+        <v>1160</v>
+      </c>
+      <c r="B325" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C325" t="s">
+        <v>1162</v>
+      </c>
+      <c r="D325" t="s">
+        <v>31</v>
+      </c>
+      <c r="E325" t="s">
+        <v>26</v>
+      </c>
+      <c r="F325" t="s">
+        <v>26</v>
+      </c>
+      <c r="G325" t="s">
+        <v>26</v>
+      </c>
+      <c r="H325" t="s">
+        <v>27</v>
+      </c>
+      <c r="I325" s="2">
+        <v>46070</v>
+      </c>
+      <c r="J325" s="2">
+        <v>46388</v>
+      </c>
+    </row>
+    <row r="326" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A326" t="s">
+        <v>1163</v>
+      </c>
+      <c r="B326" t="s">
+        <v>1164</v>
+      </c>
+      <c r="C326" t="s">
+        <v>1165</v>
+      </c>
+      <c r="D326" t="s">
+        <v>31</v>
+      </c>
+      <c r="E326" t="s">
+        <v>26</v>
+      </c>
+      <c r="F326" t="s">
+        <v>936</v>
+      </c>
+      <c r="G326" t="s">
+        <v>937</v>
+      </c>
+      <c r="H326" t="s">
+        <v>27</v>
+      </c>
+      <c r="I326" s="2">
+        <v>46070</v>
+      </c>
+      <c r="J326" s="2">
+        <v>47664</v>
+      </c>
+    </row>
+    <row r="327" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A327" t="s">
+        <v>1166</v>
+      </c>
+      <c r="B327" t="s">
+        <v>1167</v>
+      </c>
+      <c r="C327" t="s">
+        <v>1168</v>
+      </c>
+      <c r="D327" t="s">
+        <v>31</v>
+      </c>
+      <c r="E327" t="s">
+        <v>26</v>
+      </c>
+      <c r="F327" t="s">
+        <v>936</v>
+      </c>
+      <c r="G327" t="s">
+        <v>937</v>
+      </c>
+      <c r="H327" t="s">
+        <v>27</v>
+      </c>
+      <c r="I327" s="2">
+        <v>46070</v>
+      </c>
+      <c r="J327" s="2">
+        <v>47664</v>
+      </c>
+    </row>
+    <row r="328" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A328" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B328" t="s">
+        <v>1170</v>
+      </c>
+      <c r="C328" t="s">
+        <v>1171</v>
+      </c>
+      <c r="D328" t="s">
+        <v>31</v>
+      </c>
+      <c r="E328" t="s">
+        <v>26</v>
+      </c>
+      <c r="F328" t="s">
+        <v>936</v>
+      </c>
+      <c r="G328" t="s">
+        <v>937</v>
+      </c>
+      <c r="H328" t="s">
+        <v>27</v>
+      </c>
+      <c r="I328" s="2">
+        <v>46070</v>
+      </c>
+      <c r="J328" s="2">
+        <v>47664</v>
+      </c>
+    </row>
+    <row r="329" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A329" t="s">
+        <v>1172</v>
+      </c>
+      <c r="B329" t="s">
+        <v>1173</v>
+      </c>
+      <c r="C329" t="s">
+        <v>1174</v>
+      </c>
+      <c r="D329" t="s">
+        <v>31</v>
+      </c>
+      <c r="E329" t="s">
+        <v>26</v>
+      </c>
+      <c r="F329" t="s">
+        <v>175</v>
+      </c>
+      <c r="G329" t="s">
+        <v>176</v>
+      </c>
+      <c r="H329" t="s">
+        <v>27</v>
+      </c>
+      <c r="I329" s="2">
+        <v>46059</v>
+      </c>
+      <c r="J329" s="2">
+        <v>46203</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{a7a56758-cff2-477b-bb1d-5b1675037bee}" enabled="1" method="Privileged" siteId="{98616167-5668-4e66-acbf-925e81df8b00}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>